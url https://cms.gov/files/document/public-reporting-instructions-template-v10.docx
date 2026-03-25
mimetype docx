--- v0 (2025-12-16)
+++ v1 (2026-03-25)
@@ -1,2748 +1,3887 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1C356448" w14:textId="0AB856F1" w:rsidR="009E5EE5" w:rsidRPr="00A350A1" w:rsidRDefault="00E96D74">
+    <w:p w14:paraId="1C356448" w14:textId="31B00DB7" w:rsidR="009E5EE5" w:rsidRPr="00CB3D5D" w:rsidRDefault="00FD4D43">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
+          <w:color w:val="015390"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_top"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="015390"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E96D74" w:rsidRPr="00CB3D5D">
+        <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Shared Savings Program Public Reporting </w:t>
       </w:r>
-      <w:r w:rsidR="009E5EE5" w:rsidRPr="00250471">
-[...2 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="009E5EE5" w:rsidRPr="00CB3D5D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions and Template </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3848220A" w14:textId="46A32643" w:rsidR="00DA1A20" w:rsidRPr="002B3C42" w:rsidRDefault="00DA1A20">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="26F1B906" w14:textId="540E6443" w:rsidR="005C1FB2" w:rsidRDefault="00DA1A20" w:rsidP="00153875">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB3D5D">
+        <w:rPr>
+          <w:color w:val="5A5A5A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Version </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96BF5" w:rsidRPr="00CB3D5D">
+        <w:rPr>
+          <w:color w:val="5A5A5A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Version </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00140256" w:rsidRPr="00CB3D5D">
+        <w:rPr>
+          <w:color w:val="5A5A5A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3D5D">
+        <w:rPr>
+          <w:color w:val="5A5A5A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:r w:rsidR="00AD1CB6">
-        <w:rPr>
+      <w:r w:rsidR="00DA03B5" w:rsidRPr="00CB3D5D">
+        <w:rPr>
+          <w:color w:val="5A5A5A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>April</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>January 2026</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Revision_History_–"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk207286900"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="66056ED5" w14:textId="69EE315F" w:rsidR="00C8380B" w:rsidRPr="007E4146" w:rsidRDefault="007E4146" w:rsidP="002E7ABC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Revision History – Version 11</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ListTable4-Accent1"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5492"/>
+        <w:gridCol w:w="4722"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005C1FB2" w14:paraId="239F7B3A" w14:textId="77777777" w:rsidTr="00F3792E">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="072E320C" w14:textId="31907FC6" w:rsidR="005C1FB2" w:rsidRPr="00CB3D5D" w:rsidRDefault="005C1FB2" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableHeaders"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r w:rsidR="009F4986">
+              <w:t>/Sub-section</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> &amp; Revisions/Changes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242B17B" w14:textId="77777777" w:rsidR="005C1FB2" w:rsidRPr="00AD30BF" w:rsidRDefault="005C1FB2" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableHeaders"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD30BF">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ink to Affected Area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1FB2" w14:paraId="57FF0094" w14:textId="77777777" w:rsidTr="00F3792E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F3B177" w14:textId="7F60D22E" w:rsidR="005C1FB2" w:rsidRPr="00CB3D5D" w:rsidRDefault="00043FE0" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Revision History</w:t>
+            </w:r>
+            <w:r w:rsidR="005E18D1">
+              <w:t xml:space="preserve"> – Version 11</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C215FA">
+              <w:t>New Section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EBE00C" w14:textId="18D6A581" w:rsidR="005C1FB2" w:rsidRPr="002E7ABC" w:rsidRDefault="00FB1B73" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="_top" w:history="1">
+              <w:r w:rsidRPr="009208D0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Revision History – Version 11</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B5749" w14:paraId="2EB99FF7" w14:textId="77777777" w:rsidTr="00F3792E">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB57776" w14:textId="5213A5FD" w:rsidR="004B5749" w:rsidRDefault="002F0F77" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">ACO Name and Location </w:t>
+            </w:r>
+            <w:r w:rsidR="00C61A0D">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C61A0D">
+              <w:t xml:space="preserve">Option to </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2E05">
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00C61A0D">
+              <w:t xml:space="preserve">nclude ACO </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2E05">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00C61A0D">
+              <w:t xml:space="preserve">rade </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2E05">
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00C61A0D">
+              <w:t>ame/DBA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB4B613" w14:textId="71A9BF6D" w:rsidR="004B5749" w:rsidRPr="00CB3D5D" w:rsidRDefault="00C61A0D" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="_ACO_Name_and" w:history="1">
+              <w:r w:rsidRPr="00C61A0D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>ACO Name and Location</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4C34" w14:paraId="28B20057" w14:textId="77777777" w:rsidTr="00F3792E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="31331E30" w14:textId="52832D59" w:rsidR="00ED4C34" w:rsidRDefault="00ED4C34" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ACO Primary Contact – Option to Include Organization Phone Number and Email Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1119DFF9" w14:textId="0390D260" w:rsidR="00ED4C34" w:rsidRDefault="00ED4C34" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="_Organizational_Information" w:history="1">
+              <w:r w:rsidRPr="00ED4C34">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>ACO Primary Contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED2D22" w14:paraId="6DF9D22A" w14:textId="77777777" w:rsidTr="00F3792E">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0F59AF" w14:textId="42574EA8" w:rsidR="00ED2D22" w:rsidRDefault="00EA2E05" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">ACO </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED2D22">
+              <w:t xml:space="preserve">Governing Body </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED2D22">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Updated Instructions</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC1C15">
+              <w:t xml:space="preserve"> and Corresponding Template Updates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F05BAD" w14:textId="00A1BB75" w:rsidR="00ED2D22" w:rsidRDefault="00EA2E05" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="_ACO_Governing_Body:" w:history="1">
+              <w:r w:rsidRPr="00EA2E05">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>ACO Governing Body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0098230C" w14:paraId="7ABEBF91" w14:textId="77777777" w:rsidTr="00F3792E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04568AC4" w14:textId="1279F89A" w:rsidR="0098230C" w:rsidRDefault="0098230C" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Quality Performance Results – </w:t>
+            </w:r>
+            <w:r w:rsidR="00863E4E">
+              <w:t xml:space="preserve">Updated </w:t>
+            </w:r>
+            <w:r w:rsidR="0038661C">
+              <w:t xml:space="preserve">Instructions </w:t>
+            </w:r>
+            <w:r w:rsidR="00863E4E">
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="005327D5">
+              <w:t xml:space="preserve">Added </w:t>
+            </w:r>
+            <w:r>
+              <w:t>New Footnotes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="07163A14" w14:textId="57D8F0EA" w:rsidR="0098230C" w:rsidRDefault="00ED4C34" w:rsidP="00413314">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="_Quality_Performance_Results" w:history="1">
+              <w:r w:rsidRPr="00ED4C34">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Quality Performance Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1FB2" w14:paraId="53ADB38A" w14:textId="77777777" w:rsidTr="00F3792E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC60DE5" w14:textId="1F530DA7" w:rsidR="005C1FB2" w:rsidRDefault="002F5C49" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Prepaid Shared Savings (PSS)</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE4718">
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+            <w:r w:rsidR="00327A40">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16BC6">
+              <w:t>New Section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="05100C1F" w14:textId="01EC038B" w:rsidR="005C1FB2" w:rsidRDefault="00EE4718" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_Prepaid_Shared_Savings" w:history="1">
+              <w:r w:rsidRPr="00EE4718">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Prepaid Shared Savings (PSS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="777E13DC" w14:textId="4B16B8D3" w:rsidR="00C333A9" w:rsidRPr="00C333A9" w:rsidRDefault="00C333A9" w:rsidP="00C333A9">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Overview</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74949080" w14:textId="77777777" w:rsidR="00C07B6E" w:rsidRPr="00C07B6E" w:rsidRDefault="00C07B6E" w:rsidP="00C07B6E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accountable Care Organizations (ACOs) participating in the Medicare Shared Savings Program (Shared Savings Program) are required to publicly report certain ACO information on a designated webpage in a standardized format specified by CMS, in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tooltip="link to the Electronic Code of Federal Regulations 425.308" w:history="1">
+        <w:r w:rsidRPr="00C07B6E">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">42 CFR </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C07B6E">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">§ </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C07B6E">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>425.308</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0278854D" w14:textId="77777777" w:rsidR="00C07B6E" w:rsidRPr="00C07B6E" w:rsidRDefault="00C07B6E" w:rsidP="00C07B6E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ACOs have two options for completing public reporting:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649E85C1" w14:textId="77777777" w:rsidR="00C07B6E" w:rsidRPr="00C07B6E" w:rsidRDefault="00C07B6E" w:rsidP="00C07B6E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="77"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Automated Public Reporting Subtab in ACO-MS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307E3274" w14:textId="77777777" w:rsidR="00C07B6E" w:rsidRPr="00C07B6E" w:rsidRDefault="00C07B6E" w:rsidP="002E7ABC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="77"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Reporting Template</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57081EA2" w14:textId="7AA28C8E" w:rsidR="00823333" w:rsidRPr="00C07B6E" w:rsidRDefault="00823333" w:rsidP="00C07B6E">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Option 1: Automated Public Reporting Subtab in ACO-MS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E36FC9E" w14:textId="1251D6B3" w:rsidR="00C07B6E" w:rsidRPr="00C07B6E" w:rsidRDefault="00C07B6E" w:rsidP="002E7ABC">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACOs may utilize the Public Reporting subtab in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tooltip="ACO-MS" w:history="1">
+        <w:r w:rsidRPr="00C07B6E">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to populate and download their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C7CA31A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Reporting Template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The automated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C7CA31A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Reporting Template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is pre-populated with information required under </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="007803EC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>42 CFR § 425.308</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is already stored in ACO-MS or pulled from available sources. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tooltip="Populate and Download a Public Reporting Template in ACO-MS" w:history="1">
+        <w:r w:rsidRPr="3C7CA31A">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Populate and Download a Public Reporting Template in ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tip sheet for detailed instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1918A90B" w14:textId="2AEA516B" w:rsidR="002B61C7" w:rsidRPr="00C07B6E" w:rsidRDefault="002B61C7" w:rsidP="002B61C7">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Option 2: Manual Public Reporting Template</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201D0685" w14:textId="19081E89" w:rsidR="00C07B6E" w:rsidRPr="00C07B6E" w:rsidRDefault="007D5AD9" w:rsidP="00C07B6E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t>5</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alternatively, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B6E" w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACOs may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813E17">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>choose</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B6E" w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utiliz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B6E" w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B6E" w:rsidRPr="00C07B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instructions to manually populate the </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7612">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink w:anchor="_Shared_Savings_Program_2" w:tooltip="public reporting template" w:history="1">
+        <w:r w:rsidR="00C07B6E" w:rsidRPr="34458FD2">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Public Reporting Template</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C07B6E" w:rsidRPr="34458FD2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572DB37C" w14:textId="6129DB8B" w:rsidR="00942805" w:rsidRPr="00A2511A" w:rsidRDefault="00942805" w:rsidP="00A2511A">
-[...4 lines deleted...]
-        <w:t>Overview</w:t>
+    <w:p w14:paraId="0E22CFC4" w14:textId="399B6805" w:rsidR="00467D83" w:rsidRPr="00813E17" w:rsidRDefault="00467D83" w:rsidP="00813E17">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Shared_Savings_Program"/>
+      <w:bookmarkStart w:id="4" w:name="_Instructions_to_Complete"/>
+      <w:bookmarkStart w:id="5" w:name="_Instructions_to_Complete_1"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Instructions to Complete the Manual Public </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Reporting Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB2D50F" w14:textId="77777777" w:rsidR="00BD6EC3" w:rsidRDefault="00881697" w:rsidP="2BD6CE8B">
-[...131 lines deleted...]
-        <w:r w:rsidR="00491BF7" w:rsidRPr="002B3C42">
+    <w:p w14:paraId="6D261F99" w14:textId="6D113850" w:rsidR="006A234C" w:rsidRPr="002B3C42" w:rsidRDefault="612EF39A" w:rsidP="00F85FF7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A350A1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACOs must complete all fields in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="77A9C8F1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Reporting Template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A350A1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that are included within brackets with placeholder text, using the instructions below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A350A1" w:rsidDel="00027596">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A350A1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and then post the populated template to their designated public reporting webpages. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE206F" w:rsidRPr="00AE206F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The information specified in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="p-425.308(b)">
+        <w:r w:rsidR="00AE206F" w:rsidRPr="1DB2B5B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">42 CFR </w:t>
         </w:r>
-        <w:r w:rsidR="00491BF7" w:rsidRPr="002B3C42">
-[...379 lines deleted...]
-        <w:r w:rsidR="00881697">
+        <w:r w:rsidR="00881697" w:rsidRPr="1DB2B5B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>§ </w:t>
         </w:r>
-        <w:r w:rsidR="00AE206F" w:rsidRPr="007A3F36">
+        <w:r w:rsidR="00AE206F" w:rsidRPr="1DB2B5B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>425.308(b)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AE206F" w:rsidRPr="00AE206F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, including financial and quality performance results, must be publicly reported within the timeline specified by CMS (currently 30 calendar days following </w:t>
       </w:r>
       <w:r w:rsidR="00AE2C9D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">notification from CMS to report </w:t>
       </w:r>
       <w:r w:rsidR="00AE206F" w:rsidRPr="00AE206F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>any changes to organizational information or the release of the financial and quality performance results)</w:t>
+        <w:t>any changes to organizational information)</w:t>
       </w:r>
       <w:r w:rsidR="00AE206F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DE1159" w:rsidRPr="002B3C42">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACOs should monitor and update their public reporting webpage</w:t>
       </w:r>
       <w:r w:rsidR="000B6C7B" w:rsidRPr="002B3C42">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DE1159" w:rsidRPr="002B3C42">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> periodically throughout the year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDB7CA9" w14:textId="77777777" w:rsidR="009F66C2" w:rsidRPr="008F2B13" w:rsidRDefault="00A1260A" w:rsidP="008F2B13">
-      <w:pPr>
+    <w:p w14:paraId="1EDB7CA9" w14:textId="77777777" w:rsidR="009F66C2" w:rsidRPr="008F2B13" w:rsidRDefault="00A1260A" w:rsidP="00F85FF7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2B13">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACOs can select one of two ways to post the template to their public reporting webpage</w:t>
       </w:r>
       <w:r w:rsidR="000B6C7B" w:rsidRPr="008F2B13">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C7379E" w:rsidRPr="008F2B13">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE8BFB3" w14:textId="134FA09C" w:rsidR="00D44CB2" w:rsidRDefault="00A16702" w:rsidP="00D44CB2">
+    <w:p w14:paraId="5FE8BFB3" w14:textId="20C32082" w:rsidR="00D44CB2" w:rsidRPr="00B5645C" w:rsidRDefault="00A16702" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="Letterlist"/>
-      </w:pPr>
-      <w:r w:rsidRPr="002008A7">
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00A1260A" w:rsidRPr="002008A7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A1260A" w:rsidRPr="002008A7">
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isplay all of the information from the completed template on the webpage using existing webpage styles (e.g., fonts, text sizes, </w:t>
+      </w:r>
+      <w:r w:rsidR="00922064" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>headers)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E4276" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="009E4276" w:rsidRPr="00B5645C" w:rsidDel="00027596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00B5645C" w:rsidDel="00027596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>r</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0FCEB5" w14:textId="09AA9613" w:rsidR="002A7E34" w:rsidRPr="002B3C42" w:rsidRDefault="00BE0ACE" w:rsidP="008E72A9">
+    <w:p w14:paraId="7F0FCEB5" w14:textId="496DA543" w:rsidR="002A7E34" w:rsidRPr="00B5645C" w:rsidRDefault="00BE0ACE" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="Letterlist"/>
-        <w:spacing w:after="200"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00A1260A">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D460DA">
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reate a PDF of the completed template without modifying the format and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D460DA" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>link it to</w:t>
       </w:r>
-      <w:r w:rsidR="00A1260A">
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE3036">
+      <w:r w:rsidR="00AE3036" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">their </w:t>
       </w:r>
-      <w:r w:rsidR="00A1260A">
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>public reporting webpage</w:t>
       </w:r>
-      <w:r w:rsidR="00BD0EA4">
+      <w:r w:rsidR="00BD0EA4" w:rsidRPr="00B5645C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6B88F9" w14:textId="08AA5F18" w:rsidR="00B42557" w:rsidRPr="002B3C42" w:rsidRDefault="00B42557" w:rsidP="008E72A9">
+    <w:p w14:paraId="0B6B88F9" w14:textId="08AA5F18" w:rsidR="00B42557" w:rsidRPr="002B3C42" w:rsidRDefault="00B42557" w:rsidP="00F85FF7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B74B71">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Key reminders before posting</w:t>
+      </w:r>
       <w:r w:rsidRPr="002B3C42">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Key reminders before posting:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591AC0A4" w14:textId="12EBC0A0" w:rsidR="00A1260A" w:rsidRPr="003E0803" w:rsidRDefault="00A1260A" w:rsidP="008E72A9">
+    <w:p w14:paraId="7A98DA81" w14:textId="630812F3" w:rsidR="003F7E4D" w:rsidRPr="00B74B71" w:rsidRDefault="00A1260A" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="240"/>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003E0803">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B74B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Remove </w:t>
       </w:r>
-      <w:r w:rsidR="0049523D" w:rsidRPr="003E0803">
+      <w:r w:rsidR="0049523D" w:rsidRPr="00B74B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00DB720A" w:rsidRPr="003E0803">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E622B5" w:rsidRPr="00B74B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="0049523D" w:rsidRPr="003E0803">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidR="009B484F" w:rsidRPr="00B74B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sections and details </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7E4D" w:rsidRPr="00B74B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>from the document before displaying template content on the webpage</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7E4D" w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FF8725" w14:textId="6C76F397" w:rsidR="003F7E4D" w:rsidRPr="0020189A" w:rsidRDefault="00E00B23" w:rsidP="00B5645C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revision History</w:t>
+      </w:r>
+      <w:r w:rsidR="009B484F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Version 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B10EE19" w14:textId="4CB2D040" w:rsidR="003F7E4D" w:rsidRPr="0020189A" w:rsidRDefault="00E00B23" w:rsidP="00B5645C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="0049523D" w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>verview</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9BE943" w14:textId="6F50DF7B" w:rsidR="003F7E4D" w:rsidRPr="0020189A" w:rsidRDefault="00E00B23" w:rsidP="00B5645C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Option 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B484F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Automated Public Reporting Subtab in ACO-MS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E0803">
+    </w:p>
+    <w:p w14:paraId="24F7E477" w14:textId="33545CA2" w:rsidR="003F7E4D" w:rsidRPr="00033E2B" w:rsidRDefault="00E00B23" w:rsidP="00B5645C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00DB720A" w:rsidRPr="003E0803">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020189A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="005967DD" w:rsidRPr="003E0803">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Option 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009B484F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00DB720A" w:rsidRPr="003E0803">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Manual Public Reporting Template</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF3E48E" w14:textId="534DBA8D" w:rsidR="003F7E4D" w:rsidRPr="00033E2B" w:rsidRDefault="00EF7ADC" w:rsidP="00B5645C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033E2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00033E2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nstructions</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4CBB" w:rsidRPr="00033E2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B484F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to Complete the Manual Public Reporting Template</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB720A" w:rsidRPr="00033E2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591AC0A4" w14:textId="11199AF7" w:rsidR="00A1260A" w:rsidRPr="0020189A" w:rsidRDefault="00A377D6" w:rsidP="00B5645C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="005967DD" w:rsidRPr="00033E2B" w:rsidDel="00397FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ocument </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB720A" w:rsidRPr="00033E2B" w:rsidDel="00397FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>header and footer</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E0803">
+      <w:r w:rsidR="00A1260A" w:rsidRPr="00033E2B" w:rsidDel="00397FA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> before displaying template content on the webpage.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725D464A" w14:textId="642EE722" w:rsidR="00A1260A" w:rsidRPr="003E0803" w:rsidRDefault="00A1260A" w:rsidP="00135B45">
+    <w:p w14:paraId="725D464A" w14:textId="642EE722" w:rsidR="00A1260A" w:rsidRPr="00B74B71" w:rsidRDefault="00A1260A" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="240"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003E0803">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B74B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do not add data that is</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="003E0803">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00B74B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> not</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E0803">
+      <w:r w:rsidRPr="00B74B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> required or omit data from the template. </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required or omit data from the template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5E889A" w14:textId="1CBDFE86" w:rsidR="00A1260A" w:rsidRPr="003E0803" w:rsidRDefault="00A1260A" w:rsidP="00135B45">
+    <w:p w14:paraId="7F5E889A" w14:textId="1CBDFE86" w:rsidR="00A1260A" w:rsidRPr="00B74B71" w:rsidRDefault="00A1260A" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="240"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B74B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Do not include any taxpayer identification numbers (TINs) on the template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23266A74" w14:textId="286D2166" w:rsidR="00B95AE7" w:rsidRPr="002B3C42" w:rsidRDefault="009B6CDD" w:rsidP="00F85FF7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CDD8CF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="00637CBA" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00604DAB" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">When referencing data in the </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId16" w:tooltip="ACO-MS">
+        <w:t xml:space="preserve">When referencing data in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tooltip="ACO-MS">
         <w:r w:rsidR="003571C2" w:rsidRPr="1CDD8CF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>ACO Management System (ACO-MS)</w:t>
+          <w:t>ACO-MS</w:t>
         </w:r>
         <w:r w:rsidR="003571C2" w:rsidRPr="1CDD8CF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003571C2" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00604DAB" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0026531E" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">elect the performance </w:t>
-[...7 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">elect the performance year </w:t>
+      </w:r>
+      <w:r w:rsidR="00137D9C" w:rsidRPr="1CDD8CF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">corresponding </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE469A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00137D9C" w:rsidRPr="1CDD8CF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information being entered on </w:t>
       </w:r>
       <w:r w:rsidR="0026531E" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">year </w:t>
+        <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="00137D9C" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">corresponding </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">information being entered on </w:t>
+        <w:t xml:space="preserve"> ACO’s</w:t>
       </w:r>
       <w:r w:rsidR="0026531E" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>your</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> public reporting</w:t>
       </w:r>
       <w:r w:rsidR="008A6390" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage.</w:t>
       </w:r>
       <w:r w:rsidR="00B308C5" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A6390" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This selection can be made under “Program Year”</w:t>
       </w:r>
       <w:r w:rsidR="00127FE2" w:rsidRPr="1CDD8CF2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E378B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidR="008D5B15">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>relevant sections of ACO-MS as outlined in the instructions below.</w:t>
+        <w:t>relevant sections of ACO-MS</w:t>
+      </w:r>
+      <w:r w:rsidR="00922064">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5B15">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as outlined in the instructions below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69802009" w14:textId="57A18ABC" w:rsidR="00962C2E" w:rsidRPr="002B3C42" w:rsidRDefault="005C5B57" w:rsidP="00BA4A44">
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="45C69E14" w14:textId="77777777" w:rsidR="00962C2E" w:rsidRDefault="005C5B57" w:rsidP="00F85FF7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B3C42">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to the following instructions to populate each section of the </w:t>
       </w:r>
       <w:r w:rsidR="00585FF3" w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Reporting Template</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B3C42">
+      <w:r w:rsidRPr="00C95DDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00962C2E" w:rsidRPr="002B3C42">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A971FB3" w14:textId="288F4EA8" w:rsidR="006A234C" w:rsidRPr="001533C2" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="62DD11A3" w14:textId="7ECE45EF" w:rsidR="00275313" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00275313">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_ACO_Name_and"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Name and Location</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter ACO </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE464A" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">egal </w:t>
       </w:r>
-      <w:r w:rsidR="00FE464A" w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00FE464A" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ntity </w:t>
       </w:r>
-      <w:r w:rsidR="00FE464A" w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00FE464A" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ame </w:t>
       </w:r>
-      <w:r w:rsidR="00847964">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00847964" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(LEN) </w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and address</w:t>
       </w:r>
-      <w:r w:rsidR="00EB6DF3" w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00EB6DF3" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. This </w:t>
       </w:r>
-      <w:r w:rsidR="00B076FD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00B076FD" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidR="00416862">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00416862" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB2157" w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00AB2157" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidR="00EB6DF3" w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00EB6DF3" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> match the information </w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="1F5F538F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00521ED3" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> listed on the Agreement Details subtab</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001A4D95" w:rsidRPr="1CDD8CF2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="001A4D95" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000770A3" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optionally, enter </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0154" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the ACO’s trade name / doing business as (DBA) name</w:t>
+      </w:r>
+      <w:r w:rsidR="40EEE4EF" w:rsidRPr="1F5F538F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="40EEE4EF" w:rsidRPr="252058CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in addition to</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12936">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="40EEE4EF" w:rsidRPr="252058CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ACO LEN</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4D53" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="41D1D07D" w14:textId="4625D318" w:rsidR="006A234C" w:rsidRPr="001533C2" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="41D1D07D" w14:textId="0ED496F2" w:rsidR="006A234C" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
           <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ACO Primary Contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ACO Primary Contact</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D661B">
-[...49 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enter primary contact name, phone number, and email address.</w:t>
+      </w:r>
+      <w:r w:rsidR="00114642" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If preferred, your ACO may display the organization’s phone number and email address on the public reporting webpage.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7755" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007F52FB">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00E57C34" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACOs should </w:t>
+      </w:r>
+      <w:r w:rsidR="00E729B5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6002" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that contacts are </w:t>
+      </w:r>
+      <w:r w:rsidR="00492711" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:r w:rsidR="00264B49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00492711" w:rsidRPr="00033E2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00264B49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00492711" w:rsidRPr="00033E2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r w:rsidR="006051F9" w:rsidRPr="00033E2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="003C3E82" w:rsidRPr="00521A51">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E631F5" w:rsidRPr="00521A51">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008C7755" w:rsidRPr="1CDD8CF2">
-[...96 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6C1081DD" w14:textId="1F4AF7EA" w:rsidR="006A234C" w:rsidRPr="001533C2" w:rsidRDefault="006A234C" w:rsidP="00135B45">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6C1081DD" w14:textId="21E254E9" w:rsidR="006A234C" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="0020189A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Organizational_Information"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Organizational Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A923BA4" w14:textId="1CC9469E" w:rsidR="006A234C" w:rsidRPr="00591314" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="1A923BA4" w14:textId="631D985D" w:rsidR="006A234C" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001533C2">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACO </w:t>
       </w:r>
-      <w:r w:rsidR="002A71FF" w:rsidRPr="001533C2">
+      <w:r w:rsidR="002A71FF" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="001533C2">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>articipants</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: List all ACO participants certified for the performance year by their legal business name (LBN). This </w:t>
       </w:r>
-      <w:r w:rsidR="00B076FD">
+      <w:r w:rsidR="00B076FD" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidR="00416862">
+      <w:r w:rsidR="00416862" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is available </w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00591314">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ACO Participants </w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00591314">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sub</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tab</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00591314">
-[...7 lines deleted...]
-      <w:r w:rsidR="00C7567B" w:rsidRPr="00591314">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C7567B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
-[...7 lines deleted...]
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">or by downloading the “Participants List” Excel file provided under </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Reporting</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00591314">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab in ACO-MS</w:t>
       </w:r>
-      <w:r w:rsidRPr="38084E0F">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008E11A0" w:rsidRPr="00591314">
+      <w:r w:rsidR="008E11A0" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Add a new row in the table for each ACO participant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4B21A9" w14:textId="62EE37BB" w:rsidR="00210C59" w:rsidRPr="00591314" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="2A4B21A9" w14:textId="433163C0" w:rsidR="00210C59" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="200"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00591314">
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you</w:t>
       </w:r>
-      <w:r w:rsidR="00137D9C" w:rsidRPr="00591314">
+      <w:r w:rsidR="00137D9C" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r ACO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
-[...7 lines deleted...]
-      <w:r w:rsidR="009C57A6">
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would also like to include the ACO participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="009C57A6" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DBA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
-[...7 lines deleted...]
-      <w:r w:rsidR="00906B3D" w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name, enter </w:t>
+      </w:r>
+      <w:r w:rsidR="00906B3D" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the DBA name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in parentheses next to the ACO participant’s LBN. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46ED97C6" w14:textId="7FB2233C" w:rsidR="00210C59" w:rsidRPr="00591314" w:rsidRDefault="00986CB4" w:rsidP="00135B45">
+    <w:p w14:paraId="46ED97C6" w14:textId="7FB2233C" w:rsidR="00210C59" w:rsidRPr="00521A51" w:rsidRDefault="00986CB4" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="200"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00591314">
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk75869031"/>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00FE5D10" w:rsidRPr="00591314">
+      <w:r w:rsidR="00FE5D10" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO participant has merged</w:t>
       </w:r>
-      <w:r w:rsidR="003C6470" w:rsidRPr="00591314">
+      <w:r w:rsidR="003C6470" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with or been </w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>acquired</w:t>
       </w:r>
-      <w:r w:rsidR="003C6470" w:rsidRPr="00591314">
+      <w:r w:rsidR="003C6470" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by another ACO participan</w:t>
       </w:r>
-      <w:r w:rsidR="000F689C" w:rsidRPr="00591314">
+      <w:r w:rsidR="000F689C" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, only include the</w:t>
       </w:r>
-      <w:r w:rsidR="00D04D0E" w:rsidRPr="00591314">
+      <w:r w:rsidR="00D04D0E" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C6470" w:rsidRPr="00591314">
+      <w:r w:rsidR="003C6470" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>acquiring</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACO participant on the public reporting webpage</w:t>
       </w:r>
-      <w:r w:rsidR="00210C59" w:rsidRPr="00591314">
+      <w:r w:rsidR="00210C59" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="5BC477BE" w14:textId="3D001A96" w:rsidR="006A234C" w:rsidRPr="00591314" w:rsidRDefault="006A234C" w:rsidP="00381AE4">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="5BC477BE" w14:textId="3D001A96" w:rsidR="006A234C" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="200"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Do not include the ACO participant’s TIN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1963DDF8" w14:textId="77777777" w:rsidR="009B2499" w:rsidRDefault="006A234C" w:rsidP="002C1440">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00591314">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Do not include the ACO participant’s TIN.</w:t>
+        <w:t xml:space="preserve">In addition, identify </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314" w:rsidDel="00071A37">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>joint venture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314" w:rsidDel="00E12381">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between ACO professionals and hospitals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA6012F" w14:textId="561152D1" w:rsidR="008F10FB" w:rsidRPr="00591314" w:rsidRDefault="006A234C" w:rsidP="008E72A9">
-[...1 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4AA6012F" w14:textId="12F79272" w:rsidR="008F10FB" w:rsidRPr="003C3E82" w:rsidRDefault="006A234C" w:rsidP="00521A51">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00591314">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00591314">
+      <w:r w:rsidRPr="003C3E82" w:rsidDel="008C54CF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For reference:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C24EBE6" w14:textId="021CF67D" w:rsidR="00BA6D5F" w:rsidRPr="00591314" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="6C24EBE6" w14:textId="1BB7540D" w:rsidR="00BA6D5F" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
-[...12 lines deleted...]
-        <w:t>A “joint venture” is when two or more persons or entities engage in a defined project in which all of the following exist: 1) an express agreement; 2) a common purpose that the parties intend to carry out; 3) shared profits and losses related to the project; and 4) each party has a voice in controlling the project.</w:t>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A “joint venture” is when two or more persons or entities engage in a defined project in which all of the following exist: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51" w:rsidDel="00937354">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1) a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n express agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="008C54CF" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51" w:rsidDel="008C54CF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51" w:rsidDel="00937354">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a common purpose that the parties intend to carry out; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51" w:rsidDel="00937354">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shared profits and losses related to the project; and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51" w:rsidDel="00937354">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>each party has a voice in controlling the project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BDEF12" w14:textId="476D3FF6" w:rsidR="0095599E" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="07BDEF12" w14:textId="0D220648" w:rsidR="0095599E" w:rsidRPr="00CE481E" w:rsidRDefault="006A234C" w:rsidP="00CE481E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACO </w:t>
+      </w:r>
+      <w:r w:rsidR="002A71FF" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">overning </w:t>
+      </w:r>
+      <w:r w:rsidR="002A71FF" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ody</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Enter the most up-to-date information on ACO governing body members’ name</w:t>
+      </w:r>
+      <w:r w:rsidR="00524439" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, position</w:t>
+      </w:r>
+      <w:r w:rsidR="00524439" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, voting power, membership type</w:t>
+      </w:r>
+      <w:r w:rsidR="00524439" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and associated </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participant LBN</w:t>
+      </w:r>
+      <w:r w:rsidR="00524439" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005A305B" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk136615212"/>
+      <w:r w:rsidR="001713CA" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and DBAs </w:t>
+      </w:r>
+      <w:r w:rsidR="00734F61" w:rsidRPr="00CE481E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>following the guidance provided below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8E97F0" w14:textId="5825BA85" w:rsidR="005A305B" w:rsidRPr="0021432D" w:rsidRDefault="005A305B" w:rsidP="0021432D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00591314">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ACO </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A71FF" w:rsidRPr="00591314">
+      </w:pPr>
+      <w:r w:rsidRPr="005A305B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>G</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00591314">
+        <w:t>Option 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">overning </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A71FF" w:rsidRPr="00591314">
+        <w:t xml:space="preserve"> Utilize ACO-MS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015B746B" w14:textId="34DF00CB" w:rsidR="000C719F" w:rsidRPr="00521A51" w:rsidRDefault="000C719F" w:rsidP="000C719F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="80"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Navigate to the Agreement Details subtab in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00521A51">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and locate your ACO’s governing body at the bottom of the page. Click the </w:t>
+      </w:r>
+      <w:r w:rsidR="009760CC" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>View Governing Body Members</w:t>
+      </w:r>
+      <w:r w:rsidR="009760CC" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> icon and then click “Print/Download” to download your ACO’s governing body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC788EB" w14:textId="3BEA28CE" w:rsidR="002E7F50" w:rsidRPr="00521A51" w:rsidRDefault="00277501" w:rsidP="002E7F50">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="80"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Copy your </w:t>
+      </w:r>
+      <w:r w:rsidR="009403FB" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACO’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>governing body from your downloadable governing body and paste it into the Governing Body section of the Public Reporting Template in the table format provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36686A82" w14:textId="7B21A5B8" w:rsidR="0095599E" w:rsidRPr="00790CC5" w:rsidDel="000C719F" w:rsidRDefault="00AC4FFB" w:rsidP="00F85FF7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB6187" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For the “ACO Participant Legal Business Name, if applicable” column, i</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2E37" w:rsidRPr="00FB6187" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2E37" w:rsidRPr="00790CC5" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+      <w:r w:rsidR="00137D9C" w:rsidRPr="00790CC5" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r ACO</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2E37" w:rsidRPr="00790CC5" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would also like to include the ACO participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44ADC" w:rsidRPr="00790CC5" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2E37" w:rsidRPr="00790CC5" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s DBA name, enter the DBA name in parentheses next to the ACO participant’s LBN</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="002C2E37" w:rsidRPr="00790CC5" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6187" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7561637C" w14:textId="4637DB09" w:rsidR="005A305B" w:rsidRPr="0021432D" w:rsidRDefault="005A305B">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>B</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00591314">
+      </w:pPr>
+      <w:r w:rsidRPr="0021432D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ody</w:t>
-[...89 lines deleted...]
-      <w:r w:rsidR="002C2E37" w:rsidRPr="00591314">
+        <w:t>Option 2: Manual Entry</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C170226" w14:textId="6D57A99B" w:rsidR="005A305B" w:rsidRDefault="005A305B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Add a new row in the table for each ACO governing body member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2024E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enter the corresponding information.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk136615212"/>
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="36686A82" w14:textId="6B6DFE89" w:rsidR="0095599E" w:rsidRPr="00790CC5" w:rsidRDefault="00AC4FFB" w:rsidP="00FB6187">
+    <w:p w14:paraId="7A7A25C8" w14:textId="0A9AB4CE" w:rsidR="006A234C" w:rsidRPr="00617C84" w:rsidDel="000C719F" w:rsidRDefault="006A234C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6187">
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00617C84" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For reference:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7A25C8" w14:textId="571CE454" w:rsidR="006A234C" w:rsidRPr="00617C84" w:rsidRDefault="006A234C" w:rsidP="00CC5C9A">
-[...14 lines deleted...]
-        <w:t>For reference:</w:t>
+    <w:p w14:paraId="31C1C877" w14:textId="630F97C6" w:rsidR="00C37E02" w:rsidRPr="0021432D" w:rsidDel="000C719F" w:rsidRDefault="006A234C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Bullet-primary"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Member’s Voting Power” refers to the votes </w:t>
+      </w:r>
+      <w:r w:rsidR="00874FE7" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">held by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the member</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4FC4" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0B3D" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>expressed as a percentage</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37E02" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of total votes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C1C877" w14:textId="2CF4C1CA" w:rsidR="00C37E02" w:rsidRPr="00006D31" w:rsidRDefault="006A234C" w:rsidP="00135B45">
-[...101 lines deleted...]
-    <w:p w14:paraId="59765C5B" w14:textId="4C846F67" w:rsidR="002D4E7D" w:rsidRPr="00591314" w:rsidRDefault="002D4E7D" w:rsidP="00135B45">
+    <w:p w14:paraId="3E218E43" w14:textId="5F551F6E" w:rsidR="002D4E7D" w:rsidRPr="00591314" w:rsidDel="000C719F" w:rsidRDefault="002D4E7D" w:rsidP="00341FB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="200"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00591314">
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If voting power is available as a number, convert to a percentage by dividing each member’s voting power by the total voting power held by all members on the governing body and multiply</w:t>
+      </w:r>
+      <w:r w:rsidR="00454A0E" w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by 100. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285B8126" w14:textId="100A04CB" w:rsidR="002D4E7D" w:rsidRPr="00591314" w:rsidDel="000C719F" w:rsidRDefault="002D4E7D" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="200"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voting power can be presented as a percentage on the public reporting webpage with up to three decimal places, </w:t>
+      </w:r>
+      <w:r w:rsidR="00276777" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g., 10.123 percent</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41927" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59765C5B" w14:textId="1A0648F2" w:rsidR="002D4E7D" w:rsidRPr="00591314" w:rsidDel="000C719F" w:rsidRDefault="002D4E7D" w:rsidP="00135B45">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="200"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If total voting power does not add to 100 percent due to rounding, add the following statement below the ACO Governing Body table on the public reporting webpage: “</w:t>
+      </w:r>
+      <w:r w:rsidR="00154BB8" w:rsidRPr="00CC5C9A" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Due to rounding, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D356CC" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00154BB8" w:rsidRPr="00CC5C9A" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67F41" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00154BB8" w:rsidRPr="00CC5C9A" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Voting Power</w:t>
+      </w:r>
+      <w:r w:rsidR="00D356CC" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00154BB8" w:rsidRPr="00CC5C9A" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may not equal 100 percent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591314" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8D1D5B" w14:textId="5B854F08" w:rsidR="006A234C" w:rsidRPr="0021432D" w:rsidDel="000C719F" w:rsidRDefault="006A234C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Bullet-primary"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Membership Type” include</w:t>
+      </w:r>
+      <w:r w:rsidR="00A451D2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ACO </w:t>
+      </w:r>
+      <w:r w:rsidR="008D38E2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">articipant </w:t>
+      </w:r>
+      <w:r w:rsidR="008D38E2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epresentative, Medicare </w:t>
+      </w:r>
+      <w:r w:rsidR="008D38E2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eneficiary </w:t>
+      </w:r>
+      <w:r w:rsidR="008D38E2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epresentative, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D38E2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommunity </w:t>
+      </w:r>
+      <w:r w:rsidR="008D38E2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">takeholder </w:t>
+      </w:r>
+      <w:r w:rsidR="008D38E2" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epresentative, </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7727" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00591314">
-[...69 lines deleted...]
-        <w:t>.”</w:t>
+      <w:r w:rsidR="009F1FE5" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ther.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8D1D5B" w14:textId="6116EB2D" w:rsidR="006A234C" w:rsidRPr="00F97840" w:rsidRDefault="006A234C" w:rsidP="3812AA2C">
+    <w:p w14:paraId="08BDDAA5" w14:textId="226B8510" w:rsidR="00073DD6" w:rsidRPr="0021432D" w:rsidDel="000C719F" w:rsidRDefault="00073DD6" w:rsidP="4FAF6D6C">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:r w:rsidR="008D38E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Enter “0” for non-voting members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658035D0" w14:textId="2FC3FC8C" w:rsidR="00073DD6" w:rsidRPr="00E9163A" w:rsidDel="000C719F" w:rsidRDefault="00073DD6" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Bullet-primary"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Medicare Beneficiary </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1FE5" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r>
-[...36 lines deleted...]
-        <w:t>ther.</w:t>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epresentative and Community Stakeholder Representative, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2DF3" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2DF3" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>N/A</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2DF3" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” under the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="OLE_LINK5"/>
+      <w:r w:rsidR="00FA2DF3" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“ACO Participant Legal Business Name, if applicable”</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="00FA2DF3" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column</w:t>
+      </w:r>
+      <w:r w:rsidR="005966D9" w:rsidRPr="0021432D" w:rsidDel="000C719F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BDDAA5" w14:textId="70C5F5C6" w:rsidR="00073DD6" w:rsidRPr="00277A29" w:rsidRDefault="00073DD6" w:rsidP="4FAF6D6C">
+    <w:p w14:paraId="514AA821" w14:textId="533EBF15" w:rsidR="00E9163A" w:rsidRPr="0021432D" w:rsidRDefault="00E9163A" w:rsidP="0021432D">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Enter “0” for non-voting members.</w:t>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021432D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the “ACO Participant Legal Business Name, if applicable” column, if your ACO would also like to include the ACO participant’s DBA name, enter the DBA name in parentheses next to the ACO participant’s LBN. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658035D0" w14:textId="591C919F" w:rsidR="00073DD6" w:rsidRPr="00277A29" w:rsidRDefault="00073DD6" w:rsidP="4FAF6D6C">
-[...39 lines deleted...]
-    <w:p w14:paraId="083C99C5" w14:textId="1301B5F3" w:rsidR="006A234C" w:rsidRPr="000B44D7" w:rsidRDefault="006A234C" w:rsidP="00492711">
+    <w:p w14:paraId="083C99C5" w14:textId="4230665D" w:rsidR="006A234C" w:rsidRPr="006073B4" w:rsidRDefault="006A234C" w:rsidP="00521A51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8730"/>
         </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00F97840">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00F23584">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ey</w:t>
       </w:r>
       <w:r w:rsidRPr="00F23584">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2921,6654 +4060,7960 @@
       </w:r>
       <w:r w:rsidR="002F649A" w:rsidRPr="00F23584">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">current </w:t>
       </w:r>
       <w:r w:rsidRPr="00F23584">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACO Executive, Medical Director, Compliance Officer, and Quality Assurance/Improvement Officer. </w:t>
       </w:r>
       <w:r w:rsidR="006051F9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E57C34" w:rsidRPr="00492711">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00E57C34" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACOs should </w:t>
       </w:r>
-      <w:r w:rsidR="006051F9" w:rsidRPr="00492711">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="006051F9" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ensure that </w:t>
       </w:r>
-      <w:r w:rsidR="00E57C34" w:rsidRPr="00492711">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00E57C34" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">contacts are </w:t>
       </w:r>
-      <w:r w:rsidR="00492711" w:rsidRPr="00492711">
-[...59 lines deleted...]
-      <w:r w:rsidR="006051F9">
+      <w:r w:rsidR="00CE66E1" w:rsidRPr="00CE66E1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>up to date</w:t>
+      </w:r>
+      <w:r w:rsidR="006051F9" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="006051F9" w:rsidRPr="00521A51">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006051F9" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006051F9" w:rsidRPr="006073B4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198C8BDC" w14:textId="224228C9" w:rsidR="006A234C" w:rsidRPr="00F23584" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="198C8BDC" w14:textId="623DE6BF" w:rsidR="006A234C" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Associated</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36944" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00D36944" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ommittees</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36944" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00D36944" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ommittee</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36944" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00D36944" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eadership</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Enter </w:t>
       </w:r>
-      <w:r w:rsidR="00984D66" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>each committee on a separate row that includes the committee</w:t>
       </w:r>
-      <w:r w:rsidR="00162686">
+      <w:r w:rsidR="00162686" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidR="00984D66" w:rsidRPr="00F23584">
-[...7 lines deleted...]
-      <w:r w:rsidR="004B2766" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name,</w:t>
+      </w:r>
+      <w:r w:rsidR="000227F8" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>leader</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2766" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00984D66" w:rsidRPr="00F23584">
-[...7 lines deleted...]
-      <w:r w:rsidR="004B2766" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s name</w:t>
+      </w:r>
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51" w:rsidDel="00762327">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51" w:rsidDel="00762327">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>leader</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2766" w:rsidRPr="00521A51" w:rsidDel="00762327">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00984D66" w:rsidRPr="00F23584">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51" w:rsidDel="00762327">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51" w:rsidDel="00B612B7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">committee </w:t>
+      </w:r>
+      <w:r w:rsidR="00984D66" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>position</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009D1A88" w:rsidRPr="00F23584">
+      <w:r w:rsidR="009D1A88" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD63CA7" w14:textId="4EC91359" w:rsidR="006A234C" w:rsidRPr="00F23584" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="4BD63CA7" w14:textId="076FE616" w:rsidR="006A234C" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Types</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36944" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00D36944" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>articipants,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F23584">
+        <w:t>articipants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51" w:rsidDel="002D3909">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36944" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00D36944" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ombinations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36944" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00D36944" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>articipants,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C67DA">
+        <w:t>articipants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51" w:rsidDel="002D3909">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003C1603">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F23584">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1603" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>hat</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C1603">
+      <w:r w:rsidR="003C1603" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ormed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A5D66">
-[...35 lines deleted...]
-        <w:r w:rsidR="00B82F48" w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">List ACO participant types that describe the ACO’s composition. ACOs may select one or more of the composition types provided in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="p-425.102(a)" w:tooltip="link to the Electronic Code of Federal Regulations 425.102(a)" w:history="1">
+        <w:r w:rsidR="00B82F48" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">42 CFR </w:t>
         </w:r>
-        <w:r w:rsidRPr="00F23584">
+        <w:r w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>§</w:t>
         </w:r>
-        <w:r w:rsidR="00524439" w:rsidRPr="00F23584">
+        <w:r w:rsidR="00524439" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00F23584">
+        <w:r w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>425.102(a)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. If you</w:t>
       </w:r>
-      <w:r w:rsidR="00137D9C" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00137D9C" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r ACO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> select</w:t>
       </w:r>
-      <w:r w:rsidR="00923718" w:rsidRPr="4D27F634">
+      <w:r w:rsidR="00923718" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00B82F48" w:rsidRPr="4D27F634">
+      <w:r w:rsidR="00B82F48" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A5D66">
-[...3 lines deleted...]
-        <w:r w:rsidR="00C6782C">
+      <w:hyperlink r:id="rId24" w:anchor="p-425.102(a)(8)" w:tooltip="link to the Electronic Code of Federal Regulations 425.102a8" w:history="1">
+        <w:r w:rsidR="00C6782C" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>42</w:t>
         </w:r>
-        <w:r w:rsidR="0074135F" w:rsidRPr="00F23584">
+        <w:r w:rsidR="0074135F" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00C6782C" w:rsidRPr="00C6782C">
+        <w:r w:rsidR="00C6782C" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CFR § 4</w:t>
         </w:r>
-        <w:bookmarkStart w:id="5" w:name="_Hlt152167049"/>
-[...1 lines deleted...]
-        <w:r w:rsidR="00C6782C" w:rsidRPr="00C6782C">
+        <w:bookmarkStart w:id="11" w:name="_Hlt152167049"/>
+        <w:bookmarkEnd w:id="11"/>
+        <w:r w:rsidR="00C6782C" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>25.102(a)(8)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F23584">
-[...7 lines deleted...]
-      <w:r w:rsidR="00F86BCA">
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, enter the composition type as “Electing Teaching Amendment (ETA) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86BCA" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ospital</w:t>
       </w:r>
-      <w:r w:rsidR="00196F9F" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00196F9F" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” If </w:t>
       </w:r>
-      <w:r w:rsidR="00BA4A44" w:rsidRPr="00F23584">
-[...7 lines deleted...]
-      <w:r w:rsidR="00137D9C" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00BA4A44" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4A44" w:rsidRPr="00521A51" w:rsidDel="002D3909">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4A44" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="00137D9C" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was previously entered</w:t>
       </w:r>
-      <w:r w:rsidR="00BA4A44" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00BA4A44" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F649A" w:rsidRPr="00F23584">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidR="002F649A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="002F649A" w:rsidRPr="00521A51">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A57D8A" w:rsidRPr="00F23584">
+      <w:r w:rsidR="00A57D8A" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the corresponding </w:t>
       </w:r>
-      <w:r w:rsidR="008D6846">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">data </w:t>
       </w:r>
-      <w:r w:rsidR="00B076FD">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidR="00855BCA" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> available </w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00F23584">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>under the ACO Entity Type section of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F21F9" w:rsidRPr="00F23584">
+      <w:r w:rsidR="006F21F9" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agreement Details </w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00F23584">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sub</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23584">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tab</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00F23584">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="00521A51">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A371E2" w14:textId="6618FA31" w:rsidR="006A234C" w:rsidRPr="00F23584" w:rsidRDefault="006A234C" w:rsidP="00135B45">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="12A371E2" w14:textId="049702EA" w:rsidR="006A234C" w:rsidRPr="00521A51" w:rsidRDefault="006A234C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F23584">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shared Savings and Losses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22295B83" w14:textId="0BD60D33" w:rsidR="00580C39" w:rsidRPr="005A60B1" w:rsidRDefault="006A234C" w:rsidP="00695C4D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="004B5CD9">
+    <w:p w14:paraId="22295B83" w14:textId="06E75B1F" w:rsidR="00580C39" w:rsidRPr="00CB6C8F" w:rsidRDefault="002476CA" w:rsidP="00521A51">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:hanging="432"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00081B67">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Amount</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Shared Savings/Losses</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB13B3" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00FB13B3" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shared savings/losses (in dollar </w:t>
       </w:r>
-      <w:r w:rsidR="00F754E2" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00F754E2" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>amount</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) for all completed </w:t>
       </w:r>
-      <w:r w:rsidR="00043DB1" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00043DB1" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>performance years</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="006A234C" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
-      <w:r w:rsidR="00043DB1" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00043DB1" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>agreement period</w:t>
       </w:r>
-      <w:r w:rsidR="00DC6FB5" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00DC6FB5" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00125DF0" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00125DF0" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00664CF5" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00664CF5" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For the list of </w:t>
       </w:r>
-      <w:r w:rsidR="00664721" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00664721" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">completed performance years and </w:t>
       </w:r>
-      <w:r w:rsidR="00043DB1" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00043DB1" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>agreement periods</w:t>
       </w:r>
-      <w:r w:rsidR="00141EAB" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00141EAB" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for you</w:t>
       </w:r>
-      <w:r w:rsidR="00195408" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00195408" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00141EAB" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00141EAB" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACO</w:t>
       </w:r>
-      <w:r w:rsidR="00664CF5" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00664CF5" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F2BD4" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="009F2BD4" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(both of which are</w:t>
       </w:r>
-      <w:r w:rsidR="00664CF5" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="00664CF5" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> defined under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tooltip="link to the Electronic Code of Federal Regulations 425.20" w:history="1">
-        <w:r w:rsidR="00664CF5" w:rsidRPr="004B5CD9">
+      <w:hyperlink r:id="rId26" w:tooltip="link to the Electronic Code of Federal Regulations 425.20" w:history="1">
+        <w:r w:rsidR="00664CF5" w:rsidRPr="00CB6C8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>42 CFR § 425.20</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009F2BD4" w:rsidRPr="004B5CD9">
+      <w:r w:rsidR="009F2BD4" w:rsidRPr="00CB6C8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
+      <w:r w:rsidR="00664721" w:rsidRPr="00CB6C8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> navigate to the Performance Year subtab</w:t>
+      </w:r>
+      <w:r w:rsidR="005C5B57" w:rsidRPr="00CB6C8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and refer to the rows labeled</w:t>
+      </w:r>
+      <w:r w:rsidR="00664721" w:rsidRPr="00CB6C8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B415C9" w:rsidRPr="00CB6C8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Program Year” (for the performance year) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00664721" w:rsidRPr="00CB6C8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“Agreement Period</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0F14" w:rsidRPr="00CB6C8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00664721" w:rsidRPr="00CB6C8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
       <w:r w:rsidR="00664721" w:rsidRPr="004B5CD9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...15 lines deleted...]
-          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B415C9" w:rsidRPr="004B5CD9">
-[...31 lines deleted...]
-      <w:r w:rsidR="000B0A2F">
+      <w:r w:rsidR="00B47805" w:rsidRPr="00D1768E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This includes shared savings/losses recalculated as part of the reopening process as described in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tooltip="link to 42 CFR § 425.315" w:history="1">
-        <w:r w:rsidR="000B0A2F" w:rsidRPr="008E3FE7">
+      <w:hyperlink r:id="rId27" w:tooltip="link to 42 CFR § 425.315" w:history="1">
+        <w:r w:rsidR="00B47805" w:rsidRPr="00D1768E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>42 CFR § 425.315</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000B0A2F">
+      <w:r w:rsidR="00B47805" w:rsidRPr="00D1768E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBBDD7F" w14:textId="586332C3" w:rsidR="00016A6B" w:rsidRDefault="006A234C" w:rsidP="00F23584">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2EBBDD7F" w14:textId="1C7342C8" w:rsidR="00016A6B" w:rsidRDefault="006A234C" w:rsidP="00521A51">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="360" w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23584" w:rsidDel="003E1434">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA308C" w:rsidRPr="00F23584" w:rsidDel="003E1434">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA308C" w:rsidRPr="00F23584">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hared savings/losses </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F23584">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">shared savings/losses </w:t>
+        <w:t xml:space="preserve">data is available </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0457" w:rsidRPr="00F23584">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via </w:t>
+      </w:r>
+      <w:r w:rsidR="00906907" w:rsidRPr="00F23584">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the following </w:t>
       </w:r>
       <w:r w:rsidRPr="00F23584">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">data is available </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>sources:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBFDEEF" w14:textId="272D8734" w:rsidR="00A06918" w:rsidRPr="00016A6B" w:rsidRDefault="00220342" w:rsidP="71660551">
+    <w:p w14:paraId="4FBFDEEF" w14:textId="271691B5" w:rsidR="00A06918" w:rsidRPr="00521A51" w:rsidRDefault="00220342" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
-      </w:pPr>
-      <w:r w:rsidRPr="1CDD8CF2">
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ACO-MS Data Hub</w:t>
       </w:r>
-      <w:r w:rsidRPr="71660551">
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00B756E7">
+      <w:r w:rsidR="00B756E7" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">To access </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="7C88ED68">
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Financial Reconciliation </w:t>
       </w:r>
-      <w:r w:rsidR="000B0A2F" w:rsidRPr="7C88ED68">
+      <w:r w:rsidR="000B0A2F" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Report</w:t>
       </w:r>
-      <w:r w:rsidR="000B0A2F">
-[...2 lines deleted...]
-      <w:r w:rsidR="000B0A2F">
+      <w:r w:rsidR="00EB2267" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="009817A1" w:rsidRPr="71660551">
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0044090D">
-[...96 lines deleted...]
-      <w:r w:rsidR="00744491" w:rsidRPr="7C88ED68">
+      <w:r w:rsidR="00EB2267" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2267" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00480BC0" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Revised Financial Reconciliation Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00B756E7" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00906907" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> navigate to</w:t>
+      </w:r>
+      <w:r w:rsidR="009817A1" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0044090D" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the Data Hub ta</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3764" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00B756E7" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00B756E7" w:rsidRPr="00521A51">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0044090D" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A4A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">select </w:t>
+      </w:r>
+      <w:r w:rsidR="00E110AF" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F009FD" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A4A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram </w:t>
+      </w:r>
+      <w:r w:rsidR="00F009FD" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A4A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ear</w:t>
+      </w:r>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020115C" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which</w:t>
+      </w:r>
+      <w:r w:rsidR="00044202" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E09" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shared savings/losses </w:t>
+      </w:r>
+      <w:r w:rsidR="00E121DD" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00137D9C" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being entered </w:t>
+      </w:r>
+      <w:r w:rsidR="00044202" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00033437" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00044202" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> public reporting webpage</w:t>
+      </w:r>
+      <w:r w:rsidR="004453B3" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00906907" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3764" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A4A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>click</w:t>
+      </w:r>
+      <w:r w:rsidR="0044090D" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97C82" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the “</w:t>
+      </w:r>
+      <w:r w:rsidR="0044090D" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Reports</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97C82" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>” button</w:t>
+      </w:r>
+      <w:r w:rsidR="00906907" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk74211268"/>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For example, </w:t>
+      </w:r>
+      <w:r w:rsidR="002545AC" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to retrieve </w:t>
+      </w:r>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00744491" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BC0" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00480BC0" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erformance </w:t>
+      </w:r>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00744491" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="00480BC0" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D464A2" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ear (PY)</w:t>
+      </w:r>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00414973" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D464A2" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D464A2" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4010" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00744491" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D464A2" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...34 lines deleted...]
-      <w:r w:rsidR="00DB61A8" w:rsidRPr="7C88ED68">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00744491" w:rsidRPr="00521A51">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Financial Reconciliation Report</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7EFB" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, select “</w:t>
+      </w:r>
+      <w:r w:rsidR="00D464A2" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4010" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7EFB" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” under </w:t>
+      </w:r>
+      <w:r w:rsidR="002545AC" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>program year and download the Financial Reconciliation Package zip file</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7EFB" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the Financial Reconciliation </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B80" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Package</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA168A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the most recent date</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB61A8" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00DE78B0" w:rsidRPr="71660551">
+      <w:r w:rsidR="00DE78B0" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00695C98">
+      <w:r w:rsidR="00695C98" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>locate the file</w:t>
       </w:r>
-      <w:r w:rsidR="00DE78B0" w:rsidRPr="71660551">
+      <w:r w:rsidR="00DE78B0" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00695C98">
+      <w:r w:rsidR="00695C98" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00DE78B0" w:rsidRPr="71660551">
+      <w:r w:rsidR="00DE78B0" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00695C98" w:rsidRPr="71660551">
+      <w:r w:rsidR="00695C98" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE78B0">
+      <w:r w:rsidR="00DE78B0" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>with the naming convention of</w:t>
       </w:r>
-      <w:r w:rsidR="00256ACC">
+      <w:r w:rsidR="00256ACC" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE78B0">
+      <w:r w:rsidR="00DE78B0" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="008F79E7">
+      <w:r w:rsidR="008F79E7" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>P.Axxxx.ACO.STLMT.Y20</w:t>
       </w:r>
-      <w:r w:rsidR="00A350A1">
-[...2 lines deleted...]
-      <w:r w:rsidR="008F79E7">
+      <w:r w:rsidR="00A350A1" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00653E03" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008F79E7" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>.D</w:t>
       </w:r>
-      <w:r w:rsidR="006D74DA">
-[...2 lines deleted...]
-      <w:r w:rsidR="008F79E7">
+      <w:r w:rsidR="006D74DA" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00653E03" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008F79E7" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>9999.</w:t>
       </w:r>
-      <w:r w:rsidR="00493FB9">
+      <w:r w:rsidR="00493FB9" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>T11</w:t>
       </w:r>
-      <w:r w:rsidR="00A65B91">
-[...2 lines deleted...]
-      <w:r w:rsidR="00456964" w:rsidRPr="71660551">
+      <w:r w:rsidR="00B17804">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65B91" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1111</w:t>
+      </w:r>
+      <w:r w:rsidR="00456964" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE78B0">
+      <w:r w:rsidR="00DE78B0" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>” Within the file(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6573" w:rsidRPr="71660551">
+      <w:r w:rsidR="00CB6573" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00DE78B0" w:rsidRPr="71660551">
+      <w:r w:rsidR="00DE78B0" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">refer to the </w:t>
       </w:r>
-      <w:r w:rsidR="007352B3" w:rsidRPr="71660551">
+      <w:r w:rsidR="007352B3" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Table 3 </w:t>
       </w:r>
-      <w:r w:rsidR="004B2766" w:rsidRPr="71660551">
+      <w:r w:rsidR="004B2766" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Shared Savings Losses</w:t>
       </w:r>
-      <w:r w:rsidR="007352B3" w:rsidRPr="71660551">
+      <w:r w:rsidR="007352B3" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> tab. </w:t>
       </w:r>
-      <w:r w:rsidR="00D5757A">
+      <w:r w:rsidR="00D5757A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>Refer to the rows titled “Earned Performance Payment ($)” for the shared savings</w:t>
       </w:r>
-      <w:r w:rsidR="4D09DB96">
+      <w:r w:rsidR="4D09DB96" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00D37497" w:rsidRPr="71660551">
+      <w:r w:rsidR="00D37497" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D5757A">
+      <w:r w:rsidR="00D5757A" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>“Payment Due to CMS ($)” for the shared losses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBFDE9C" w14:textId="2AA97E77" w:rsidR="004B2766" w:rsidRPr="00016A6B" w:rsidRDefault="607CB7BA" w:rsidP="21A53E4B">
+    <w:p w14:paraId="2DBFDE9C" w14:textId="2AA97E77" w:rsidR="004B2766" w:rsidRPr="00521A51" w:rsidRDefault="607CB7BA" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00016A6B">
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk49319762"/>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Public Use Files</w:t>
       </w:r>
-      <w:r w:rsidRPr="21A53E4B">
+      <w:r w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00324613" w:rsidRPr="00016A6B">
+      <w:r w:rsidR="00324613" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tooltip="CMS Public Use Files webpage" w:history="1">
-        <w:r w:rsidR="00B05CD0">
+      <w:hyperlink r:id="rId29" w:tooltip="CMS Public Use Files webpage" w:history="1">
+        <w:r w:rsidR="00B05CD0" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Data.CMS.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00324613" w:rsidRPr="00016A6B">
+      <w:r w:rsidR="00324613" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to view the “Performance Year Financ</w:t>
       </w:r>
-      <w:r w:rsidR="00EF33F1" w:rsidRPr="00016A6B">
+      <w:r w:rsidR="00EF33F1" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>ial</w:t>
       </w:r>
-      <w:r w:rsidR="00324613" w:rsidRPr="00016A6B">
+      <w:r w:rsidR="00324613" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and Quality Results” dataset </w:t>
       </w:r>
-      <w:r w:rsidR="008F79E7">
+      <w:r w:rsidR="008F79E7" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">for the relevant performance year </w:t>
       </w:r>
-      <w:r w:rsidR="00324613" w:rsidRPr="00016A6B">
+      <w:r w:rsidR="00324613" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>and refer to the column titled “EarnSaveLoss” for shared savings/losses. Losses are listed as negative values.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="4CAE39F8" w14:textId="7AB86291" w:rsidR="007D6A07" w:rsidRDefault="00BC3082" w:rsidP="00423E2C">
-[...1 lines deleted...]
-        <w:spacing w:after="200"/>
+    <w:p w14:paraId="4C8E963D" w14:textId="48E64364" w:rsidR="006B0A0F" w:rsidRPr="00521A51" w:rsidRDefault="00943D6D" w:rsidP="00521A51">
+      <w:pPr>
+        <w:pStyle w:val="Bullet-primary"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007D6A07" w:rsidRPr="007F73B6">
+        </w:rPr>
+        <w:t>Adhere to the following instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="00A771B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> if your ACO is</w:t>
       </w:r>
-      <w:r w:rsidR="007D6A07" w:rsidRPr="00792A95">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009524C3" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678BA2AA" w14:textId="03D9CBDD" w:rsidR="001725C5" w:rsidRPr="005A3CC1" w:rsidRDefault="00BC3082" w:rsidP="4FAF6D6C">
+    <w:p w14:paraId="678BA2AA" w14:textId="27E0A2D9" w:rsidR="001725C5" w:rsidRPr="00AD3AC2" w:rsidRDefault="0099474D" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="005D375D" w:rsidRPr="00A61F3B">
+      <w:r w:rsidR="005D375D" w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidR="006300FD" w:rsidRPr="005A60B1">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perating in its </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6E58" w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidR="00F87F67" w:rsidRPr="00695C4D">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>first agreement period</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B5089D" w:rsidRPr="00B5089D">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or renewed its participation agreement after its first performance year of the first agreement period</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5695">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D375D" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1D6E" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="006A234C" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f your ACO is operating </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2CD4" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>in its f</w:t>
+      </w:r>
+      <w:r w:rsidR="006A234C" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>irst agreement period and has not received financial reconciliation results</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1D6E" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, enter “N/A” under this section</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35051" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00663B18" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In addition, report “N/A” for the second</w:t>
+      </w:r>
+      <w:r w:rsidR="00056A5E" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or subsequent</w:t>
+      </w:r>
+      <w:r w:rsidR="00663B18" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreement period in this section of the template if not applicable to your ACO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FC54DF" w14:textId="24153ACB" w:rsidR="005D375D" w:rsidRPr="00521A51" w:rsidRDefault="0099474D" w:rsidP="00521A51">
+      <w:pPr>
+        <w:pStyle w:val="Bullet-primary"/>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD3AC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00683E5F">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="005D375D" w:rsidRPr="00AD3AC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidR="005D375D" w:rsidRPr="4FAF6D6C">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>e-entering the Shared Savings Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5695">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D375D" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B1D6E" w:rsidRPr="005D375D">
-[...72 lines deleted...]
-      <w:r w:rsidR="00784FBA" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>If your ACO is a re-entering ACO</w:t>
+      </w:r>
+      <w:r w:rsidR="001725C5" w:rsidRPr="00AD3AC2" w:rsidDel="0098639C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00784FBA" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> as defined under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tooltip="link to the Electronic Code of Federal Regulations 425.20" w:history="1">
-        <w:r w:rsidR="00784FBA" w:rsidRPr="005A3CC1">
+      <w:hyperlink r:id="rId30" w:tooltip="link to the Electronic Code of Federal Regulations 425.20" w:history="1">
+        <w:r w:rsidR="00784FBA" w:rsidRPr="00521A51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>42 CFR § 425.20</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00784FBA" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="00784FBA" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>enter the shared savings or losses</w:t>
       </w:r>
-      <w:r w:rsidR="00A26E40" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="00A26E40" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (starting with the first performance year after your ACO re-entered the program)</w:t>
       </w:r>
-      <w:r w:rsidR="0087545D" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="0087545D" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">under the agreement period in which </w:t>
       </w:r>
-      <w:r w:rsidR="003C5A78">
+      <w:r w:rsidR="003C5A78" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ACO re-entered the program. If </w:t>
       </w:r>
-      <w:r w:rsidR="00D42D51">
+      <w:r w:rsidR="00D42D51" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>your ACO</w:t>
       </w:r>
-      <w:r w:rsidR="006C4052">
+      <w:r w:rsidR="006C4052" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> did not re-enter the program under </w:t>
       </w:r>
-      <w:r w:rsidR="00841A7F">
+      <w:r w:rsidR="00841A7F" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00102C17">
+      <w:r w:rsidR="00102C17" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> first </w:t>
       </w:r>
-      <w:r w:rsidR="006C4052">
+      <w:r w:rsidR="006C4052" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>agreement period</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="006C4052">
+      <w:r w:rsidR="006C4052" w:rsidRPr="00521A51" w:rsidDel="0098639C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
-      <w:r w:rsidR="00465244" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="00465244" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>add</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the following note at the end of the Shared Savings</w:t>
       </w:r>
-      <w:r w:rsidR="0095308B">
+      <w:r w:rsidR="0095308B" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">and Losses section of the public reporting webpage: </w:t>
       </w:r>
-      <w:r w:rsidR="004B2766" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="004B2766" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Our ACO re-entered the Shared Savings Program in </w:t>
       </w:r>
-      <w:r w:rsidR="0088529D">
-[...2 lines deleted...]
-      <w:r w:rsidR="0088529D" w:rsidRPr="005A3CC1">
+      <w:r w:rsidR="0088529D" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Performance Year </w:t>
+      </w:r>
+      <w:r w:rsidR="00173C03" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>20XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00173C03" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under agreement period </w:t>
+      </w:r>
+      <w:r w:rsidR="00667E39" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00667E39" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="001725C5" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>. Shared savings/losses and shared savings distributions are therefore reported, beginning with this agreement period.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2766" w:rsidRPr="00521A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="0087545D" w:rsidRPr="00521A51" w:rsidDel="007331C4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00173C03" w:rsidRPr="005A3CC1">
-[...28 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0B375636" w14:textId="426EDFF0" w:rsidR="00E26DA5" w:rsidRPr="00115CBE" w:rsidRDefault="00BC3082" w:rsidP="00E26DA5">
+    <w:p w14:paraId="0B375636" w14:textId="2B87B352" w:rsidR="00E26DA5" w:rsidRPr="007D7E79" w:rsidRDefault="0099474D" w:rsidP="00521A51">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="005D375D" w:rsidRPr="005D375D">
+      <w:r w:rsidR="005D375D" w:rsidRPr="00521A51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>articipating in multiple performance years in Calendar Year (CY) 2019</w:t>
       </w:r>
-      <w:r w:rsidR="005D375D" w:rsidRPr="00A71767">
-[...2 lines deleted...]
-      <w:r w:rsidR="006C49D2" w:rsidRPr="005D375D">
+      <w:r w:rsidR="00BB5695">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D375D" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C49D2" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">If your ACO participated in PY 2019 and PY 2019A, </w:t>
       </w:r>
-      <w:r w:rsidR="002C4795">
+      <w:r w:rsidR="002C4795" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>please reference your ACO</w:t>
       </w:r>
-      <w:r w:rsidR="00B7217C" w:rsidRPr="21A53E4B">
+      <w:r w:rsidR="00B7217C" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="002C4795">
+      <w:r w:rsidR="002C4795" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>s “ACO.Summary” report</w:t>
       </w:r>
-      <w:r w:rsidR="000F45D2">
+      <w:r w:rsidR="000F45D2" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C4795">
-[...2 lines deleted...]
-      <w:r w:rsidR="003E48DC">
+      <w:r w:rsidR="002C4795" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>within your 2019 Financial Reconciliation Report Package</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4795" w:rsidRPr="00AD3AC2" w:rsidDel="00AC7633">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4795" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enter </w:t>
+      </w:r>
+      <w:r w:rsidR="003E48DC" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>either the “</w:t>
       </w:r>
-      <w:r w:rsidR="003B2A51">
+      <w:r w:rsidR="003B2A51" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Total </w:t>
       </w:r>
-      <w:r w:rsidR="003E48DC" w:rsidRPr="003E48DC">
-[...5 lines deleted...]
-      <w:r w:rsidR="003B2A51">
+      <w:r w:rsidR="003E48DC" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Earned Performance Payment ($)” or the “</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2A51" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Total </w:t>
       </w:r>
-      <w:r w:rsidR="003E48DC" w:rsidRPr="003E48DC">
+      <w:r w:rsidR="003E48DC" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>Payment Due to CMS</w:t>
       </w:r>
-      <w:r w:rsidR="00841A7F">
+      <w:r w:rsidR="00841A7F" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ($)</w:t>
       </w:r>
-      <w:r w:rsidR="003E48DC">
+      <w:r w:rsidR="003E48DC" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>” amount</w:t>
       </w:r>
-      <w:r w:rsidR="002C4795" w:rsidRPr="21A53E4B">
+      <w:r w:rsidR="002C4795" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2" w:rsidRPr="005D375D">
-[...5 lines deleted...]
-      <w:r w:rsidR="00587B82">
+      <w:r w:rsidR="006C49D2" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and include the following statement: “Note: Our ACO participated in multiple performance years during Calendar Year 2019. </w:t>
+      </w:r>
+      <w:r w:rsidR="00587B82" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>The s</w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2" w:rsidRPr="006C49D2">
-        <w:t>hared savings/losses amount reported for Performance Year 2019 therefore represents net shared savings or losses across all performance years in 2019 and is shown under all agreement periods in which the ACO operated during Calendar Year 2019.”</w:t>
+      <w:r w:rsidR="006C49D2" w:rsidRPr="00AD3AC2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hared savings/losses amount reported for Performance Year 2019 therefore represents net shared savings or losses across all performance years in 2019 and is shown under all agreement periods in which the ACO operated during Calendar </w:t>
+      </w:r>
+      <w:r w:rsidR="00B328A9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006C49D2" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Year 2019.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344A5305" w14:textId="412BD80C" w:rsidR="00731E7C" w:rsidRPr="005A3CC1" w:rsidRDefault="006A234C" w:rsidP="00135B45">
+    <w:p w14:paraId="344A5305" w14:textId="06C0B813" w:rsidR="00731E7C" w:rsidRPr="007D7E79" w:rsidRDefault="006A234C" w:rsidP="007D7E79">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="83"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="1CDD8CF2">
+        <w:ind w:hanging="432"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Shared Savings Distribution</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00AA168A" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00AA168A" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As described in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:anchor="p-425.308(b)(4)" w:tooltip="link to the Electronic Code of Federal Regulations 425.308 subsection b paragraph 4">
-        <w:r w:rsidR="00AA168A" w:rsidRPr="1CDD8CF2">
+      <w:hyperlink r:id="rId31" w:anchor="p-425.308(b)(4)" w:tooltip="link to the Electronic Code of Federal Regulations 425.308 subsection b paragraph 4">
+        <w:r w:rsidR="00AA168A" w:rsidRPr="007D7E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">42 CFR </w:t>
         </w:r>
-        <w:r w:rsidR="007C7C38" w:rsidRPr="1CDD8CF2">
+        <w:r w:rsidR="007C7C38" w:rsidRPr="007D7E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">§ </w:t>
         </w:r>
-        <w:r w:rsidR="00AA168A" w:rsidRPr="1CDD8CF2">
+        <w:r w:rsidR="00AA168A" w:rsidRPr="007D7E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>425.308(b)(4)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007C7C38" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="007C7C38" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, e</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nter</w:t>
       </w:r>
-      <w:r w:rsidR="2320AFEF" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="2320AFEF" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> distribution of shared savings (in percentage)</w:t>
       </w:r>
-      <w:r w:rsidR="002277D8" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="002277D8" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00127B3B" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00127B3B" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which entails the</w:t>
       </w:r>
-      <w:r w:rsidR="00AA168A" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00AA168A" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> total proportion of shared savings invested in infrastructure, redesigned care processes</w:t>
       </w:r>
-      <w:r w:rsidR="3D39352A" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="3D39352A" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00AA168A" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00AA168A" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other resources</w:t>
       </w:r>
-      <w:r w:rsidR="00A47FFA" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00A47FFA" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to coordinate care and improve quality,</w:t>
       </w:r>
-      <w:r w:rsidR="00AA168A" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00AA168A" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and distributed among ACO participants </w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for all </w:t>
       </w:r>
-      <w:r w:rsidR="00AD2CD4" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00AD2CD4" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>completed performance years by agreement period</w:t>
       </w:r>
-      <w:r w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BD3EEF">
-[...23 lines deleted...]
-      <w:r w:rsidR="007C7C38" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00A22750" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shared savings </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6480" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F949EA" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>istribution p</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6480" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ercentages</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7C38" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are at the discretion of </w:t>
       </w:r>
-      <w:r w:rsidR="00037B87" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00037B87" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="007C7C38" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="007C7C38" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5FE4A5" w14:textId="33E93B31" w:rsidR="00984B3E" w:rsidRPr="005A3CC1" w:rsidRDefault="006A234C" w:rsidP="00695C4D">
+    <w:p w14:paraId="6C5FE4A5" w14:textId="33E93B31" w:rsidR="00984B3E" w:rsidRPr="007D7E79" w:rsidRDefault="006A234C" w:rsidP="007D7E79">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="84"/>
         </w:numPr>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ACOs that did not earn shared savings or incur</w:t>
+      </w:r>
+      <w:r w:rsidR="00222538" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>red</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> losses for a given performance year must indicate “N/A</w:t>
+      </w:r>
+      <w:r w:rsidR="00196F9F" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0525CD5B" w14:textId="3EB64DB7" w:rsidR="00AF639D" w:rsidRDefault="00BB272E" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00190D5F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Adhere to the following instructions</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00500DA0">
+        <w:t>Adhere to the following instructions if your ACO is</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73B6" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F36CB0" w14:textId="6FD42D5B" w:rsidR="00AF639D" w:rsidRPr="002F6D99" w:rsidRDefault="00BB272E" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:pStyle w:val="Bullet-primary"/>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00190D5F">
+        </w:rPr>
+        <w:t xml:space="preserve">Operating in its first agreement period or </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6588C" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>renewed its participation agreement after its first performance year of the first agreement period</w:t>
+      </w:r>
+      <w:r w:rsidR="000629A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00222538" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f your ACO is operating in its first agreement period </w:t>
+      </w:r>
+      <w:r w:rsidR="0070090C" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or renewed its participation agreement after its first performance year </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and has not received financial reconciliation results</w:t>
+      </w:r>
+      <w:r w:rsidR="00222538" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, enter “N/A” under this section</w:t>
+      </w:r>
+      <w:r w:rsidR="00E773CD" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99" w:rsidDel="0071419C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>In addition, report “N/A” for the second</w:t>
+      </w:r>
+      <w:r w:rsidR="00056A5E" w:rsidRPr="002F6D99" w:rsidDel="0071419C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or subsequent</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99" w:rsidDel="0071419C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreement period in this section of the template if not applicable to your ACO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F36CB0" w14:textId="7EA46B8F" w:rsidR="00AF639D" w:rsidRDefault="00500DA0" w:rsidP="4FAF6D6C">
+    <w:p w14:paraId="74F88D83" w14:textId="7646BA5A" w:rsidR="00AF639D" w:rsidRPr="007D7E79" w:rsidRDefault="003078DA" w:rsidP="007D7E79">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F6D99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AF639D" w:rsidRPr="00AF639D">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>e-entering the Shared Savings Program</w:t>
+      </w:r>
+      <w:r w:rsidR="000629A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070090C" w:rsidRPr="00CE4F32">
-[...103 lines deleted...]
-      <w:r w:rsidR="001725C5">
+      <w:r w:rsidR="001725C5" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">If your ACO is a re-entering ACO, </w:t>
       </w:r>
-      <w:r w:rsidR="00784FBA">
+      <w:r w:rsidR="00784FBA" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">as defined under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:tooltip="link to the Electronic Code of Federal Regulations 425.20">
-        <w:r w:rsidR="00784FBA" w:rsidRPr="1CDD8CF2">
+      <w:hyperlink r:id="rId32" w:tooltip="link to the Electronic Code of Federal Regulations 425.20">
+        <w:r w:rsidR="00784FBA" w:rsidRPr="007D7E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>42 CFR § 425.20</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00784FBA">
+      <w:r w:rsidR="00784FBA" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001725C5">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">enter the </w:t>
       </w:r>
-      <w:r w:rsidR="00EC59C0">
+      <w:r w:rsidR="00EC59C0" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>shared</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> savings </w:t>
       </w:r>
-      <w:r w:rsidR="00A25459">
+      <w:r w:rsidR="00A25459" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">distribution </w:t>
       </w:r>
-      <w:r w:rsidR="0042182F">
+      <w:r w:rsidR="0042182F" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">(starting with the first performance year after your ACO re-entered the program) </w:t>
       </w:r>
-      <w:r w:rsidR="001725C5">
-[...2 lines deleted...]
-      <w:r w:rsidR="006B0360">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under the agreement period in </w:t>
+      </w:r>
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0360" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> your</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ACO re-entered the program. If </w:t>
       </w:r>
-      <w:r w:rsidR="007B6590">
+      <w:r w:rsidR="007B6590" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">your ACO </w:t>
       </w:r>
-      <w:r w:rsidR="00452220">
+      <w:r w:rsidR="00452220" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">did not re-enter the program under </w:t>
       </w:r>
-      <w:r w:rsidR="00A20AA3">
-[...5 lines deleted...]
-      <w:r w:rsidR="00452220" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="00A20AA3" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your first </w:t>
+      </w:r>
+      <w:r w:rsidR="00452220" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>agreement period</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A20AA3" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="00A20AA3" w:rsidRPr="007D7E79" w:rsidDel="0074715B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
-      <w:r w:rsidR="00FF39FB" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="00FF39FB" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>add</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the following note at the end of the Shared Savings and Losses</w:t>
       </w:r>
-      <w:r w:rsidR="009A193D" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="009A193D" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">section of the public reporting webpage: </w:t>
       </w:r>
-      <w:r w:rsidR="004B2766" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="004B2766" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Our ACO re-entered the Shared Savings Program in </w:t>
       </w:r>
-      <w:r w:rsidR="0088529D" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="0088529D" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Performance Year </w:t>
       </w:r>
-      <w:r w:rsidR="00173C03" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="00173C03" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>20XX</w:t>
       </w:r>
-      <w:r w:rsidR="00173C03" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="00173C03" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> under agreement period </w:t>
       </w:r>
-      <w:r w:rsidR="00846D42" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="00846D42" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="00846D42" w:rsidRPr="004D6E58">
+      <w:r w:rsidR="00846D42" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="001725C5" w:rsidRPr="004D6E58">
-[...5 lines deleted...]
-      <w:r w:rsidR="004B2766">
+      <w:r w:rsidR="001725C5" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>. Shared savings/losses and shared savings distributions are therefore reported beginning with this agreement period.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2766" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3507BA9F" w14:textId="455267CB" w:rsidR="006C49D2" w:rsidRPr="005A3CC1" w:rsidRDefault="00500DA0" w:rsidP="21A53E4B">
+    <w:p w14:paraId="3507BA9F" w14:textId="3A5B9E8B" w:rsidR="006C49D2" w:rsidRPr="002F6D99" w:rsidRDefault="003078DA" w:rsidP="007D7E79">
       <w:pPr>
         <w:pStyle w:val="Bullet-primary"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00AF639D" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="00AF639D" w:rsidRPr="007D7E79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>articipating in multiple performance years in CY 2019</w:t>
       </w:r>
-      <w:r w:rsidR="00AF639D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AF639D" w:rsidRPr="1CDD8CF2">
+      <w:r w:rsidR="000629A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF639D" w:rsidRPr="002F6D99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2">
+      <w:r w:rsidR="006C49D2" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">If your ACO participated in PY 2019 and PY 2019A, </w:t>
       </w:r>
-      <w:r w:rsidR="002C4795">
+      <w:r w:rsidR="002C4795" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">please reference </w:t>
       </w:r>
-      <w:r w:rsidR="003B2A51">
-[...8 lines deleted...]
-      <w:r w:rsidR="00CB2CF0">
+      <w:r w:rsidR="003B2A51" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your ACO’s “ACO.Summary” report within your 2019 Financial Reconciliation Report Package </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2A51" w:rsidRPr="002F6D99" w:rsidDel="000E09F3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2A51" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>enter the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2CF0" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> distribution of </w:t>
       </w:r>
-      <w:r w:rsidR="002E69AF">
+      <w:r w:rsidR="002E69AF" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00CB2CF0">
+      <w:r w:rsidR="00CB2CF0" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>hared savings</w:t>
       </w:r>
-      <w:r w:rsidR="002E69AF">
+      <w:r w:rsidR="002E69AF" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (in percentage) using the</w:t>
       </w:r>
-      <w:r w:rsidR="003B2A51">
-[...8 lines deleted...]
-      <w:r w:rsidR="003E48DC">
+      <w:r w:rsidR="003B2A51" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Total Earned Performance Payment ($)” </w:t>
+      </w:r>
+      <w:r w:rsidR="003E48DC" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>amount and include the following statement</w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2">
+      <w:r w:rsidR="006C49D2" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="005D375D">
+      <w:r w:rsidR="005D375D" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2">
+      <w:r w:rsidR="006C49D2" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">“Note: Our ACO participated in multiple performance years during Calendar Year 2019. </w:t>
       </w:r>
-      <w:r w:rsidR="00587B82">
+      <w:r w:rsidR="00587B82" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00044100">
+      <w:r w:rsidR="00044100" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">distribution of </w:t>
       </w:r>
-      <w:r w:rsidR="00587B82">
+      <w:r w:rsidR="00587B82" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2">
+      <w:r w:rsidR="006C49D2" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>hared savings reported for Performance Year 2019</w:t>
       </w:r>
-      <w:r w:rsidR="005F386B">
+      <w:r w:rsidR="005F386B" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2">
+      <w:r w:rsidR="006C49D2" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">therefore represents </w:t>
       </w:r>
-      <w:r w:rsidR="00044100">
+      <w:r w:rsidR="00044100" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">the distribution of the </w:t>
       </w:r>
-      <w:r w:rsidR="006C49D2">
+      <w:r w:rsidR="006C49D2" w:rsidRPr="002F6D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>net shared savings across all performance years in 2019 and is shown under all agreement periods in which the ACO operated during Calendar Year 2019.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704E33FB" w14:textId="2C3FAC20" w:rsidR="00F86703" w:rsidRPr="005A60B1" w:rsidRDefault="00AF537F" w:rsidP="00700C26">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="704E33FB" w14:textId="00E5139E" w:rsidR="00F86703" w:rsidRPr="007D7E79" w:rsidRDefault="00AF537F" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
-[...11 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Quality_Performance_Results"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk134692554"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Quality Performance Results</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2671" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Enter quality results for the most recent performance year available</w:t>
+      </w:r>
+      <w:r w:rsidR="00166C2C" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following the guidance</w:t>
+      </w:r>
+      <w:r w:rsidR="00454A0E" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00166C2C" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2671" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DE7620" w14:textId="2A237848" w:rsidR="00D1406E" w:rsidRDefault="003574F6" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Quality Performance Results</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
-[...61 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For ACOs that have not received quality results and are</w:t>
+      </w:r>
+      <w:r w:rsidR="00493825" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00493825">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">For </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009819CF" w:rsidRPr="007F73B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A6F74F" w14:textId="39DCE3AF" w:rsidR="00493825" w:rsidRPr="007D7E79" w:rsidRDefault="00D1406E" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="81"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operating in its first performance year of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3E7E" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first agreement period;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383D7A96" w14:textId="255C4837" w:rsidR="00D1406E" w:rsidRPr="007D7E79" w:rsidRDefault="00D1406E" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="81"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renewing </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3E7E" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participation agreement after completing </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3E7E" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first performance year of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF051B" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>first agreement period; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681E9380" w14:textId="3F671EB1" w:rsidR="00BF051B" w:rsidRPr="007D7E79" w:rsidRDefault="00BF051B" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="81"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Re-entering the Shared Savings Program, as defined under </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:tooltip="link to the Electronic Code of Federal Regulations 425.20" w:history="1">
+        <w:r w:rsidR="005F4D05" w:rsidRPr="007D7E79">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>42 CFR § 425.20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005F4D05" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5C2445" w14:textId="77777777" w:rsidR="00AD5201" w:rsidRDefault="005F4D05" w:rsidP="005555EF">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ACOs </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> results</w:t>
+        <w:t>Add the following statement instead of the quality performance results</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...9 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: “Our ACO did not participate in the Shared Savings Program in Performance Year [20XX]</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; therefore, this section is not applicable at this time.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA4F437" w14:textId="7668BD6D" w:rsidR="009819CF" w:rsidRPr="0089194C" w:rsidRDefault="00027E6C" w:rsidP="005555EF">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="0089194C" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PY 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0089194C" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Shared Savings Program ACOs reported either the CMS Web Interface or electronic clinical quality measures </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7E98">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0089194C" w:rsidRPr="007C7937">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eCQMs)/Merit-based Incentive Payment System (MIPS) CQMs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E6C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Medicare Clinical Quality Measures for Accountable Care Organizations Participating in the Medicare Shared Savings Program (Medicare CQMs) measure sets.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="0089194C" w:rsidRPr="007C7937">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Benchmarks and performance rates may differ based on the quality measure set reported by </w:t>
+      </w:r>
+      <w:r w:rsidR="0089194C" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>your ACO.</w:t>
+      </w:r>
+      <w:r w:rsidR="00735969" w:rsidRPr="0089194C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1F39EB52" w14:textId="405ECD3E" w:rsidR="003706BE" w:rsidRDefault="008E67EC" w:rsidP="00766B6A">
+    <w:p w14:paraId="1F39EB52" w14:textId="08094A5A" w:rsidR="003706BE" w:rsidRPr="005555EF" w:rsidRDefault="00075CED" w:rsidP="005555EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>O</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BF774A" w:rsidRPr="00766B6A">
+        <w:t>If your ACO reported via both the CMS Web Interface and eCQM/MIPS CQM</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B07">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">perating in its </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00177600" w:rsidRPr="00766B6A">
+        <w:t>/Medicare CQM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">first performance year of its </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BF774A" w:rsidRPr="00766B6A">
+        <w:t xml:space="preserve"> measure sets, then report the measure performance rates associated with the measure set that received the higher MIPS </w:t>
+      </w:r>
+      <w:r w:rsidR="00C128AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>first agreement period</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C32D85">
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...10 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:t>uality performance category score, which was used to calculate your ACO’s final quality score and determine any shared savings or shared losses.</w:t>
+      </w:r>
+      <w:r w:rsidR="008824B7" w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...79 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Note</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1C8A" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:r w:rsidR="00E949D2" w:rsidRPr="003706BE">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008824B7" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1C8A" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="008824B7" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">our ACO’s MIPS </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B07">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidR="008824B7" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uality performance category score may include a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00C128AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opulation and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00C128AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ncome</w:t>
+      </w:r>
+      <w:r w:rsidR="008824B7" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjustment if your ACO meets the requirements set forth at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="008824B7" w:rsidRPr="005555EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-          </w:rPr>
-[...194 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:spacing w:val="-1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>42 CFR 425.512(b)(1)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005B0E9D">
-[...46 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="008824B7" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Report measures as they appear in the quality reports (e.g., measure value, “N/A”, or “---“).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0BEB7C" w14:textId="524CD0BD" w:rsidR="00D250AD" w:rsidRDefault="00D250AD" w:rsidP="00135B45">
+    <w:p w14:paraId="18737131" w14:textId="16A91319" w:rsidR="00A62DA4" w:rsidRPr="005555EF" w:rsidRDefault="00A62DA4" w:rsidP="005555EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="200"/>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> in the statement above the quality performance results table in the template.</w:t>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To indicate which quality measure set your ACO’s quality results are based on, select either “CMS Web Interface” or “eCQM/MIPS CQM</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6D7F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/Medicare CQM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>” measure set in the statement above the quality performance results table in the template.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097C689E" w14:textId="6FDAF82D" w:rsidR="00173622" w:rsidRPr="00830B04" w:rsidDel="0010189B" w:rsidRDefault="000F2671" w:rsidP="005A435E">
+    <w:p w14:paraId="097C689E" w14:textId="3A4DD949" w:rsidR="00173622" w:rsidRPr="005555EF" w:rsidDel="0010189B" w:rsidRDefault="000F2671" w:rsidP="005555EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_bookmark0"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005A435E">
+      <w:bookmarkStart w:id="16" w:name="_bookmark0"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk136850948"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="005555EF" w:rsidDel="00124EE8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The quality performance results data is available via the following sources:</w:t>
+        <w:t>The q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uality performance results data is available via the following sources:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="04C61A58" w14:textId="201D8EDA" w:rsidR="00906907" w:rsidRPr="003E0803" w:rsidDel="0010189B" w:rsidRDefault="00774681" w:rsidP="00135B45">
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="04C61A58" w14:textId="168834EB" w:rsidR="00906907" w:rsidRPr="00B328A9" w:rsidRDefault="00774681" w:rsidP="005555EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO-MS Data Hub</w:t>
       </w:r>
-      <w:r w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: To access the </w:t>
       </w:r>
-      <w:r w:rsidRPr="38084E0F" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quality Performance Report</w:t>
       </w:r>
-      <w:r w:rsidRPr="00830B04" w:rsidDel="0010189B">
-[...7 lines deleted...]
-      <w:r w:rsidR="008D583B" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, navigate to the Data Hub tab in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, select </w:t>
+      </w:r>
+      <w:r w:rsidR="008D583B" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Program Year</w:t>
       </w:r>
-      <w:r w:rsidR="008D583B" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="008D583B" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0020115C" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="0020115C" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="008D583B" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="008D583B" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which</w:t>
       </w:r>
-      <w:r w:rsidR="00044202" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00044202" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> quality information</w:t>
       </w:r>
-      <w:r w:rsidR="00137D9C" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00137D9C" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is being entered</w:t>
       </w:r>
-      <w:r w:rsidR="00044202" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00044202" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:r w:rsidR="00033437" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00033437" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00044202" w:rsidRPr="00830B04" w:rsidDel="0010189B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00044202" w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> public </w:t>
+      </w:r>
+      <w:r w:rsidR="00044202" w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>reporting webpage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and click on the “Reports” button. </w:t>
       </w:r>
-      <w:r w:rsidR="008D583B" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="008D583B" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For example, for the PY </w:t>
       </w:r>
-      <w:r w:rsidR="00D464A2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00D464A2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="005C5F7A">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D464A2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00DA6F86" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D464A2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB41EC" w:rsidRPr="38084E0F" w:rsidDel="0010189B">
+      <w:r w:rsidR="00CB41EC" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quality Performance Report</w:t>
       </w:r>
-      <w:r w:rsidR="008D583B" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="008D583B" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, select “</w:t>
       </w:r>
-      <w:r w:rsidR="00D464A2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00D464A2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="005C5F7A">
-[...7 lines deleted...]
-      <w:r w:rsidR="008D583B" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00DA6F86" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008D583B" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>” under Program Year</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. In the</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="38084E0F" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quality Performance Report</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="38084E0F" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>refer to the “</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="2904B665">
-[...15 lines deleted...]
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tables</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="32151D6F">
-[...15 lines deleted...]
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3-4</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Measure Results” and </w:t>
       </w:r>
-      <w:r w:rsidR="00480BC0">
+      <w:r w:rsidR="00480BC0" w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2">
-[...7 lines deleted...]
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00630ECE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CAHPS for MIPS</w:t>
       </w:r>
-      <w:r w:rsidR="00803C76">
+      <w:r w:rsidR="00803C76" w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Survey</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>” tabs, which include the</w:t>
       </w:r>
-      <w:r w:rsidR="000371A7">
+      <w:r w:rsidR="000371A7" w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Measure #,”</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
-[...7 lines deleted...]
-      <w:r w:rsidR="006331AC">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Measure </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72422" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,” “Performance Rate,”</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5444" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and “Cur</w:t>
+      </w:r>
+      <w:r w:rsidR="006331AC" w:rsidRPr="005555EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ent Year Mean Performance Rate</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0399" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72422" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Shared Savings Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0399" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ACOs)</w:t>
+      </w:r>
+      <w:r w:rsidR="004901A8" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0399" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to report on</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34F79" w:rsidRPr="005555EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the public reporting webpage</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="005555EF" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. List measures in the same order as presented in the report.</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="00B328A9" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00830B04" w:rsidDel="0010189B">
-[...63 lines deleted...]
-      <w:r w:rsidR="00416FE2" w:rsidRPr="003E0803" w:rsidDel="0010189B">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="00B328A9">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>If your ACO reported via both the CMS Web Interface and</w:t>
+      </w:r>
+      <w:r w:rsidR="003139AA" w:rsidRPr="00B328A9">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00B555D2" w:rsidRPr="00B328A9">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00166747">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="00B328A9">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>If your ACO reported via both the CMS Web Interface and</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B555D2">
+        <w:t>eCQM/MIPS CQM</w:t>
+      </w:r>
+      <w:r w:rsidR="00630ECE">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>/Medicare CQM</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="00B328A9">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> measure set, refer to “Tables 1-2 Summary Info” to identify the measure set that received the higher MIPS </w:t>
+      </w:r>
+      <w:r w:rsidR="00630ECE">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="00B328A9">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uality performance category score</w:t>
+      </w:r>
+      <w:r w:rsidR="00416FE2" w:rsidRPr="007D7E79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00416FE2" w:rsidRPr="00166747">
+      <w:r w:rsidR="00416FE2" w:rsidRPr="00B328A9">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">eCQM/MIPS CQM measure set, then </w:t>
-[...58 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>and report the measure performance rates associated with that measure set.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342B0A49" w14:textId="5EF2B868" w:rsidR="00226055" w:rsidRPr="005D751B" w:rsidRDefault="006A234C" w:rsidP="00724624">
+    <w:p w14:paraId="6F40F599" w14:textId="773A799C" w:rsidR="00FE796A" w:rsidRPr="00B328A9" w:rsidRDefault="00FE796A" w:rsidP="00FE796A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005A435E" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7E79">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Quality Performance Related Footnotes:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B328A9">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ACOs are instructed to add the following footnotes to the public reporting template for their quality performance results:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1ACEF1" w14:textId="5982CE4B" w:rsidR="00FE796A" w:rsidRDefault="00FE796A" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk209011184"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037393E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Diabetes: Hemoglobin A1c (HbA1c) Poor Control (&gt;9%)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Quality ID #001], </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037393E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hospital-Wide, 30-Day, All-Cause Unplanned Readmission (HWR) Rate for MIPS Eligible Clinician Groups</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Measure #479], and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037393E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Clinician and Clinician Group Risk-standardized Hospital Admission Rates for Patients with Multiple Chronic Conditions (MCC)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Measure #484], </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042271A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a lower performance rate indicates better measure performance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A71B826" w14:textId="0947E863" w:rsidR="00FE796A" w:rsidRPr="002B0584" w:rsidDel="0010189B" w:rsidRDefault="00FE796A" w:rsidP="007D7E79">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037393E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Clinician and Clinician Group Risk-standardized Hospital Admission Rates for Patients with Multiple Chronic Conditions (MCC) [Measure #484]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>patients are excluded if they were attributed to Qualifying Alternative Payment Model (APM) Participants (QPs). Most providers participating in Track E and ENHANCED track ACOs are QPs, and so performance rates for Track E and ENHANCED track ACOs may not be representative of the care provided by these ACOs' providers overall. Additionally, many of these ACOs do not have a performance rate calculated due to not meeting the minimum of 18 beneficiaries</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00256ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attributed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="002515C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>non-QP providers.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="342B0A49" w14:textId="0262D273" w:rsidR="00226055" w:rsidRPr="004A6A40" w:rsidRDefault="006A234C" w:rsidP="004A6A40">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Public Use Files</w:t>
       </w:r>
-      <w:r w:rsidR="008E11A0" w:rsidRPr="005A435E" w:rsidDel="0010189B">
+      <w:r w:rsidR="008E11A0" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A435E" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00324613" w:rsidRPr="005A435E" w:rsidDel="0010189B">
+      <w:r w:rsidR="00324613" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Visit</w:t>
       </w:r>
-      <w:r w:rsidR="00EF4586" w:rsidRPr="005A435E" w:rsidDel="0010189B">
+      <w:r w:rsidR="00EF4586" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:tooltip="CMS Public Use Files webpage" w:history="1">
-        <w:r w:rsidR="005C3565">
+      <w:hyperlink r:id="rId36" w:tooltip="CMS Public Use Files webpage" w:history="1">
+        <w:r w:rsidR="005C3565" w:rsidRPr="004A6A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Data.CMS.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00324613" w:rsidRPr="005A435E" w:rsidDel="0010189B">
-[...15 lines deleted...]
-      <w:r w:rsidR="00EF33F1" w:rsidRPr="00477554" w:rsidDel="0010189B">
+      <w:r w:rsidR="00324613" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to view the Performance Year Financ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF33F1" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ial</w:t>
       </w:r>
-      <w:r w:rsidR="00324613" w:rsidRPr="00477554" w:rsidDel="0010189B">
+      <w:r w:rsidR="00324613" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Quality Results</w:t>
       </w:r>
-      <w:r w:rsidR="00F671AA" w:rsidRPr="38084E0F">
+      <w:r w:rsidR="00F671AA" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00324613" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00324613" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dataset.</w:t>
       </w:r>
-      <w:r w:rsidR="00324613" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00324613" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E68EE" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="008E68EE" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> this</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>file, the</w:t>
       </w:r>
-      <w:r w:rsidR="002537FC" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="002537FC" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> information to enter for “Rate”</w:t>
       </w:r>
-      <w:r w:rsidR="00546E5A" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00546E5A" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00137D9C" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00137D9C" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">can be found </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by searching for your ACO </w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Name </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or ACO ID</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and navigating to </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2348" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00CC2348" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="000B6C7B" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="000B6C7B" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">columns titled </w:t>
       </w:r>
-      <w:r w:rsidR="00D250AD" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00D807FB" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CAHPS</w:t>
       </w:r>
-      <w:r w:rsidR="00D250AD">
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00D250AD" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D250AD">
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>#,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B511E7" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B511E7" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Measure</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00D250AD" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D250AD">
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidR="00B511E7" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D807FB" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D807FB" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>QualityID</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00D250AD" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>#.</w:t>
       </w:r>
-      <w:r w:rsidR="00D250AD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00D807FB" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D250AD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B32145" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00B32145" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please refer to the </w:t>
       </w:r>
-      <w:r w:rsidR="00B32145" w:rsidRPr="38084E0F" w:rsidDel="0010189B">
+      <w:r w:rsidR="00B32145" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quality Performance Report</w:t>
       </w:r>
-      <w:r w:rsidR="00B32145" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00B32145" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:r w:rsidR="0030728F" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="0030728F" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00B32145" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FE0554" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00B32145" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B32145" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Data Hub for</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0554" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> information to enter for “</w:t>
       </w:r>
-      <w:r w:rsidR="00AD038B" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00AD038B" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Mean</w:t>
       </w:r>
-      <w:r w:rsidR="00B24B59" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00B24B59" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0554" w:rsidRPr="00FB7E25" w:rsidDel="0010189B">
+      <w:r w:rsidR="00FE0554" w:rsidRPr="004A6A40" w:rsidDel="0010189B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="5A5CB7DA" w14:textId="3D477858" w:rsidR="00334317" w:rsidRPr="005D2539" w:rsidRDefault="006A234C" w:rsidP="00135B45">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="5A5CB7DA" w14:textId="01FD8052" w:rsidR="00334317" w:rsidRPr="004A6A40" w:rsidRDefault="006A234C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="360"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A6A40">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Payment Rule Waiver</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E1B" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1B5481" w14:textId="1C69D4AC" w:rsidR="003F4FB8" w:rsidRPr="005D2539" w:rsidRDefault="00523DCD" w:rsidP="00135B45">
+    <w:p w14:paraId="5F1B5481" w14:textId="7059676A" w:rsidR="003F4FB8" w:rsidRPr="004A6A40" w:rsidRDefault="00523DCD" w:rsidP="004A6A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D2539">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Skilled Nursing Facility (SNF) 3-</w:t>
       </w:r>
-      <w:r w:rsidR="00457456" w:rsidRPr="005D2539">
+      <w:r w:rsidR="00457456" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2539">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ay Rule Waiver</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2539">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="49CB606B">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00092FD2" w:rsidRPr="005D2539">
+      <w:r w:rsidR="00897925" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include this section </w:t>
       </w:r>
-      <w:r w:rsidR="00092FD2" w:rsidRPr="005D2539">
+      <w:r w:rsidR="00897925" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>only if</w:t>
       </w:r>
-      <w:r w:rsidR="00092FD2" w:rsidRPr="005D2539">
+      <w:r w:rsidR="00897925" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> your ACO uses </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD3AC9" w:rsidRPr="005D2539">
+        <w:t xml:space="preserve"> your ACO uses the SNF 3-Day Rule Waiver for the performance year. Refer to the SNF/BIP information section of the Agreement Details subtab in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="00897925" w:rsidRPr="004A6A40">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00897925" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006A234C" w:rsidRPr="005D2539">
+        <w:t xml:space="preserve">. If your ACO has a SNF 3-Day Rule Waiver, then “SNF 3-Day Rule Waiver should state “Yes” </w:t>
+      </w:r>
+      <w:r w:rsidR="006241DB" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SNF 3-Day Rule Waiver for the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0026531E" w:rsidRPr="005D2539">
+        <w:t xml:space="preserve">on the Agreement Details subtab under the SNF/BIP Information section </w:t>
+      </w:r>
+      <w:r w:rsidR="00897925" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006A234C" w:rsidRPr="005D2539">
+        <w:t>in ACO-MS</w:t>
+      </w:r>
+      <w:r w:rsidR="00214AC5" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">performance year. </w:t>
-[...152 lines deleted...]
-        <w:t>n ACO-MS.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA5E437" w14:textId="2DC51580" w:rsidR="00210C59" w:rsidRPr="002B6233" w:rsidRDefault="00523DCD" w:rsidP="00135B45">
+    <w:p w14:paraId="4AA5E437" w14:textId="2DC51580" w:rsidR="00210C59" w:rsidRPr="004A6A40" w:rsidRDefault="00523DCD" w:rsidP="004A6A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D2539">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Payment for Telehealth Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00477554">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="38084E0F">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001670DC" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="001670DC" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="001670DC" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="001670DC" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nclude this section </w:t>
       </w:r>
-      <w:r w:rsidR="001670DC" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="001670DC" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1EDD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD1EDD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1EDD" w:rsidRPr="38084E0F">
+      <w:r w:rsidR="00FD1EDD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1EDD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD1EDD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">your ACO provides </w:t>
       </w:r>
-      <w:r w:rsidR="00D16956" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00D16956" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1EDD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD1EDD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">elehealth </w:t>
       </w:r>
-      <w:r w:rsidR="00D16956" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00D16956" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1EDD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD1EDD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ervices</w:t>
       </w:r>
-      <w:r w:rsidR="00FD312F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD312F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1EDD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD1EDD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for the</w:t>
       </w:r>
-      <w:r w:rsidR="0026531E" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="0026531E" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1EDD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD1EDD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>performance year</w:t>
       </w:r>
-      <w:r w:rsidR="00FD312F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FD312F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D03DC" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="009D03DC" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>using the</w:t>
       </w:r>
-      <w:r w:rsidR="00784FBA" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00784FBA" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Shared Savings Program</w:t>
       </w:r>
-      <w:r w:rsidR="007C67FD" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="007C67FD" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00784FBA" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00784FBA" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>specific</w:t>
       </w:r>
-      <w:r w:rsidR="009D03DC" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="009D03DC" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> flexibilities under </w:t>
       </w:r>
-      <w:r w:rsidR="00741722">
+      <w:r w:rsidR="00741722" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId28" w:anchor="p-425.612(f)" w:tooltip="link to the Electronic Code of Federal Regulations 425.612(f)" w:history="1">
-        <w:r w:rsidR="003700FE" w:rsidRPr="00FB7E25">
+      <w:hyperlink r:id="rId39" w:anchor="p-425.612(f)" w:tooltip="link to the Electronic Code of Federal Regulations 425.612(f)" w:history="1">
+        <w:r w:rsidR="003700FE" w:rsidRPr="004A6A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>42 CFR § 425.612(f)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009277D0" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="009277D0" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:tooltip="link to the Electronic Code of Federal Regulations 425.613" w:history="1">
-        <w:r w:rsidR="009D03DC" w:rsidRPr="00FB7E25">
+      <w:hyperlink r:id="rId40" w:tooltip="link to the Electronic Code of Federal Regulations 425.613" w:history="1">
+        <w:r w:rsidR="009D03DC" w:rsidRPr="004A6A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:spacing w:val="-1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>42 CFR</w:t>
         </w:r>
-        <w:r w:rsidR="009D03DC" w:rsidRPr="00FB7E25">
+        <w:r w:rsidR="009D03DC" w:rsidRPr="004A6A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00517DA1" w:rsidRPr="00FB7E25">
+        <w:r w:rsidR="00517DA1" w:rsidRPr="004A6A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>§</w:t>
         </w:r>
-        <w:r w:rsidR="005B4397" w:rsidRPr="00FB7E25">
+        <w:r w:rsidR="005B4397" w:rsidRPr="004A6A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00517DA1" w:rsidRPr="00FB7E25">
+        <w:r w:rsidR="00517DA1" w:rsidRPr="004A6A40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>425.613</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E123B" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="008E123B" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AF096F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00AF096F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF5FA4" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FF5FA4" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>As of January 1, 2020, i</w:t>
       </w:r>
-      <w:r w:rsidR="006C5A81" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="006C5A81" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">f at least one </w:t>
       </w:r>
-      <w:r w:rsidR="00AF096F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00AF096F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">clinician </w:t>
       </w:r>
-      <w:r w:rsidR="00FE5C0F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FE5C0F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in your</w:t>
       </w:r>
-      <w:r w:rsidR="000211C3" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="000211C3" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance-based risk</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5C0F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FE5C0F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACO </w:t>
       </w:r>
-      <w:r w:rsidR="000211C3" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="000211C3" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Levels C</w:t>
       </w:r>
-      <w:r w:rsidR="009D128B">
+      <w:r w:rsidR="009D128B" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
-      <w:r w:rsidR="000211C3" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="000211C3" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E </w:t>
       </w:r>
-      <w:r w:rsidR="00480BC0">
+      <w:r w:rsidR="00480BC0" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of the BASIC track </w:t>
       </w:r>
-      <w:r w:rsidR="000211C3" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="000211C3" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00DF7D9A" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00DF7D9A" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="000211C3" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="000211C3" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ENHANCED</w:t>
       </w:r>
-      <w:r w:rsidR="00DF7D9A" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00DF7D9A" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> track</w:t>
       </w:r>
-      <w:r w:rsidR="000211C3" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="000211C3" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00AF096F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00AF096F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provid</w:t>
       </w:r>
-      <w:r w:rsidR="006C5A81" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="006C5A81" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">es </w:t>
       </w:r>
-      <w:r w:rsidR="00AF096F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00AF096F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and receiv</w:t>
       </w:r>
-      <w:r w:rsidR="006C5A81" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="006C5A81" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidR="00AF096F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00AF096F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> payment for covered telehealth services to prospectively assigned beneficiaries without geographic restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00030507" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00030507" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, including </w:t>
       </w:r>
-      <w:r w:rsidR="00ED0733" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00ED0733" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">telehealth services </w:t>
       </w:r>
-      <w:r w:rsidR="00030507" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00030507" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>where the originating site is the beneficiary’s home</w:t>
       </w:r>
-      <w:r w:rsidR="00FF5FA4" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FF5FA4" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, then the ACO must publicly report</w:t>
       </w:r>
-      <w:r w:rsidR="000F3D53">
+      <w:r w:rsidR="000F3D53" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidR="00FF5FA4" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00FF5FA4" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> use of telehealth services</w:t>
       </w:r>
-      <w:r w:rsidR="00AF096F" w:rsidRPr="00FB7E25">
+      <w:r w:rsidR="00AF096F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A83357" w14:textId="2DB4E708" w:rsidR="00DC41A7" w:rsidRPr="00166FB8" w:rsidRDefault="004045F0">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="03A83357" w14:textId="05CF14FF" w:rsidR="00DC41A7" w:rsidRPr="004A6A40" w:rsidRDefault="004045F0" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="OLE_LINK3"/>
+      <w:r w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Advance I</w:t>
+      </w:r>
+      <w:r w:rsidR="006D777E" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nvestment Payments (AIP)</w:t>
+      </w:r>
+      <w:r w:rsidR="006D777E" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC41A7" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include this section only if your ACO </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7723" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will receive or </w:t>
+      </w:r>
+      <w:r w:rsidR="00574A23" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC41A7" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00574A23" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">received </w:t>
+      </w:r>
+      <w:r w:rsidR="005A37F9" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>advance investment payments</w:t>
+      </w:r>
+      <w:r w:rsidR="00414279" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC41A7" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491FD61D" w14:textId="49AAFDE9" w:rsidR="00C06EF7" w:rsidRDefault="00DC41A7" w:rsidP="004A6A40">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...23 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter your ACO’s advance investment payment use information </w:t>
+      </w:r>
+      <w:r w:rsidR="001D33D5" w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">following the guidance </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7AF1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>provided below</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="006D777E" w:rsidRPr="00B555CA">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC41A7" w:rsidRPr="00553556">
-[...88 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="20" w:name="OLE_LINK7"/>
+      <w:bookmarkStart w:id="21" w:name="OLE_LINK11"/>
     </w:p>
-    <w:p w14:paraId="491FD61D" w14:textId="2536AEF6" w:rsidR="00C06EF7" w:rsidRDefault="00DC41A7">
-[...57 lines deleted...]
-    <w:p w14:paraId="66C651DE" w14:textId="4D5E4186" w:rsidR="00DC41A7" w:rsidRPr="0068635B" w:rsidRDefault="0000361C" w:rsidP="00724624">
+    <w:p w14:paraId="66C651DE" w14:textId="3D32CECC" w:rsidR="00DC41A7" w:rsidRPr="004A6A40" w:rsidRDefault="0000361C" w:rsidP="004A6A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Navigate to </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="OLE_LINK2"/>
-      <w:r>
+      <w:bookmarkStart w:id="22" w:name="OLE_LINK2"/>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">the AIP subtab in </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidR="00B63461" w:rsidRPr="00B63461">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidR="00BE6E54" w:rsidRPr="00605A28">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00BE6E54" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:instrText>HYPERLINK "https://acoms.cms.gov/"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BE6E54" w:rsidRPr="00605A28">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B63461" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>ACO-MS</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BE6E54" w:rsidRPr="00605A28">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and click “Download a </w:t>
       </w:r>
-      <w:r w:rsidR="00F8140B">
+      <w:r w:rsidR="00F8140B" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">opy” under the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0000393A">
+        <w:t xml:space="preserve">opy” </w:t>
+      </w:r>
+      <w:r w:rsidR="0087175B" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">AIP Spend Plan table to download your ACO’s CMS-approved spend plan. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00535052">
+        <w:t xml:space="preserve">above </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0000393A" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AIP Spend Plan table to download your ACO’s spend plan. </w:t>
+      </w:r>
+      <w:r w:rsidR="00535052" w:rsidRPr="004A6A40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve">Copy </w:t>
       </w:r>
-      <w:r w:rsidR="00943F7E">
+      <w:r w:rsidR="00943F7E" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">your spend plan and spend plan summary </w:t>
       </w:r>
-      <w:r w:rsidR="00710C26" w:rsidRPr="0068635B">
+      <w:r w:rsidR="00710C26" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidR="00DC41A7" w:rsidRPr="0068635B">
+      <w:r w:rsidR="00DC41A7" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">your </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00710C26" w:rsidRPr="0068635B">
+        <w:t>your downloadable spend plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00943F7E" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">CMS-approved </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC41A7" w:rsidRPr="0068635B">
+        <w:t xml:space="preserve"> and paste</w:t>
+      </w:r>
+      <w:r w:rsidR="00272549" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>downloadable spend plan</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00943F7E">
+        <w:t xml:space="preserve"> it</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5C1F" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and paste</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00272549">
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidR="00943F7E" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> it</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00F30455" w:rsidRPr="16A48B23">
+        <w:t xml:space="preserve">to the AIP section of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30455" w:rsidRPr="77A9C8F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00943F7E" w:rsidRPr="16A48B23">
+      <w:r w:rsidR="00943F7E" w:rsidRPr="77A9C8F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">ublic </w:t>
       </w:r>
-      <w:r w:rsidR="00F30455" w:rsidRPr="16A48B23">
+      <w:r w:rsidR="00F30455" w:rsidRPr="77A9C8F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00943F7E" w:rsidRPr="16A48B23">
+      <w:r w:rsidR="00943F7E" w:rsidRPr="77A9C8F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">eporting </w:t>
       </w:r>
-      <w:r w:rsidR="00F30455" w:rsidRPr="16A48B23">
+      <w:r w:rsidR="00F30455" w:rsidRPr="77A9C8F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00943F7E" w:rsidRPr="16A48B23">
+      <w:r w:rsidR="00943F7E" w:rsidRPr="77A9C8F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>emplate</w:t>
       </w:r>
-      <w:r w:rsidR="00943F7E" w:rsidRPr="0046563C">
+      <w:r w:rsidR="00943F7E" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00943F7E">
+        <w:t xml:space="preserve"> in the table format provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC41A7" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>in the table format provided</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="1AF86E8C" w14:textId="20040F9A" w:rsidR="00C06EF7" w:rsidRPr="00DB6281" w:rsidRDefault="00C06EF7" w:rsidP="00724624">
+    <w:p w14:paraId="1AF86E8C" w14:textId="2D59F2DF" w:rsidR="00C06EF7" w:rsidRPr="004A6A40" w:rsidRDefault="00C06EF7" w:rsidP="004A6A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">For the </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2139">
+      <w:r w:rsidR="00CC2139" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance year, your </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2139">
+      <w:r w:rsidR="00CC2139" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ACO’s CMS-</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">ACO’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>approved spend plan includes projected spending</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC2139">
+        <w:t>spend plan includes projected spending</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2139" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, with </w:t>
       </w:r>
-      <w:r w:rsidR="00787012">
+      <w:r w:rsidR="00787012" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the actual spending amounts reported as “$0.00</w:t>
       </w:r>
-      <w:r w:rsidR="002B634D">
+      <w:r w:rsidR="002B634D" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00787012">
+      <w:r w:rsidR="00787012" w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEEC46F" w14:textId="1753ED40" w:rsidR="00AF6575" w:rsidRPr="00724624" w:rsidRDefault="0003126A" w:rsidP="00DB6281">
+    <w:p w14:paraId="7BF959B8" w14:textId="50607827" w:rsidR="00EA4DE1" w:rsidRPr="004A6A40" w:rsidRDefault="00EA4DE1" w:rsidP="004A6A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...156 lines deleted...]
-        <w:r w:rsidR="00754DE8" w:rsidRPr="16A48B23">
+        <w:t xml:space="preserve">Beginning in your ACO’s second performance year, actual spending for the prior performance year and any updates to projected spending for current and future performance years must be reflected on your ACO’s public reporting webpage as reported to CMS via an AIP Spend Plan Change Request in ACO-MS. Refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:tooltip="Submitting an AIP Spend Plan Change Request in ACO-MS" w:history="1">
+        <w:r w:rsidRPr="77A9C8F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Submitting an AIP Spend Plan Change Request in ACO-MS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00754DE8">
+      <w:r w:rsidRPr="004A6A40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> tip sheet for more information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65CD0A6B" w14:textId="0BC7735E" w:rsidR="008D03D9" w:rsidRPr="00724624" w:rsidRDefault="00694950" w:rsidP="00724624">
+    <w:p w14:paraId="62E93CA5" w14:textId="2A1983F7" w:rsidR="00DC41A7" w:rsidRPr="00B555CA" w:rsidRDefault="00B30F97" w:rsidP="00316434">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="90"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="OLE_LINK45"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk152213378"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EE8" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sample of the standardized</w:t>
+      </w:r>
+      <w:r w:rsidR="00914F95" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EE8" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>in which</w:t>
+      </w:r>
+      <w:r w:rsidR="00914F95" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EE8" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ACO should display</w:t>
+      </w:r>
+      <w:r w:rsidR="00914F95" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D1B88" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="00914F95" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>spend plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2FA2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>is in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33FBA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="77A9C8F1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Public Reporting Template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33FBA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following these instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="00694950" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00421521" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00694950" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="002B634D" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>“Sample”</w:t>
+      </w:r>
+      <w:r w:rsidR="00694950" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> watermark</w:t>
+      </w:r>
+      <w:r w:rsidR="00421521" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will not appear on the downloaded copy </w:t>
+      </w:r>
+      <w:r w:rsidR="002D1B88" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of your spend plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00421521" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>from ACO-MS</w:t>
+      </w:r>
+      <w:r w:rsidR="001C492A" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00421521" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and should not appear on </w:t>
+      </w:r>
+      <w:r w:rsidR="00914F95" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>your ACO’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00694950" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> public reporting webpage</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidR="004D2FA2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. If you manually fill in the template</w:t>
+      </w:r>
+      <w:r w:rsidR="00755750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002D1B88" w:rsidRPr="00341FB2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remove the “Sample” watermark prior to publicly reporting.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="511E8FBD" w14:textId="7ED2E1D9" w:rsidR="004F2D0B" w:rsidRPr="006B2262" w:rsidRDefault="0033282C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Prepaid_Shared_Savings"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prepaid Shared Savings (PSS)</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Include this section only if your ACO will receive</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC25B3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or has received</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC25B3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A6231" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prepaid shared savings</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="00605A28">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7D3169" w14:textId="2AF439B7" w:rsidR="004F2D0B" w:rsidRDefault="004F2D0B" w:rsidP="00F85FF7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24B06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="000060A4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> about </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>your ACO’s</w:t>
+      </w:r>
+      <w:r w:rsidR="000060A4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00953EA6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>prepaid shared savings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by following the guidance provided below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553556">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DD4444" w14:textId="7AECE79A" w:rsidR="004F2D0B" w:rsidRPr="006B2262" w:rsidRDefault="004F2D0B" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
-        <w:spacing w:after="240"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2262">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E3D79">
+        <w:t xml:space="preserve">Navigate to the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B4710" w:rsidRPr="006B2262">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00280C0B" w:rsidRPr="16A48B23">
+        <w:t>PSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subtab in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidRPr="006B2262">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>ACO-MS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and click “Download a copy” </w:t>
+      </w:r>
+      <w:r w:rsidR="0087175B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B4710" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>PSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spend Plan table to download your ACO’s spend plan. Copy your spend plan and spend plan summary from your download</w:t>
+      </w:r>
+      <w:r w:rsidR="00171910" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spend plan and paste it </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1667A" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00171910" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>PSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="77A9C8F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t>Public Reporting Template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ublic </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve"> in the table format provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0890A43F" w14:textId="23AAAB1E" w:rsidR="004F2D0B" w:rsidRPr="006B2262" w:rsidRDefault="004F2D0B" w:rsidP="00AF12E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>R</w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t>For the first performance year, your ACO’s spend plan includes projected spending, with the actual spending amounts reported as “$0.00.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00E66B7E" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">eporting </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008714A" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">Additionally, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72BAF" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>emplate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D1B88">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3C08" w:rsidRPr="006B2262">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001E3D79">
+        <w:t xml:space="preserve">nter “N/A” for </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72BAF" w:rsidRPr="006B2262">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0008714A" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>percentage of actual spend</w:t>
+      </w:r>
+      <w:r w:rsidR="009B55BA" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA66D2" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="_Hlk152213675"/>
-      <w:r w:rsidR="00421521">
+      <w:r w:rsidR="0008714A" w:rsidRPr="006B2262">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>following these instructions</w:t>
-[...217 lines deleted...]
-        <w:t>; please remove the “Sample” watermark prior to publicly reporting.</w:t>
+        <w:t>on direct beneficiary services.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="62E93CA5" w14:textId="77777777" w:rsidR="00DC41A7" w:rsidRPr="00B555CA" w:rsidRDefault="00DC41A7" w:rsidP="00B555CA">
+    <w:p w14:paraId="6939A72A" w14:textId="633E90A2" w:rsidR="004F2D0B" w:rsidRPr="006B2262" w:rsidRDefault="00B30F97" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:after="240"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sample of the standardized format in which your ACO should display your</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4353" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>spend plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2FA2" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>is in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="77A9C8F1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Public Reporting Template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following these instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. The “Sample” watermark will not appear on the downloaded copy of your spend plan from ACO-MS and should not appear on your ACO’s public reporting webpage</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2FA2" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. If you manually fill in the template</w:t>
+      </w:r>
+      <w:r w:rsidR="00755750" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2D0B" w:rsidRPr="006B2262">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remove the “Sample” watermark prior to publicly reporting.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="670268E6" w14:textId="6564CCC8" w:rsidR="00210C59" w:rsidRPr="00C71D8B" w:rsidRDefault="007C0A7A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="670268E6" w14:textId="7ECF2CDD" w:rsidR="00210C59" w:rsidRPr="00AF12E8" w:rsidRDefault="007C0A7A" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="360"/>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF12E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Medicare Shared Savings Program Fraud and Abuse Waivers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004BA5F8" w14:textId="422C11A0" w:rsidR="003D2321" w:rsidRDefault="007C0A7A" w:rsidP="003504FC">
+    <w:p w14:paraId="004BA5F8" w14:textId="7205E0ED" w:rsidR="003D2321" w:rsidRDefault="007C0A7A" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="240"/>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parties seeking to use the </w:t>
       </w:r>
       <w:r w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Pre-Participation Waiver</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the </w:t>
       </w:r>
       <w:r w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Participation Waiver</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are required to disclose a description of the arrangements for which waiver protection is sought </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC0282">
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>in accordance with the waiver requirements set forth at 76 F</w:t>
+        <w:t>required to disclose a description of the arrangements for which waiver protection is sought</w:t>
+      </w:r>
+      <w:r w:rsidR="0059629A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E0803">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the waiver requirements set forth at 76 F</w:t>
       </w:r>
       <w:r w:rsidR="00546631">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 67992, 68000</w:t>
       </w:r>
       <w:r w:rsidR="00546631">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00546631">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">68001, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC0282">
+        <w:t>68001, 68004 (Nov</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1612C" w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
+        <w:t>ember</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>68004 (Nov</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D1612C" w:rsidRPr="003E0803">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ember</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E0803">
+        <w:lastRenderedPageBreak/>
+        <w:t>2, 2011) and in</w:t>
+      </w:r>
+      <w:r w:rsidR="000C52CF" w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2, 2011) and in</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:tooltip="Medicare Shared Savings Program Waivers: Additional Guidance " w:history="1">
+      <w:hyperlink r:id="rId43" w:tooltip="Medicare Shared Savings Program Waivers: Additional Guidance " w:history="1">
         <w:r w:rsidR="000C52CF" w:rsidRPr="38084E0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Medicare Shared Savings Program Waivers: Additional Guidance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000C52CF" w:rsidRPr="003E0803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003D2321">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003504FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ACOs may use this section of the </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="OLE_LINK4"/>
+        <w:t>ACOs may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003504FC" w:rsidDel="00AB7EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003504FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use this section of the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="OLE_LINK4"/>
       <w:r w:rsidR="00483D5D" w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ublic </w:t>
       </w:r>
       <w:r w:rsidR="00483D5D" w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
@@ -9593,2091 +12038,1895 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>emplate</w:t>
       </w:r>
       <w:r w:rsidRPr="003504FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="003504FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to fulfill these public disclosure obligations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7B5CD3" w14:textId="59C6DAB9" w:rsidR="00C23AF1" w:rsidRPr="003504FC" w:rsidRDefault="007C0A7A" w:rsidP="003504FC">
+    <w:p w14:paraId="50C53F11" w14:textId="675EC6B3" w:rsidR="00EF64E2" w:rsidRDefault="007C0A7A" w:rsidP="00F85FF7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="240"/>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+          <w:smallCaps/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003504FC">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Alternatively, an ACO may use another public website to disclose the required information</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53719">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="003504FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Alternatively, an ACO may use another public website to disclose the required information</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F53719">
+        <w:t xml:space="preserve"> so long as the website includes the name of the ACO and other identifying information sufficient to allow individuals conducting an electronic internet search using a widely available search engine to readily locate the website. CMS provides no opinion on whether any public disclosure or the arrangements disclosed satisfy the applicable terms of the Medicare Shared Savings Program Fraud and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53CC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="003504FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> so long as the website includes the name of the ACO and other identifying information sufficient to allow individuals conducting an electronic internet search using a widely available search engine to readily locate the website. CMS provides no opinion on whether any public disclosure or the arrangements disclosed satisfy the applicable terms of the Medicare Shared Savings Program Fraud and Abuse Waivers.</w:t>
+        <w:t>Abuse Waivers.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="_Shared_Savings_Program_1"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidR="00EF64E2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C53F11" w14:textId="77777777" w:rsidR="0076398E" w:rsidRDefault="0076398E" w:rsidP="00B555CA">
-      <w:pPr>
+    <w:p w14:paraId="5CBF043E" w14:textId="65AE060C" w:rsidR="00322263" w:rsidRPr="00322263" w:rsidRDefault="00322263" w:rsidP="00AF12E8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Shared_Savings_Program_2"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...108 lines deleted...]
-      <w:r w:rsidRPr="4FAF6D6C">
+          <w:bCs/>
+          <w:color w:val="015390"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Shared Savings Program Public Reporting Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481A3B22" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00905BE9" w:rsidRDefault="00524A7C" w:rsidP="00905BE9">
+    <w:p w14:paraId="481A3B22" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00905BE9" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Hlk208243215"/>
       <w:r w:rsidRPr="00092D04">
         <w:t>ACO Name and Location</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00905BE9">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315B6D2E" w14:textId="2F99170F" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00184BC1" w:rsidP="00524A7C">
-[...2 lines deleted...]
-        <w:ind w:firstLine="100"/>
+    <w:p w14:paraId="315B6D2E" w14:textId="748B878D" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00166555" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:before="9" w:after="200"/>
+        <w:ind w:firstLine="101"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text31"/>
+            <w:name w:val="ACOLEN"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter ACO legal entity name"/>
             <w:statusText w:type="text" w:val="Enter ACO legal entity name"/>
             <w:textInput>
               <w:default w:val="[Enter ACO legal entity name]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:bookmarkStart w:id="30" w:name="ACOLEN"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
-[...8 lines deleted...]
-        <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter ACO legal entity name]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00524A7C" w:rsidRPr="00092D04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71E637DA" w14:textId="25E18E9D" w:rsidR="00524A7C" w:rsidRPr="0027792A" w:rsidRDefault="00184BC1" w:rsidP="00092D04">
-[...2 lines deleted...]
-        <w:ind w:firstLine="100"/>
+    <w:p w14:paraId="71E637DA" w14:textId="5D2B0E1F" w:rsidR="00524A7C" w:rsidRPr="0027792A" w:rsidRDefault="00166555" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:before="9" w:after="200"/>
+        <w:ind w:firstLine="101"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text32"/>
+            <w:name w:val="ACOAddress"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter ACO address"/>
             <w:statusText w:type="text" w:val="Enter ACO address"/>
             <w:textInput>
               <w:default w:val="[Enter ACO address]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:bookmarkStart w:id="31" w:name="ACOAddress"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
-[...8 lines deleted...]
-        <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter ACO address]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00524A7C" w:rsidRPr="00092D04">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F98A00" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00524A7C" w:rsidP="00905BE9">
+    <w:p w14:paraId="27F98A00" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_ACO_Primary_Contact"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00092D04">
         <w:t>ACO Primary Contact</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B2FF9BE" w14:textId="4EEE7266" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00524A7C" w:rsidP="000F018E">
-[...1 lines deleted...]
-        <w:spacing w:before="9"/>
+    <w:p w14:paraId="2B2FF9BE" w14:textId="2F8DC702" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:before="9" w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00092D04">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00564D1B">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text3"/>
+            <w:name w:val="PrimaryName"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter primary contact name"/>
             <w:statusText w:type="text" w:val="Enter primary contact name"/>
             <w:textInput>
               <w:default w:val="[Enter primary contact name]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00564D1B">
+      <w:bookmarkStart w:id="33" w:name="PrimaryName"/>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
-[...2 lines deleted...]
-      <w:r w:rsidR="00564D1B">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="00564D1B">
+      </w:r>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00564D1B">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter primary contact name]</w:t>
       </w:r>
-      <w:r w:rsidR="00564D1B">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="00092D04">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8CBC65" w14:textId="3E27B03D" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00524A7C" w:rsidP="000F018E">
-[...1 lines deleted...]
-        <w:spacing w:before="9"/>
+    <w:p w14:paraId="6A8CBC65" w14:textId="47834594" w:rsidR="00524A7C" w:rsidRPr="00092D04" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:before="9" w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00092D04">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text4"/>
+            <w:name w:val="PrimaryPhone"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter primary contact phone number"/>
             <w:statusText w:type="text" w:val="Enter primary contact phone number"/>
             <w:textInput>
               <w:default w:val="[Enter primary contact phone number]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:bookmarkStart w:id="34" w:name="PrimaryPhone"/>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
-[...2 lines deleted...]
-      <w:r w:rsidR="007E2898">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E2898">
+      </w:r>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter primary contact phone number]</w:t>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="74B9591E" w14:textId="6F55EE93" w:rsidR="00524A7C" w:rsidRPr="0027792A" w:rsidRDefault="00524A7C" w:rsidP="00DF3DC8">
-[...1 lines deleted...]
-        <w:spacing w:before="9"/>
+    <w:p w14:paraId="74B9591E" w14:textId="1C2572CF" w:rsidR="00524A7C" w:rsidRPr="0027792A" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:before="9" w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00092D04">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text5"/>
+            <w:name w:val="PrimaryEmail"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter primary contact e-mail address"/>
             <w:statusText w:type="text" w:val="Enter primary contact e-mail address"/>
             <w:textInput>
               <w:default w:val="[Enter primary contact e-mail address]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:bookmarkStart w:id="35" w:name="PrimaryEmail"/>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
-[...2 lines deleted...]
-      <w:r w:rsidR="007E2898">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E2898">
+      </w:r>
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter primary contact e-mail address]</w:t>
       </w:r>
-      <w:r w:rsidR="007E2898">
+      <w:r w:rsidR="00166555">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="059CDBE6" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00D0237B" w:rsidRDefault="00524A7C" w:rsidP="00DF3DC8">
+    <w:p w14:paraId="059CDBE6" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00D0237B" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D0237B">
         <w:t>Organizational</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D0237B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DACADBD" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="6DACADBD" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="007755D1">
         <w:t>ACO Participants:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent1"/>
-        <w:tblW w:w="8545" w:type="dxa"/>
+        <w:tblW w:w="10345" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="ACO Participants"/>
         <w:tblDescription w:val="A table for inputting the Organizational Information of ACO Participants"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6455"/>
-        <w:gridCol w:w="2090"/>
+        <w:gridCol w:w="6925"/>
+        <w:gridCol w:w="3420"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00524A7C" w:rsidRPr="00D174EC" w14:paraId="039D7C40" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00524A7C" w:rsidRPr="00D174EC" w14:paraId="039D7C40" w14:textId="77777777" w:rsidTr="00F72222">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6925" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14922BCA" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00C71D8B" w:rsidRDefault="00524A7C" w:rsidP="00C71D8B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ACO Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2090" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46A6AF3C" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00C71D8B" w:rsidRDefault="00524A7C" w:rsidP="00C71D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ACO Participant in Joint Venture</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00524A7C" w:rsidRPr="00D174EC" w14:paraId="72F6486E" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00524A7C" w:rsidRPr="00D174EC" w14:paraId="72F6486E" w14:textId="77777777" w:rsidTr="00F72222">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6925" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB4427F" w14:textId="51C75860" w:rsidR="00524A7C" w:rsidRPr="00684CF6" w:rsidRDefault="00E86C6F" w:rsidP="008924CF">
+          <w:p w14:paraId="4BB4427F" w14:textId="6CDC1D02" w:rsidR="00524A7C" w:rsidRPr="00684CF6" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text6"/>
+                  <w:name w:val="ParticipantLBN"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter ACO participant legal business name"/>
                   <w:statusText w:type="text" w:val="Enter ACO participant legal business name"/>
                   <w:textInput>
                     <w:default w:val="[Enter ACO participant legal business name]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="36" w:name="ParticipantLBN"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="26" w:name="Text6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...3 lines deleted...]
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter ACO participant legal business name]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2090" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D67D229" w14:textId="67004DCF" w:rsidR="00524A7C" w:rsidRPr="00684CF6" w:rsidRDefault="00E86C6F" w:rsidP="008924CF">
+          <w:p w14:paraId="5D67D229" w14:textId="13E3C427" w:rsidR="00524A7C" w:rsidRPr="00684CF6" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="4"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text7"/>
+                  <w:name w:val="YorN"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter &quot;Y&quot; or &quot;N&quot;"/>
                   <w:statusText w:type="text" w:val="Enter &quot;Y&quot; or &quot;N&quot;"/>
                   <w:textInput>
                     <w:default w:val="[Enter “Y” or “N”]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="37" w:name="YorN"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...8 lines deleted...]
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter “Y” or “N”]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D45A67C" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
       <w:pPr>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2410CD13" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="00623343">
+    <w:p w14:paraId="2410CD13" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_ACO_Governing_Body:"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="007755D1">
         <w:t>ACO Governing Body:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent1"/>
-        <w:tblW w:w="10165" w:type="dxa"/>
+        <w:tblW w:w="10346" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="ACO Governing Body"/>
         <w:tblDescription w:val="A table for inputting the information for the ACO Government Body"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2234"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1512"/>
+        <w:gridCol w:w="1910"/>
+        <w:gridCol w:w="1186"/>
+        <w:gridCol w:w="1587"/>
+        <w:gridCol w:w="1457"/>
+        <w:gridCol w:w="1504"/>
+        <w:gridCol w:w="1351"/>
+        <w:gridCol w:w="1351"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A350A1" w14:paraId="1C098CA3" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00331AE1" w14:paraId="1C098CA3" w14:textId="2535DB7F" w:rsidTr="00F72222">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A35AA5B" w14:textId="1F2D9E82" w:rsidR="00524A7C" w:rsidRPr="00A350A1" w:rsidRDefault="00524A7C">
+          <w:p w14:paraId="6A35AA5B" w14:textId="1F2D9E82" w:rsidR="00331AE1" w:rsidRPr="00A350A1" w:rsidRDefault="00331AE1">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Member</w:t>
             </w:r>
-            <w:r w:rsidR="0029181A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EDFE0EE" w14:textId="5406CCAB" w:rsidR="00524A7C" w:rsidRPr="00A350A1" w:rsidRDefault="00524A7C">
+          <w:p w14:paraId="3EDFE0EE" w14:textId="5406CCAB" w:rsidR="00331AE1" w:rsidRPr="00A350A1" w:rsidRDefault="00331AE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Member</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="0029181A">
+              <w:t xml:space="preserve">Member </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Last Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C54EAE" w14:textId="7B175436" w:rsidR="00524A7C" w:rsidRPr="00A350A1" w:rsidRDefault="00524A7C">
+          <w:p w14:paraId="72C54EAE" w14:textId="7B175436" w:rsidR="00331AE1" w:rsidRPr="00A350A1" w:rsidRDefault="00331AE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Member</w:t>
-[...17 lines deleted...]
-              <w:t>Title/Position</w:t>
+              <w:t>Member Title/Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16686093" w14:textId="213A1B56" w:rsidR="00524A7C" w:rsidRPr="00C71D8B" w:rsidRDefault="43BC095C" w:rsidP="00C71D8B">
+          <w:p w14:paraId="16686093" w14:textId="213A1B56" w:rsidR="00331AE1" w:rsidRPr="00C71D8B" w:rsidRDefault="00331AE1" w:rsidP="00C71D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Member</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> Voting Power (Expressed as a percentage)</w:t>
+              <w:t>Member’s Voting Power (Expressed as a percentage)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4DA884" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00C71D8B" w:rsidRDefault="00524A7C" w:rsidP="00C71D8B">
+          <w:p w14:paraId="3D4DA884" w14:textId="77777777" w:rsidR="00331AE1" w:rsidRPr="00C71D8B" w:rsidRDefault="00331AE1" w:rsidP="00C71D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Membership Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6746A3DF" w14:textId="690CAE3F" w:rsidR="00524A7C" w:rsidRPr="00C71D8B" w:rsidRDefault="00524A7C" w:rsidP="00C71D8B">
+          <w:p w14:paraId="6746A3DF" w14:textId="690CAE3F" w:rsidR="00331AE1" w:rsidRPr="00C71D8B" w:rsidRDefault="00331AE1" w:rsidP="00C71D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ACO Participant Legal Business Name, if applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E32673D" w14:textId="3A00CCD4" w:rsidR="00331AE1" w:rsidRPr="00A83590" w:rsidRDefault="00FC7B58" w:rsidP="00C71D8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ACO Participant DBA, if applicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE6160" w14:paraId="5D4BE7FC" w14:textId="77777777" w:rsidTr="00AE2C9D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00331AE1" w14:paraId="5D4BE7FC" w14:textId="7EBA061F" w:rsidTr="00F72222">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35650EE6" w14:textId="2DD2C16B" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00CB7F76" w:rsidP="008924CF">
+          <w:p w14:paraId="35650EE6" w14:textId="2C23D4A2" w:rsidR="00331AE1" w:rsidRPr="001C6C24" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text8"/>
+                  <w:name w:val="MemberFirstName"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter governing body member first name"/>
                   <w:statusText w:type="text" w:val="Enter governing body member first name"/>
                   <w:textInput>
                     <w:default w:val="[Enter governing body member first name]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+            <w:bookmarkStart w:id="39" w:name="MemberFirstName"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter governing body member first name]</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00F9648D" w14:textId="034CF7EE" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00050C3F" w:rsidP="008924CF">
+          <w:p w14:paraId="00F9648D" w14:textId="10B823FE" w:rsidR="00331AE1" w:rsidRPr="001C6C24" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="7"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text9"/>
+                  <w:name w:val="MemberLastName"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter governing body member last name"/>
                   <w:statusText w:type="text" w:val="Enter governing body member last name"/>
                   <w:textInput>
                     <w:default w:val="[Enter governing body member last name]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+            <w:bookmarkStart w:id="40" w:name="MemberLastName"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter governing body member last name]</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A932446" w14:textId="056E5B7B" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00050C3F" w:rsidP="008924CF">
+          <w:p w14:paraId="7A932446" w14:textId="2C09A45D" w:rsidR="00331AE1" w:rsidRPr="001C6C24" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="7"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text10"/>
+                  <w:name w:val="MemberTitle"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter governing body member title/position"/>
                   <w:statusText w:type="text" w:val="Enter governing body member title/position"/>
                   <w:textInput>
                     <w:default w:val="[Enter governing body member title/position]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:bookmarkStart w:id="41" w:name="MemberTitle"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter governing body member title/position]</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79E39454" w14:textId="7727A82E" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00723B16" w:rsidP="008924CF">
+          <w:p w14:paraId="79E39454" w14:textId="4FFF7388" w:rsidR="00331AE1" w:rsidRPr="001C6C24" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="7"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text11"/>
+                  <w:name w:val="MemberPower"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter governing body member voting power"/>
                   <w:statusText w:type="text" w:val="Enter governing body member voting power"/>
                   <w:textInput>
                     <w:default w:val="[Enter governing body member voting power]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:bookmarkStart w:id="42" w:name="MemberPower"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter governing body member voting power]</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABE4C7C" w14:textId="03FF82A3" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00723B16" w:rsidP="008924CF">
+          <w:p w14:paraId="2ABE4C7C" w14:textId="41F29457" w:rsidR="00331AE1" w:rsidRPr="001C6C24" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="7"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text12"/>
+                  <w:name w:val="MemberType"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter governing body member membership type"/>
                   <w:statusText w:type="text" w:val="Enter governing body member membership type"/>
                   <w:textInput>
                     <w:default w:val="[Enter governing body member membership type]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:bookmarkStart w:id="43" w:name="MemberType"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter governing body member membership type]</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6188EF29" w14:textId="1BCA53DC" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00723B16" w:rsidP="008924CF">
+          <w:p w14:paraId="6188EF29" w14:textId="4AC9599B" w:rsidR="00331AE1" w:rsidRPr="001C6C24" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
             <w:pPr>
               <w:spacing w:before="7"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text13"/>
+                  <w:name w:val="MemberLBN"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter governing body member ACO participant legal business last name"/>
                   <w:statusText w:type="text" w:val="Enter governing body member ACO participant legal business last name"/>
                   <w:textInput>
                     <w:default w:val="[Enter governing body member ACO participant legal business name]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="001C6C24">
+            <w:bookmarkStart w:id="44" w:name="MemberLBN"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter governing body member ACO participant legal business name]</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C6C24">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="44"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4189C2FB" w14:textId="138D63A4" w:rsidR="00331AE1" w:rsidRPr="001C6C24" w:rsidRDefault="00CC51B8" w:rsidP="008924CF">
+            <w:pPr>
+              <w:spacing w:before="7"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="MemberDBA"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter governing body member ACO participant legal business last name"/>
+                  <w:statusText w:type="text" w:val="Enter governing body member ACO participant legal business last name"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter governing body member ACO participant doing business as name]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="45" w:name="MemberDBA"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter governing body member ACO participant doing business as name]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="545C77A9" w14:textId="77777777" w:rsidR="002D7482" w:rsidRDefault="002D7482" w:rsidP="00623343">
+    <w:p w14:paraId="545C77A9" w14:textId="437B73E9" w:rsidR="002D7482" w:rsidRPr="00785575" w:rsidRDefault="00514BF1" w:rsidP="00623343">
       <w:pPr>
         <w:ind w:left="101"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785575">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member’s voting power may have been rounded to reflect a total voting power of 100 percent.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2728DF03" w14:textId="70E9CCA3" w:rsidR="00524A7C" w:rsidRPr="00156ACB" w:rsidRDefault="00524A7C" w:rsidP="00DF3DC8">
+    <w:p w14:paraId="2728DF03" w14:textId="70E9CCA3" w:rsidR="00524A7C" w:rsidRPr="00156ACB" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001668DA">
         <w:t>Key</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ACO</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Clinical</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Leadership:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6600407E" w14:textId="79D19CC0" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00546FC9">
-      <w:pPr>
+    <w:p w14:paraId="6600407E" w14:textId="39AE6529" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00546FC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACO Executive: </w:t>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text14"/>
+            <w:name w:val="ACOExecName"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter first and last name of ACO executive"/>
             <w:statusText w:type="text" w:val="Enter first and last name of ACO executive"/>
             <w:textInput>
-              <w:default w:val="[Enter first and last name]"/>
+              <w:default w:val="[Enter ACO Executive first and last name]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="Text14"/>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="46" w:name="ACOExecName"/>
+      <w:r w:rsidR="00CC51B8">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00CC51B8">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter ACO Executive first and last name]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="32B709C6" w14:textId="54DAE750" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00546FC9">
-      <w:pPr>
+    <w:p w14:paraId="32B709C6" w14:textId="1470C207" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Medical Director: </w:t>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text15"/>
+            <w:name w:val="MedicalDirectorName"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter first and last name of medical director"/>
             <w:statusText w:type="text" w:val="Enter first and last name of medical director"/>
             <w:textInput>
-              <w:default w:val="[Enter first and last name]"/>
+              <w:default w:val="[Enter Medical Director first and last name]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="47" w:name="MedicalDirectorName"/>
+      <w:r w:rsidR="00CC51B8">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00CC51B8">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter Medical Director first and last name]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="32FECF44" w14:textId="3F7891A6" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00546FC9">
-      <w:pPr>
+    <w:p w14:paraId="32FECF44" w14:textId="15A1B100" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compliance Officer: </w:t>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text16"/>
+            <w:name w:val="ComplianceOffcrName"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter first and last name of compliance officer"/>
             <w:statusText w:type="text" w:val="Enter first and last name of compliance officer"/>
             <w:textInput>
-              <w:default w:val="[Enter first and last name]"/>
+              <w:default w:val="[Enter Compliance Officer first and last name]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="48" w:name="ComplianceOffcrName"/>
+      <w:r w:rsidR="00CC51B8">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00CC51B8">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter Compliance Officer first and last name]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="761103FD" w14:textId="162D2A7F" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="003504FC">
-      <w:pPr>
+    <w:p w14:paraId="761103FD" w14:textId="63AEC11A" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Quality Assurance/Improvement Officer: </w:t>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text17"/>
+            <w:name w:val="QAOfficerName"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter first and last name of quality assurance/improvement officer"/>
             <w:statusText w:type="text" w:val="Enter first and last name of quality assurance/improvement officer"/>
             <w:textInput>
-              <w:default w:val="[Enter first and last name]"/>
+              <w:default w:val="[Enter Quality Assurance/Improvement Officer first and last name]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="49" w:name="QAOfficerName"/>
+      <w:r w:rsidR="00CC51B8">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008F1E71" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00CC51B8">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008F1E71" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter Quality Assurance/Improvement Officer first and last name]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC51B8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="06C2769E" w14:textId="1B66DE1F" w:rsidR="00524A7C" w:rsidRPr="0027792A" w:rsidRDefault="00524A7C" w:rsidP="00546FC9">
+    <w:p w14:paraId="06C2769E" w14:textId="1B66DE1F" w:rsidR="00524A7C" w:rsidRPr="0027792A" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="001668DA">
         <w:t>Associated</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Committees</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Committee</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Leadership:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Associated Committees and Committee Leadership"/>
         <w:tblDescription w:val="A table for inputting information for Associated Committees and Committee Leadership"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3415"/>
         <w:gridCol w:w="6660"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00524A7C" w:rsidRPr="00B83C6F" w14:paraId="3A834999" w14:textId="77777777" w:rsidTr="16A48B23">
+      <w:tr w:rsidR="00524A7C" w:rsidRPr="00B83C6F" w14:paraId="3A834999" w14:textId="77777777" w:rsidTr="77A9C8F1">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:hRule="exact" w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3415" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D4D5187" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="003C2608" w:rsidRDefault="00524A7C" w:rsidP="008924CF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -11790,246 +14039,225 @@
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00524A7C" w:rsidRPr="00B83C6F" w14:paraId="530F0E49" w14:textId="77777777" w:rsidTr="16A48B23">
+      <w:tr w:rsidR="00524A7C" w:rsidRPr="00B83C6F" w14:paraId="530F0E49" w14:textId="77777777" w:rsidTr="77A9C8F1">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:hRule="exact" w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3415" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59AB5855" w14:textId="4FC66982" w:rsidR="00524A7C" w:rsidRPr="003C2608" w:rsidRDefault="008F1E71" w:rsidP="008924CF">
+          <w:p w14:paraId="59AB5855" w14:textId="29915E0D" w:rsidR="00524A7C" w:rsidRPr="003C2608" w:rsidRDefault="00C8775A" w:rsidP="008924CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text18"/>
+                  <w:name w:val="CommitteName"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter committee name"/>
                   <w:statusText w:type="text" w:val="Enter committee name"/>
                   <w:textInput>
                     <w:default w:val="[Enter committee name]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="50" w:name="CommitteName"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="38" w:name="Text18"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...3 lines deleted...]
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter committee name]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D68A859" w14:textId="472ADF85" w:rsidR="00524A7C" w:rsidRPr="003C2608" w:rsidRDefault="008F1E71" w:rsidP="008924CF">
+          <w:p w14:paraId="1D68A859" w14:textId="133CCA57" w:rsidR="00524A7C" w:rsidRPr="003C2608" w:rsidRDefault="00C8775A" w:rsidP="008924CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text19"/>
+                  <w:name w:val="CommitteLead"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter committee leader name and committee leader position"/>
                   <w:statusText w:type="text" w:val="Enter committee leader name and committee leader position"/>
                   <w:textInput>
                     <w:default w:val="[Enter committee leader name and committee leader position]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="51" w:name="CommitteLead"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="39" w:name="Text19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...3 lines deleted...]
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter committee leader name and committee leader position]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="03A3E9F4" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="0027792A" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
       <w:pPr>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4252EA8A" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00987C8A" w:rsidRDefault="00524A7C" w:rsidP="00546FC9">
+    <w:p w14:paraId="4252EA8A" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00987C8A" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001668DA">
         <w:t>Types</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACO</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Participants,</w:t>
       </w:r>
@@ -12066,1057 +14294,932 @@
       <w:r w:rsidRPr="00095116">
         <w:t>hat</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>Formed</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00166FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00095116">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ACO:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FC931E" w14:textId="2A1B45F7" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00E26CB0" w:rsidP="00135B45">
+    <w:p w14:paraId="01FC931E" w14:textId="2FE10ED4" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00C8775A" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123" w:after="120"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001C6C24">
+        <w:spacing w:before="123" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text20"/>
+            <w:name w:val="EntityType"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter ACO entity type"/>
             <w:statusText w:type="text" w:val="Enter ACO entity type"/>
             <w:textInput>
               <w:default w:val="[Enter ACO entity type]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="001C6C24">
+      <w:bookmarkStart w:id="52" w:name="EntityType"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="001C6C24">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter ACO entity type]</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C6C24">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...8 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="51A4975A" w14:textId="67430A4E" w:rsidR="00524A7C" w:rsidRPr="00546FC9" w:rsidRDefault="00524A7C" w:rsidP="000F018E">
+    <w:p w14:paraId="51A4975A" w14:textId="67430A4E" w:rsidR="00524A7C" w:rsidRPr="00546FC9" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Hlk106981009"/>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Hlk106981009"/>
       <w:r w:rsidRPr="00546FC9">
         <w:t>Shared Savings and Losses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324F2D0B" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00546FC9" w:rsidRDefault="00524A7C" w:rsidP="000F018E">
+    <w:p w14:paraId="324F2D0B" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00546FC9" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="00546FC9">
         <w:t>Amount of Shared Savings/Losses:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448A3690" w14:textId="520315A5" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="448A3690" w14:textId="520315A5" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fourth</w:t>
       </w:r>
       <w:r w:rsidRPr="00546FC9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agreement </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055C1585" w14:textId="0AC7DDFF" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="055C1585" w14:textId="780E44EC" w:rsidR="00056A5E" w:rsidRPr="00850406" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="811"/>
-[...32 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="806"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00850406">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Performance Year </w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PYLosses4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter 4th agreement period performance year in the format 20XX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="54" w:name="PYLosses4"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>[Enter 4th agreement period performance year in the format 20XX]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="001C6C24">
-[...16 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00850406">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PYLosses4Amount"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter dollar amount"/>
-            <w:statusText w:type="text" w:val="Enter dollar amount"/>
+            <w:statusText w:type="text" w:val="Shared Savings/Losses dollar amount for 4th period"/>
             <w:textInput>
               <w:default w:val="[Enter dollar amount]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="55" w:name="PYLosses4Amount"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>[Enter dollar amount]</w:t>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w14:paraId="38B255AD" w14:textId="0593BA9C" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="38B255AD" w14:textId="0593BA9C" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Third Agreement Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8D96D4" w14:textId="74D1A0A6" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="2C8D96D4" w14:textId="22271E9A" w:rsidR="00056A5E" w:rsidRPr="00355D31" w:rsidRDefault="00056A5E" w:rsidP="00355D31">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="811"/>
-[...32 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="806" w:right="-36"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355D31">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Performance Year </w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PYLosses3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter 3rd agreement period performance year in the format 20XX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="56" w:name="PYLosses3"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>[Enter 3rd agreement period performance year in the format 20XX]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="001C6C24">
-[...16 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00355D31">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PYLosses3Amount"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter dollar amount"/>
-            <w:statusText w:type="text" w:val="Enter dollar amount"/>
+            <w:statusText w:type="text" w:val="Shared Savings/Losses dollar amount for 3rd period"/>
             <w:textInput>
               <w:default w:val="[Enter dollar amount]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="57" w:name="PYLosses3Amount"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>[Enter dollar amount]</w:t>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w14:paraId="227FC535" w14:textId="050E2D83" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="227FC535" w14:textId="050E2D83" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Second Agreement Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABD3D4D" w14:textId="7437FD31" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="1ABD3D4D" w14:textId="1EA2094D" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="811"/>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="806"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Year </w:t>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00D104AD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PYLosses2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter 2nd agreement performance year in the format 20XX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="58" w:name="PYLosses2"/>
+      <w:r w:rsidR="00D104AD">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D104AD">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter 2nd agreement performance year in the format 20XX]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> $</w:t>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00D104AD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PYLosses2Amount"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter dollar amount"/>
-            <w:statusText w:type="text" w:val="Enter dollar amount"/>
+            <w:statusText w:type="text" w:val="Shared Savings/Losses dollar amount for 2nd period"/>
             <w:textInput>
               <w:default w:val="[Enter dollar amount]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="59" w:name="PYLosses2Amount"/>
+      <w:r w:rsidR="00D104AD">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D104AD">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter dollar amount]</w:t>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00D104AD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="59"/>
     </w:p>
-    <w:p w14:paraId="68E56B8B" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="68E56B8B" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>First Agreement Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31030B1C" w14:textId="4F9E70C4" w:rsidR="00EA52FF" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="445B92A8" w14:textId="03D443F5" w:rsidR="00524A7C" w:rsidRPr="00A43353" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="811"/>
-[...32 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="806"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A43353">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Performance Year </w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text21"/>
+            <w:name w:val="PYLosses1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter 1st agreement period performance year in the format 20XX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...23 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="60" w:name="PYLosses1"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>[Enter 1st agreement period performance year in the format 20XX]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...17 lines deleted...]
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00A43353">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, $</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text22"/>
+            <w:name w:val="PYLosses1Amount"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter dollar amount"/>
-            <w:statusText w:type="text" w:val="Enter dollar amount"/>
+            <w:statusText w:type="text" w:val="Shared Savings/Losses dollar amount for 1st period"/>
             <w:textInput>
               <w:default w:val="[Enter dollar amount]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
-[...23 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="61" w:name="PYLosses1Amount"/>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00D104AD">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>[Enter dollar amount]</w:t>
       </w:r>
-      <w:r w:rsidR="00E26CB0" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00D104AD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
-    <w:p w14:paraId="445B92A8" w14:textId="7F7D8F79" w:rsidR="00524A7C" w:rsidRPr="00546FC9" w:rsidRDefault="00524A7C" w:rsidP="005405FC">
-[...9 lines deleted...]
-    <w:p w14:paraId="081604BC" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00546FC9" w:rsidRDefault="00524A7C" w:rsidP="001C6948">
+    <w:p w14:paraId="081604BC" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00546FC9" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="00546FC9">
         <w:t>Shared Savings Distribution:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1D19A7" w14:textId="504482C8" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="6C1D19A7" w14:textId="504482C8" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fourth Agreement Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336E161A" w14:textId="0EB67ED9" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="336E161A" w14:textId="59BC58F6" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="811"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+      <w:r w:rsidR="002371C2">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY4Distribution"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter distribution performance year in the format 20XX] for agreement period 4"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="62" w:name="PY4Distribution"/>
+      <w:r w:rsidR="002371C2">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002371C2">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="002371C2">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter distribution performance year in the format 20XX] for agreement period 4</w:t>
+      </w:r>
+      <w:r w:rsidR="002371C2">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w14:paraId="2152B5CB" w14:textId="0A2CF672" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="2152B5CB" w14:textId="09CF37BD" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proportion</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
@@ -13149,112 +15252,99 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>infrastructure:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY4DistroInfra"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure for the fourth period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure for the fourth period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="63" w:name="PY4DistroInfra"/>
+      <w:r w:rsidR="00C43007">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00C43007">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D14F81F" w14:textId="79F71BF2" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="7D14F81F" w14:textId="5900BD6C" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proportion</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
@@ -13321,111 +15411,98 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>processes/resources:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY4DistriRedesign"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the fourth period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the fourth agreement period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="64" w:name="PY4DistriRedesign"/>
+      <w:r w:rsidR="00C43007">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00C43007">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287FB320" w14:textId="17F81D62" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="287FB320" w14:textId="604A8AE6" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proportion</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
@@ -13493,590 +15570,513 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>participants:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY4DistroPartipants"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
-            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
+            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants for the fourth period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants for the fourth period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="65" w:name="PY4DistroPartipants"/>
+      <w:r w:rsidR="00C43007">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00C43007">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C43007">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4607A1D3" w14:textId="14E476EB" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="4607A1D3" w14:textId="14E476EB" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Third Agreement Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD7F545" w14:textId="248C05DB" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="2DD7F545" w14:textId="3879B1C4" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="811"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+      <w:r w:rsidR="007A02CA">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY3Distribution"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter distribution performance year in the format 20XX] for agreement period 3"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="66" w:name="PY3Distribution"/>
+      <w:r w:rsidR="007A02CA">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007A02CA">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="007A02CA">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter distribution performance year in the format 20XX] for agreement period 3</w:t>
+      </w:r>
+      <w:r w:rsidR="007A02CA">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
-    <w:p w14:paraId="50E914D5" w14:textId="2AC96073" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="50E914D5" w14:textId="59722FB4" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proportion invested in infrastructure: </w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY3DistroInfra"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure for the third period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure for the third period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="67" w:name="PY3DistroInfra"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D11522" w14:textId="0A85F6F8" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="18D11522" w14:textId="1DB8CF16" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proportion invested in redesigned care processes/resources: </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY3DistroRedesign"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the third period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the third period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="68" w:name="PY3DistroRedesign"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28248674" w14:textId="50603DBE" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00056A5E">
+    <w:p w14:paraId="28248674" w14:textId="0F54EDC5" w:rsidR="00056A5E" w:rsidRPr="001C6C24" w:rsidRDefault="00056A5E" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Proportion of distribution to ACO participants: </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY3DistroParticipant"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
-            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
+            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants for the third period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants for the third period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="69" w:name="PY3DistroParticipant"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC061A2" w14:textId="1CB8048F" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="4FC061A2" w14:textId="1CB8048F" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Second Agreement Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226E6CAE" w14:textId="172D7DF7" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="226E6CAE" w14:textId="0784D72A" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="811"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY2Distribution"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter distribution performance year in the format 20XX] for agreement period 2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="70" w:name="PY2Distribution"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter distribution performance year in the format 20XX] for agreement period 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="70"/>
     </w:p>
-    <w:p w14:paraId="014C071D" w14:textId="47461B56" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="014C071D" w14:textId="6C896DE0" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proportion</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
@@ -14109,112 +16109,99 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>infrastructure:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY2DistroInfra"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure for the second period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure for the second period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="71" w:name="PY2DistroInfra"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB983FA" w14:textId="67938B54" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="5CB983FA" w14:textId="57E2F14B" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proportion</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
@@ -14281,111 +16268,98 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>processes/resources:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY2DistroRedesign"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the second period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the second period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="72" w:name="PY2DistroRedesign"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5409009C" w14:textId="22551499" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="5409009C" w14:textId="58D49E7B" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proportion</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
@@ -14453,1718 +16427,1589 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>participants:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="PY2DistroParticipant"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
-            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
+            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants for the second period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants for the second period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="73" w:name="PY2DistroParticipant"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78695076" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="78695076" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>First Agreement Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B40BF5E" w14:textId="531B7375" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="7B40BF5E" w14:textId="413DE87B" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="811"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Year</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text23"/>
+            <w:name w:val="PY1Distribution"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:statusText w:type="text" w:val="Enter performance year in the format 20XX"/>
             <w:textInput>
-              <w:default w:val="[Enter performance year in the format 20XX]"/>
+              <w:default w:val="[Enter distribution performance year in the format 20XX] for agreement period 1"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="74" w:name="PY1Distribution"/>
+      <w:r w:rsidR="00820877">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004D11B1" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="004D11B1" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter distribution performance year in the format 20XX] for agreement period 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
-    <w:p w14:paraId="7DFA66C4" w14:textId="3E080D8C" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="7DFA66C4" w14:textId="422115FE" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proportion invested in infrastructure: </w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text24"/>
+            <w:name w:val="PY1DistroInfra"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in infrastructure for the first period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in infrastructure for the first period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="75" w:name="PY1DistroInfra"/>
+      <w:r w:rsidR="00820877">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00FA722A" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A456385" w14:textId="27372B79" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="0A456385" w14:textId="12A11135" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proportion invested in redesigned care processes/resources: </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text25"/>
+            <w:name w:val="PY1DistroRedesign"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
-            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources"/>
+            <w:helpText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the first period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total invested in redesigned care processes/resources for the first period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="76" w:name="PY1DistroRedesign"/>
+      <w:r w:rsidR="00820877">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="76"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2307919A" w14:textId="30931215" w:rsidR="00524A7C" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="39A1EEF1" w14:textId="4BCA0448" w:rsidR="005405FC" w:rsidRPr="005243DA" w:rsidRDefault="00524A7C" w:rsidP="00CE7415">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proportion of distribution to ACO participants: </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text26"/>
+            <w:name w:val="PY1DistroParticipant"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
-            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants"/>
+            <w:helpText w:type="text" w:val="Enter percent of total distributed to ACO participants for the first period distribution"/>
+            <w:statusText w:type="text" w:val="Enter percent of total distributed to ACO participants for the first period distribution"/>
             <w:textInput>
               <w:default w:val="[Enter percent of total]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="77" w:name="PY1DistroParticipant"/>
+      <w:r w:rsidR="00820877">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter percent of total]</w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A1EEF1" w14:textId="77777777" w:rsidR="005405FC" w:rsidRPr="005243DA" w:rsidRDefault="005405FC" w:rsidP="005243DA">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="54B285F0" w14:textId="7A725513" w:rsidR="009B1961" w:rsidRDefault="009B1961" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Hlk110508079"/>
+      <w:r>
+        <w:t>Quality Performance Results</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54B285F0" w14:textId="77777777" w:rsidR="009B1961" w:rsidRDefault="009B1961" w:rsidP="009B1961">
-[...9 lines deleted...]
-    <w:p w14:paraId="2B64BC2D" w14:textId="1960C8D1" w:rsidR="00524A7C" w:rsidRPr="005D2539" w:rsidRDefault="00524A7C" w:rsidP="001C6948">
+    <w:p w14:paraId="2B64BC2D" w14:textId="10088174" w:rsidR="00524A7C" w:rsidRPr="005D2539" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="005D2539">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00C1430E">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text44"/>
+            <w:name w:val="YY"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter last two digits of year"/>
             <w:statusText w:type="text" w:val="Enter last two digits of year"/>
             <w:textInput>
               <w:default w:val="[XX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="49" w:name="Text44"/>
-      <w:r w:rsidR="00C1430E">
+      <w:bookmarkStart w:id="79" w:name="YY"/>
+      <w:r w:rsidR="00820877">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C1430E">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C1430E">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>[XX]</w:t>
       </w:r>
-      <w:r w:rsidR="00C1430E">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="005D2539">
         <w:t>Quality Performance Results:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A194E7E" w14:textId="72614226" w:rsidR="00566BB6" w:rsidRDefault="0082076C" w:rsidP="005D2539">
-      <w:pPr>
+    <w:p w14:paraId="4A194E7E" w14:textId="4F6CBF79" w:rsidR="00566BB6" w:rsidRDefault="0082076C" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D2539">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quality </w:t>
       </w:r>
       <w:r w:rsidR="00B8169A" w:rsidRPr="005D2539">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">performance </w:t>
       </w:r>
       <w:r w:rsidRPr="005D2539">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">results are based on </w:t>
       </w:r>
       <w:r w:rsidR="00821453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text43"/>
+            <w:name w:val="CMSWebInterface"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:helpText w:type="text" w:val="Enter CMS Web Interface or eCQM/MIPS CQM"/>
             <w:statusText w:type="text" w:val="Enter CMS Web Interface or eCQM/MIPS CQM"/>
             <w:textInput>
-              <w:default w:val="[Enter “CMS Web Interface” or “eCQMs/MIPS CQMs” Measure Set]"/>
+              <w:default w:val="[Enter “CMS Web Interface” or “eCQMs/MIPS CQMs/Medicare CQMs” Measure Set]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="80" w:name="CMSWebInterface"/>
+      <w:r w:rsidR="00820877">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C27E57" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00820877">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00C27E57" w:rsidRPr="00416B65">
+        </w:rPr>
+        <w:t>[Enter “CMS Web Interface” or “eCQMs/MIPS CQMs/Medicare CQMs” Measure Set]</w:t>
+      </w:r>
+      <w:r w:rsidR="00820877">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r w:rsidR="00582D8C" w:rsidRPr="001C6C24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B1333" w:rsidRPr="001C6C24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>collection type.</w:t>
       </w:r>
       <w:r w:rsidR="009B1333">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="10525" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Quality Performance Results"/>
         <w:tblDescription w:val="A table for inputting the performance results"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1705"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="2444"/>
+        <w:gridCol w:w="2194"/>
+        <w:gridCol w:w="1477"/>
+        <w:gridCol w:w="1571"/>
+        <w:gridCol w:w="2839"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE2C9D" w:rsidRPr="008F2A97" w14:paraId="37E03A68" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00AE2C9D" w:rsidRPr="008F2A97" w14:paraId="37E03A68" w14:textId="77777777" w:rsidTr="00605A28">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5293D5E0" w14:textId="6C70F07E" w:rsidR="00D250AD" w:rsidRPr="00C71D8B" w:rsidRDefault="00D250AD" w:rsidP="00C71D8B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="102"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Measure # </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="2194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C80CFD0" w14:textId="28221543" w:rsidR="007755D1" w:rsidRPr="007755D1" w:rsidRDefault="00D250AD" w:rsidP="00120274">
+          <w:p w14:paraId="0C80CFD0" w14:textId="082BF875" w:rsidR="007755D1" w:rsidRPr="007755D1" w:rsidRDefault="00D250AD" w:rsidP="00CE7415">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Measure</w:t>
             </w:r>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A83590">
+            <w:r w:rsidR="00184999">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Name</w:t>
+              <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EE11313" w14:textId="359D1BB2" w:rsidR="00D250AD" w:rsidRPr="00C71D8B" w:rsidRDefault="00D250AD" w:rsidP="00C71D8B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="102"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collection Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44B12572" w14:textId="6FDC1DF2" w:rsidR="00D250AD" w:rsidRPr="008F2A97" w:rsidRDefault="00821453" w:rsidP="008924CF">
+          <w:p w14:paraId="44B12572" w14:textId="19E757E1" w:rsidR="00D250AD" w:rsidRPr="008F2A97" w:rsidRDefault="00821453" w:rsidP="008924CF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:left="102"/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reported Performance </w:t>
+              <w:t xml:space="preserve">Performance </w:t>
             </w:r>
             <w:r w:rsidR="00D250AD" w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rate</w:t>
+            </w:r>
+            <w:r w:rsidR="00033BFB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF659CF" w14:textId="7F1B4DAE" w:rsidR="00D250AD" w:rsidRPr="00353398" w:rsidRDefault="00821453">
+          <w:p w14:paraId="5AF659CF" w14:textId="5B230F21" w:rsidR="00D250AD" w:rsidRPr="00353398" w:rsidRDefault="00821453">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Current </w:t>
             </w:r>
             <w:r w:rsidR="00DC6B87" w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Year Mean</w:t>
             </w:r>
             <w:r w:rsidRPr="00A83590">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Performance Rate (SSP ACOs)</w:t>
+              <w:t xml:space="preserve"> Performance Rate (S</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90ABA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hared Savings Program</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A83590">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ACOs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE2C9D" w:rsidRPr="008F2A97" w14:paraId="30E3B150" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="003A7DEF" w:rsidRPr="008F2A97" w14:paraId="30E3B150" w14:textId="77777777" w:rsidTr="00605A28">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1705" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="302D8A50" w14:textId="74CAFAED" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00C85CC5" w:rsidP="005C3156">
+          <w:p w14:paraId="302D8A50" w14:textId="143B396D" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00820877" w:rsidP="005C3156">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="229" w:lineRule="exact"/>
               <w:ind w:left="102"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text27"/>
+                  <w:name w:val="MeasureNumber"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter quality measure number in the format Measure #: XXX or CAHPS-X"/>
                   <w:statusText w:type="text" w:val="Enter quality measure number in the format Measure #: XXX or CAHPS-X"/>
                   <w:textInput>
                     <w:default w:val="[Enter quality measure number in the format Measure #: XXX or CAHPS-X]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="81" w:name="MeasureNumber"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...9 lines deleted...]
-              <w:t>[Enter quality measure number in the format Measure #: XXX or CAHPS-X]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter quality measure number in the format Measure #: XXX or CAHPS-X]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="81"/>
             <w:r w:rsidR="00D250AD" w:rsidDel="00D76E1F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D250AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="2194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1FF36E" w14:textId="2A095D6B" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00C85CC5" w:rsidP="008924CF">
+          <w:p w14:paraId="5E1FF36E" w14:textId="7163356C" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00820877" w:rsidP="008924CF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="185"/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text28"/>
+                  <w:name w:val="MeasureTitle"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter quality measure name"/>
                   <w:statusText w:type="text" w:val="Enter quality measure name"/>
                   <w:textInput>
                     <w:default w:val="[Enter quality measure name]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="82" w:name="MeasureTitle"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="52" w:name="Text28"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...3 lines deleted...]
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter quality measure name]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="82"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A11264" w14:textId="4451AD82" w:rsidR="00D250AD" w:rsidRDefault="00C85CC5" w:rsidP="008924CF">
+          <w:p w14:paraId="66A11264" w14:textId="3760E7DA" w:rsidR="00D250AD" w:rsidRDefault="00820877" w:rsidP="008924CF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="229" w:lineRule="exact"/>
               <w:ind w:left="102"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="CollectionType"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter collection type of quality measure: CMS Web Interface, eCQM, MIPS CQM, CAHPS for MIPS Survey or Administrative Claims"/>
                   <w:statusText w:type="text" w:val="Enter collection type of quality measure: CMS Web Interface, eCQM, MIPS CQM, CAHPS for MIPS Survey or Administrative Claims"/>
                   <w:textInput>
-                    <w:default w:val="[Enter collection type of quality measure: CMS Web Interface, eCQM, MIPS CQM, CAHPS for MIPS Survey or Administrative Claims]"/>
+                    <w:default w:val="[Enter collection type of quality measure: CMS Web Interface, eCQM, MIPS CQM, Medicare CQM, CAHPS for MIPS Survey or Administrative Claims]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="83" w:name="CollectionType"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[Enter collection type of quality measure: CMS Web Interface, eCQM, MIPS CQM, CAHPS for MIPS Survey or Administrative Claims]</w:t>
+              <w:t>[Enter collection type of quality measure: CMS Web Interface, eCQM, MIPS CQM, Medicare CQM, CAHPS for MIPS Survey or Administrative Claims]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="83"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACAB109" w14:textId="0C7A33B0" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00C85CC5" w:rsidP="008924CF">
+          <w:p w14:paraId="0ACAB109" w14:textId="12327EFE" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00820877" w:rsidP="008924CF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="229" w:lineRule="exact"/>
               <w:ind w:left="102"/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text29"/>
+                  <w:name w:val="PerformanceRate"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter quality measure performance rate in the format XX.XX"/>
                   <w:statusText w:type="text" w:val="Enter quality measure performance rate in the format XX.XX"/>
                   <w:textInput>
                     <w:default w:val="[Enter quality measure performance rate in the format XX.XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="84" w:name="PerformanceRate"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="53" w:name="Text29"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...3 lines deleted...]
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter quality measure performance rate in the format XX.XX]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="84"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1980" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF6533B" w14:textId="471DAA26" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00C85CC5" w:rsidP="008924CF">
+          <w:p w14:paraId="1CF6533B" w14:textId="609B7DF5" w:rsidR="00D250AD" w:rsidRPr="00CD1915" w:rsidRDefault="00820877" w:rsidP="008924CF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="229" w:lineRule="exact"/>
               <w:ind w:left="102"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text30"/>
+                  <w:name w:val="MeanPerformanceRate"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Enter ACO mean performance rate in the format XX.XX"/>
                   <w:statusText w:type="text" w:val="Enter ACO mean performance rate in the format XX.XX"/>
                   <w:textInput>
                     <w:default w:val="[Enter ACO mean performance rate in the format XX.XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="85" w:name="MeanPerformanceRate"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="54" w:name="Text30"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...3 lines deleted...]
-              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter ACO mean performance rate in the format XX.XX]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="85"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A97F2B1" w14:textId="426E8CD1" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
-      <w:pPr>
+    <w:p w14:paraId="0EEC2B5E" w14:textId="77777777" w:rsidR="001511C0" w:rsidRPr="001571FB" w:rsidRDefault="001511C0" w:rsidP="001511C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001571FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>*For Diabetes: Hemoglobin A1c (HbA1c) Poor Control (&gt;9%) [Quality ID #001], Hospital-Wide, 30-Day, All-Cause Unplanned Readmission (HWR) Rate for MIPS Eligible Clinician Groups [Measure #479], and Clinician and Clinician Group Risk-standardized Hospital Admission Rates for Patients with Multiple Chronic Conditions (MCC) [Measure #484], a lower performance rate indicates better measure performance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15487571" w14:textId="14F5F56A" w:rsidR="001511C0" w:rsidRPr="001571FB" w:rsidRDefault="001511C0" w:rsidP="001511C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001571FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*For Clinician and Clinician Group Risk-standardized Hospital Admission Rates for Patients with Multiple Chronic Conditions (MCC) [Measure #484], patients are excluded if they were attributed to Qualifying Alternative Payment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001571FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Model (APM) Participants (QPs). Most providers participating in Track E and ENHANCED track ACOs are QPs, and so performance rates for Track E and ENHANCED track ACOs may not be representative of the care provided by these ACOs' providers overall. Additionally, many of these ACOs do not have a performance rate calculated due to not meeting the minimum of 18 beneficiaries attributed to non-QP providers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A97F2B1" w14:textId="32FF105E" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="00CE7415">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="585858"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D2B89">
+      <w:r w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0237B" w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">revious </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0237B" w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ears’ Financial and Quality Performance Results, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0237B" w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lease </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0237B" w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7415">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>isit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0237B" w:rsidRPr="008D2B89">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">For </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D0237B" w:rsidRPr="008D2B89">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D2B89">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...97 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:tooltip="Link to CMS web page" w:history="1">
+      <w:hyperlink r:id="rId44" w:tooltip="Link to CMS web page" w:history="1">
         <w:r w:rsidR="00B113FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>D</w:t>
         </w:r>
         <w:r w:rsidRPr="008D2B89">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ata.cms.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008C67DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:p w14:paraId="7B6691F7" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:bookmarkEnd w:id="78"/>
+    <w:p w14:paraId="7B6691F7" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="007755D1">
         <w:t>Payment Rule Waivers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28FAAE76" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="003504FC">
+    <w:p w14:paraId="28FAAE76" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D2B89">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Skilled Nursing Facility (SNF) 3-Day Rule Waiver:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8D04E1" w14:textId="191E386C" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="003504FC">
+    <w:p w14:paraId="0D8D04E1" w14:textId="191E386C" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D2B89">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Our ACO uses the SNF 3-Day Rule Waiver, pursuant to 42 CFR § 425.612.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7600E55B" w14:textId="4CE15739" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="003504FC">
+    <w:p w14:paraId="7600E55B" w14:textId="4CE15739" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
+        <w:spacing w:before="123" w:after="200"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D2B89">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Payment for Telehealth Services:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E65518" w14:textId="4CD698CF" w:rsidR="00524A7C" w:rsidRPr="003E63F4" w:rsidRDefault="00524A7C" w:rsidP="003504FC">
+    <w:p w14:paraId="285F13DD" w14:textId="38406414" w:rsidR="00524A7C" w:rsidRPr="003E63F4" w:rsidRDefault="00524A7C" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD01D3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Our ACO clinicians provide telehealth services using the flexibilities under 42 CFR § 425.612(f) and 42 CFR § 425.613.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="13C1AD81" w14:textId="77777777" w:rsidR="00710C26" w:rsidRDefault="00710C26" w:rsidP="7D7AFB1F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="00710C26" w:rsidSect="007C1C9E">
-          <w:headerReference w:type="default" r:id="rId33"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId36"/>
+          <w:headerReference w:type="even" r:id="rId45"/>
+          <w:headerReference w:type="default" r:id="rId46"/>
+          <w:footerReference w:type="even" r:id="rId47"/>
+          <w:footerReference w:type="default" r:id="rId48"/>
+          <w:headerReference w:type="first" r:id="rId49"/>
+          <w:footerReference w:type="first" r:id="rId50"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="749" w:footer="288" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65D74443" w14:textId="0FA83500" w:rsidR="00B555CA" w:rsidRDefault="00B555CA" w:rsidP="00B32756">
+    <w:p w14:paraId="65D74443" w14:textId="0FA83500" w:rsidR="00B555CA" w:rsidRDefault="00B555CA" w:rsidP="00341FB2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="200"/>
         <w:ind w:left="-461"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Advance Investment Payments (AIP)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="55" w:name="OLE_LINK1"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:bookmarkStart w:id="86" w:name="OLE_LINK1"/>
+    <w:p w14:paraId="7290675F" w14:textId="536425CC" w:rsidR="008C690F" w:rsidRDefault="00C269B4" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:ind w:left="-461"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text49"/>
+            <w:name w:val="CopiedInfo"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
+            <w:helpText w:type="text" w:val="[Copy information from your CMS-approved downloadable spend plan available in ACO-MS, and the language below, and paste in the standardized format provided below.]"/>
+            <w:statusText w:type="text" w:val="[Copy from your CMS-approved downloadable spend plan in ACO-MS, and the language below, and paste in the standardized format provided]"/>
             <w:textInput>
               <w:default w:val="[Copy information from your CMS-approved downloadable spend plan available in ACO-MS, and the language below, and paste in the standardized format provided below.]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="Text49"/>
+      <w:bookmarkStart w:id="87" w:name="CopiedInfo"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>[Copy information from your CMS-approved downloadable spend plan available in ACO-MS, and the language below, and paste in the standardized format provided below.]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="87"/>
     </w:p>
-    <w:p w14:paraId="22EB8061" w14:textId="15EE506F" w:rsidR="005D2DB0" w:rsidRPr="001C1DD5" w:rsidRDefault="005D2DB0" w:rsidP="003948AF">
-      <w:pPr>
+    <w:p w14:paraId="22EB8061" w14:textId="15EE506F" w:rsidR="005D2DB0" w:rsidRPr="001C1DD5" w:rsidRDefault="005D2DB0" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:ind w:left="-461"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C1DD5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>In accordance with 42 CFR §</w:t>
       </w:r>
       <w:r w:rsidR="00703EF8" w:rsidRPr="001C1DD5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -16241,53 +18086,53 @@
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>425.308(b)(8). Advance investment payments used for any expenses other than allowable uses under 42 CFR §</w:t>
       </w:r>
       <w:r w:rsidR="00703EF8" w:rsidRPr="001C1DD5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C1DD5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>425.630(e)(1) are subject to compliance action.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E62AB37" w14:textId="3AD6A7E7" w:rsidR="004D7F84" w:rsidRPr="00A350A1" w:rsidRDefault="00B2276D" w:rsidP="00A350A1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0E62AB37" w14:textId="3AD6A7E7" w:rsidR="004D7F84" w:rsidRPr="00A350A1" w:rsidRDefault="00B2276D" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:ind w:left="-461"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00210398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7A6330E5" wp14:editId="22D81EAB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>1539985</wp:posOffset>
                 </wp:positionH>
@@ -16370,51 +18215,51 @@
                               <w:t>SAMPLE</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                         <a:prstTxWarp prst="textPlain">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 50000"/>
                           </a:avLst>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="7A6330E5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;margin-left:121.25pt;margin-top:167.15pt;width:461.85pt;height:197.95pt;rotation:-45;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJjJhi9AEAAMUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGkhVRs1XZVdlsvC&#10;rrRFe3ZtpwnEHjN2m/TvGbvZFsENkYOVjO037715Wd0MpmNHjb4FW/HpJOdMWwmqtfuKf9vev1tw&#10;5oOwSnRgdcVP2vOb9ds3q96VegYNdEojIxDry95VvAnBlVnmZaON8BNw2tJmDWhEoE/cZwpFT+im&#10;y2Z5Ps96QOUQpPaeqnfnTb5O+HWtZXisa68D6ypO3EJaMa27uGbrlSj3KFzTypGG+AcWRrSWml6g&#10;7kQQ7IDtX1CmlQge6jCRYDKo61bqpIHUTPM/1Dw3wumkhczx7mKT/3+w8uvx2T0hC8NHGGiASYR3&#10;DyB/eGbhthF2rzeI0DdaKGo85Zdyorc9ORprqm71ED6pljyeRl+z3vlyxI/z8KWPnXb9F1B0RRwC&#10;pG5DjYYhxGuLZR6fVCZvGDGioZ0ug6IGTFKxWMyLD8uCM0l7s2L6fjkvUktRRrQ4CIc+fNZgWHyp&#10;OFISEqw4PvgQ2V2PjFQjuzPPMOwGOhIp70CdiHRPCam4/3kQqMmAg7kFChSprhHMC0Vwg0n2a+ft&#10;8CLQjb0D0X7qXhOSCKSoKGaFiU6o7wRkOgreUXSsSBacKY6HR7Jn1HjXuw3Zd98mJVeeoxLKShI4&#10;5jqG8ffvdOr6961/AQAA//8DAFBLAwQUAAYACAAAACEA1G7/bOAAAAAMAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTpwQU4lSIiEOPbRFnN94mAXsdYqdJ+XrcEz2u5mnmbbGe&#10;rWEnHHznSMJykQBDqp3uqJHwsX9/eAbmgyKtjCOUcEYP6/L2plC5dhNt8bQLDYsl5HMloQ2hzzn3&#10;dYtW+YXrkWJ2dINVIZ5Dw/WgplhuDRdJknGrOooLrerxrcX6ezdaCfr3eO7TadpvNttq/DFdVeHn&#10;l5T3d/PrC7CAc/iH4aIf1aGMTgc3kvbMSBAr8RhRCWm6SoFdiGWWCWAHCU9pIoCXBb9+ovwDAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyYyYYvQBAADFAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1G7/bOAAAAAMAQAADwAAAAAAAAAAAAAAAABO&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
                 <v:stroke joinstyle="round"/>
                 <o:lock v:ext="edit" shapetype="t"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="01071A69" w14:textId="77777777" w:rsidR="00210398" w:rsidRDefault="00210398" w:rsidP="00210398">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="C0C0C0"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:textFill>
                             <w14:solidFill>
                               <w14:srgbClr w14:val="C0C0C0">
                                 <w14:alpha w14:val="50000"/>
                               </w14:srgbClr>
                             </w14:solidFill>
                           </w14:textFill>
@@ -16467,51 +18312,51 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Advance Investment Payments (AIP)"/>
         <w:tblDescription w:val="A sample spend plan table"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1179"/>
         <w:gridCol w:w="1461"/>
         <w:gridCol w:w="1612"/>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="1041"/>
         <w:gridCol w:w="1037"/>
         <w:gridCol w:w="1036"/>
         <w:gridCol w:w="1037"/>
         <w:gridCol w:w="1036"/>
         <w:gridCol w:w="1037"/>
         <w:gridCol w:w="1036"/>
         <w:gridCol w:w="1037"/>
         <w:gridCol w:w="1036"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C1DD5" w14:paraId="2643E038" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="0085586B" w14:paraId="2643E038" w14:textId="77777777" w:rsidTr="00605A28">
         <w:trPr>
           <w:trHeight w:val="791"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44889FF7" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -16590,1402 +18435,2264 @@
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General Spend Subcategory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="549E8C77" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="549E8C77" w14:textId="04F03B70" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Projected Spending 20XX</w:t>
-            </w:r>
+              <w:t>Projected Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ProjectSpendYY1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the first year's projected spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the first year's projected spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="88" w:name="ProjectSpendYY1"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="88"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="617FA3DE" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
+          <w:p w14:paraId="617FA3DE" w14:textId="2B00A00B" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Actual Spending 20XX</w:t>
-            </w:r>
+              <w:t>Actual Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ActualSpendY1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the first year's actual spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the first year's actual spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="89" w:name="ActualSpendY1"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="89"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78BE7867" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="78BE7867" w14:textId="5D546283" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Projected Spending 20XX</w:t>
-            </w:r>
+              <w:t>Projected Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ProjectedSpendY2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the second year's projected spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the second year's projected spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="90" w:name="ProjectedSpendY2"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="90"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E1DF1D1" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
+          <w:p w14:paraId="3E1DF1D1" w14:textId="35B09AE0" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Actual Spending 20XX</w:t>
-            </w:r>
+              <w:t>Actual Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ActualSpendY2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the second year's actual spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the second year's actual spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="91" w:name="ActualSpendY2"/>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="91"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DD2B612" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="1DD2B612" w14:textId="37AEFA82" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Projected Spending 20XX</w:t>
-            </w:r>
+              <w:t>Projected Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ProjectedSpendY3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the third year's projected spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the third year's projected spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="92" w:name="ProjectedSpendY3"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="92"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="379F8D88" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
+          <w:p w14:paraId="379F8D88" w14:textId="141F3610" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Actual Spending 20XX</w:t>
-            </w:r>
+              <w:t>Actual Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ActualSpendY3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the third year's actual spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the third year's actual spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="93" w:name="ActualSpendY3"/>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="93"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F056EB2" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
+          <w:p w14:paraId="7F056EB2" w14:textId="20DE6C10" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Projected Spending 20XX</w:t>
-            </w:r>
+              <w:t>Projected Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ProjectedSpendY4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the fourth year's projected spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the fourth year's projected spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="94" w:name="ProjectedSpendY4"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="94"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E74B022" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
+          <w:p w14:paraId="0E74B022" w14:textId="3376F431" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Actual Spending 20XX</w:t>
-            </w:r>
+              <w:t>Actual Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ActualSpendY4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the fourth year's actual spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the fourth year's actual spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="95" w:name="ActualSpendY4"/>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="95"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D95B96E" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
+          <w:p w14:paraId="2D95B96E" w14:textId="5070A0B4" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Projected Spending 20XX</w:t>
-            </w:r>
+              <w:t>Projected Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ProjectedSpendY5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the first year's projected spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the first year's projected spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="96" w:name="ProjectedSpendY5"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="96"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63F789D3" w14:textId="77777777" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
+          <w:p w14:paraId="63F789D3" w14:textId="053D8C0F" w:rsidR="00933250" w:rsidRPr="00A350A1" w:rsidRDefault="00933250">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Actual Spending 20XX</w:t>
-            </w:r>
+              <w:t>Actual Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="ActualSpendY5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the fifth year's actual spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the fifth year's actual spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="97" w:name="ActualSpendY5"/>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC0758">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="97"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00933250" w14:paraId="6C48A4F1" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00933250" w14:paraId="6C48A4F1" w14:textId="77777777" w:rsidTr="00605A28">
         <w:trPr>
           <w:trHeight w:val="1098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B098041" w14:textId="6C8B3126" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00C315E9">
+          <w:p w14:paraId="0B098041" w14:textId="20AADAD0" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00C269B4" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="PaymentUse"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter payment use"/>
+                  <w:statusText w:type="text" w:val="Enter payment use"/>
                   <w:textInput>
                     <w:default w:val="[Enter payment use]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="98" w:name="PaymentUse"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter payment use]</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="98"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="068A06F9" w14:textId="26EBAE31" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00872D7D">
+          <w:p w14:paraId="068A06F9" w14:textId="71C6142B" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00C269B4" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SpendCategory"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter general spend category]"/>
+                  <w:statusText w:type="text" w:val="[Enter general spend category]"/>
                   <w:textInput>
                     <w:default w:val="[Enter general spend category]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="99" w:name="SpendCategory"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter general spend category]</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="99"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="783A2B43" w14:textId="76E5391A" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00E262BE">
+          <w:p w14:paraId="783A2B43" w14:textId="540D4D2A" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00C269B4" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SpendSubcategory"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter general spend subcategory]"/>
+                  <w:statusText w:type="text" w:val="[Enter general spend subcategory]"/>
                   <w:textInput>
                     <w:default w:val="[Enter general spend subcategory]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="100" w:name="SpendSubcategory"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter general spend subcategory]</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r>
               <w:rPr>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="100"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A9A9B01" w14:textId="5B704667" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="6A9A9B01" w14:textId="7B28E827" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00C269B4" w:rsidRPr="00CC6CE0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected spending for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected spending for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="101" w:name="ProjectedSpending"/>
+            <w:r w:rsidR="00C269B4" w:rsidRPr="00CC6CE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00C269B4" w:rsidRPr="00CC6CE0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C269B4" w:rsidRPr="00CC6CE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00C269B4" w:rsidRPr="00CC6CE0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00C269B4" w:rsidRPr="00CC6CE0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="101"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48396455" w14:textId="737D3D01" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="48396455" w14:textId="17B17EF5" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ActualSpending1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending 1 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending 1 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="102" w:name="ActualSpending1"/>
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="102"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CCAEB17" w14:textId="3B856A95" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="5CCAEB17" w14:textId="459AEB98" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A06CDF" w:rsidRPr="00A06CDF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="103" w:name="ProjectedSpending2"/>
+            <w:r w:rsidR="00A06CDF" w:rsidRPr="00A06CDF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A06CDF" w:rsidRPr="00A06CDF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A06CDF" w:rsidRPr="00A06CDF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00A06CDF" w:rsidRPr="00A06CDF">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00E262BE" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A06CDF" w:rsidRPr="00A06CDF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="103"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FA9C5DE" w14:textId="744A734E" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="6FA9C5DE" w14:textId="09F08A07" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ActualSpending2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending 2 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending 2 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="104" w:name="ActualSpending2"/>
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="104"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F18C0CB" w14:textId="4D85B442" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="5F18C0CB" w14:textId="2330E521" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="105" w:name="ProjectedSpending3"/>
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="105"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53A9225B" w14:textId="2157D560" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="53A9225B" w14:textId="46CD6662" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ActualSpending3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending 3 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending 3 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="106" w:name="ActualSpending3"/>
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="001F21CC" w:rsidRPr="001F21CC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="106"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A97EB81" w14:textId="24F506A1" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="1A97EB81" w14:textId="5E0347A8" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="107" w:name="ProjectedSpending4"/>
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="107"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="513283A9" w14:textId="76F1A524" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="513283A9" w14:textId="23906F8C" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ActualSpending4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending 4 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending 4 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="108" w:name="ActualSpending4"/>
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="108"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19F1D565" w14:textId="7A5A7372" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="19F1D565" w14:textId="0EC92830" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="109" w:name="ProjectedSpending5"/>
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00954247" w:rsidRPr="00954247">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="109"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D9445DA" w14:textId="151F4571" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250">
+          <w:p w14:paraId="6D9445DA" w14:textId="2CAD45D4" w:rsidR="00933250" w:rsidRPr="005A452E" w:rsidRDefault="00933250" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ActualSpending5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending 5 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending 5 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="110" w:name="ActualSpending5"/>
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidR="00874D67" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A51DF4" w:rsidRPr="00A51DF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="110"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA033B" w14:paraId="0C52B76D" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="0085586B" w14:paraId="0C52B76D" w14:textId="77777777" w:rsidTr="00605A28">
         <w:trPr>
-          <w:trHeight w:val="1232"/>
+          <w:trHeight w:val="1061"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6E1E79A1" w14:textId="0A5A4ED2" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C67DA">
               <w:rPr>
@@ -18036,2555 +20743,5340 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="37161414" w14:textId="29ED2EA5" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="650D2352" w14:textId="18B6ED60" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="650D2352" w14:textId="60C10416" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00CC6CE0" w:rsidRPr="00CC6CE0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SubtotalProjectSpent"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="111" w:name="SubtotalProjectSpent"/>
+            <w:r w:rsidR="00CC6CE0" w:rsidRPr="00CC6CE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00CC6CE0" w:rsidRPr="00CC6CE0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CC6CE0" w:rsidRPr="00CC6CE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00CC6CE0" w:rsidRPr="00CC6CE0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00CC6CE0" w:rsidRPr="00CC6CE0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="111"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4410FBBF" w14:textId="42EE0BBB" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="4410FBBF" w14:textId="440C25E0" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00195B5A" w:rsidRPr="00195B5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SubtotalActualSpend1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending subtotal 1 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending subtotal 1 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="112" w:name="SubtotalActualSpend1"/>
+            <w:r w:rsidR="00195B5A" w:rsidRPr="00195B5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00195B5A" w:rsidRPr="00195B5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00195B5A" w:rsidRPr="00195B5A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00195B5A" w:rsidRPr="00195B5A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00195B5A" w:rsidRPr="00195B5A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="112"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A96AAFF" w14:textId="4144E165" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="5A96AAFF" w14:textId="258F65A6" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="612AE5F5" w14:textId="0A87BF14" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="612AE5F5" w14:textId="2A8E24C6" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00DE20B9" w:rsidRPr="00DE20B9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SubtotalActualSpend2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending subtotal 2 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending subtotal 2 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="113" w:name="SubtotalActualSpend2"/>
+            <w:r w:rsidR="00DE20B9" w:rsidRPr="00DE20B9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00DE20B9" w:rsidRPr="00DE20B9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00DE20B9" w:rsidRPr="00DE20B9">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00DE20B9" w:rsidRPr="00DE20B9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00DE20B9" w:rsidRPr="00DE20B9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="113"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45C4C25E" w14:textId="47CBBF94" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="45C4C25E" w14:textId="3E7F0BDC" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00F024B8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F024B8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00F024B8">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28616C3D" w14:textId="43313C90" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="28616C3D" w14:textId="1143A561" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D025EC" w:rsidRPr="00D025EC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SubtotalActualSpend3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending subtotal 3 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending subtotal 3 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="114" w:name="SubtotalActualSpend3"/>
+            <w:r w:rsidR="00D025EC" w:rsidRPr="00D025EC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D025EC" w:rsidRPr="00D025EC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D025EC" w:rsidRPr="00D025EC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00D025EC" w:rsidRPr="00D025EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D025EC" w:rsidRPr="00D025EC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="114"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C821CB4" w14:textId="52ED4A43" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="3C821CB4" w14:textId="2483EDE2" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="ProjectedSpending4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00F024B8" w:rsidRPr="00F024B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6693F63C" w14:textId="7446C008" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="6693F63C" w14:textId="6435C780" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D862E3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SubtotalActualSpend4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending subtotal 4 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending subtotal 4 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="115" w:name="SubtotalActualSpend4"/>
+            <w:r w:rsidR="00D862E3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D862E3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D862E3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00D862E3">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D862E3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="115"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="555A5BA0" w14:textId="5941EEFC" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="555A5BA0" w14:textId="19252D43" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A06CDF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SubProjectSpend4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected spending subtotal for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="116" w:name="SubProjectSpend4"/>
+            <w:r w:rsidR="00A06CDF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A06CDF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A06CDF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00A06CDF">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00A06CDF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="116"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0679DE53" w14:textId="517A31F5" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="00BA033B">
+          <w:p w14:paraId="0679DE53" w14:textId="11EFEF35" w:rsidR="00BA033B" w:rsidRPr="005A452E" w:rsidRDefault="00BA033B" w:rsidP="006523CB">
             <w:pPr>
-              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:spacing w:before="7" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D862E3" w:rsidRPr="00D862E3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="SubtotalActualSpend5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending subtotal 5 for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending subtotal 5 for 20XX]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending for 20XX]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="117" w:name="SubtotalActualSpend5"/>
+            <w:r w:rsidR="00D862E3" w:rsidRPr="00D862E3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D862E3" w:rsidRPr="00D862E3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D862E3" w:rsidRPr="00D862E3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A452E">
+            <w:r w:rsidR="00D862E3" w:rsidRPr="00D862E3">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending for 20XX]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00416B65">
+            <w:r w:rsidR="00D862E3" w:rsidRPr="00D862E3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="117"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="55"/>
-[...2 lines deleted...]
-        <w:spacing w:before="120" w:after="0"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p w14:paraId="2C544576" w14:textId="543D3F39" w:rsidR="00714328" w:rsidRPr="00A350A1" w:rsidRDefault="00714328" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="200"/>
         <w:ind w:left="-461"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Spend Plan Summary:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light-Accent1"/>
         <w:tblW w:w="13788" w:type="dxa"/>
         <w:tblInd w:w="-473" w:type="dxa"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Spend Plan Summary"/>
         <w:tblDescription w:val="A sample spend plan summary"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7139"/>
         <w:gridCol w:w="6649"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D152A5" w14:paraId="1CEDCA5E" w14:textId="7E29DEA3" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00D152A5" w14:paraId="1CEDCA5E" w14:textId="7E29DEA3" w:rsidTr="00605A28">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37F99B81" w14:textId="77777777" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00D152A5" w:rsidP="000C1F36">
             <w:pPr>
               <w:pStyle w:val="TableHeaders"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projected Total Advance Investment Payments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="274F0AE1" w14:textId="39D4DD34" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="0076323C" w:rsidP="006A5E68">
+          <w:p w14:paraId="274F0AE1" w14:textId="4C935876" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="0076323C" w:rsidP="006A5E68">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00F625F5" w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00037774" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text45"/>
+                  <w:name w:val="ProjectTotalAIP"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected total advance investment payments dollar amount]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected total advance investment payments dollar amount]"/>
                   <w:textInput>
                     <w:default w:val="[Enter projected total advance investment payments dollar amount]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="57" w:name="Text45"/>
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="118" w:name="ProjectTotalAIP"/>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00037774" w:rsidRPr="00416B65">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00037774">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter projected total advance investment payments dollar amount]</w:t>
             </w:r>
-            <w:r w:rsidR="00037774" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="118"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D152A5" w14:paraId="2232DD38" w14:textId="5D5FE777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00D152A5" w14:paraId="2232DD38" w14:textId="5D5FE777" w:rsidTr="00605A28">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69792913" w14:textId="77777777" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00D152A5" w:rsidP="000C1F36">
             <w:pPr>
               <w:pStyle w:val="TableHeaders"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Actual Spending</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="433F9E31" w14:textId="223759B3" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00EA4A07" w:rsidP="006A5E68">
+          <w:p w14:paraId="433F9E31" w14:textId="79F686F5" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00EA4A07" w:rsidP="006A5E68">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00F625F5" w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00262EDE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text46"/>
+                  <w:name w:val="ActualSpending"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter actual spending dollar amount]"/>
+                  <w:statusText w:type="text" w:val="[Enter actual spending dollar amount]"/>
                   <w:textInput>
                     <w:default w:val="[Enter actual spending dollar amount]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="58" w:name="Text46"/>
-            <w:r w:rsidR="00262EDE" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="119" w:name="ActualSpending"/>
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00262EDE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00262EDE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00262EDE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter actual spending dollar amount]</w:t>
             </w:r>
-            <w:r w:rsidR="00262EDE" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="119"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D152A5" w14:paraId="27BDF550" w14:textId="6104891A" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00D152A5" w14:paraId="27BDF550" w14:textId="6104891A" w:rsidTr="00605A28">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="145D6ED6" w14:textId="77777777" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00D152A5" w:rsidP="000C1F36">
             <w:pPr>
               <w:pStyle w:val="TableHeaders"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Future Projected Spending</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="060C9AB1" w14:textId="24BCA28F" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00EA4A07" w:rsidP="006A5E68">
+          <w:p w14:paraId="060C9AB1" w14:textId="0BB49C2C" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00EA4A07" w:rsidP="006A5E68">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00F625F5" w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F34641" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text47"/>
+                  <w:name w:val="FutureProjectedSpend"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter future projected spending dollar amount]"/>
+                  <w:statusText w:type="text" w:val="[Enter future projected spending dollar amount]"/>
                   <w:textInput>
                     <w:default w:val="[Enter future projected spending dollar amount]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="59" w:name="Text47"/>
-            <w:r w:rsidR="00F34641" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="120" w:name="FutureProjectedSpend"/>
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F34641" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F34641" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F34641" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter future projected spending dollar amount]</w:t>
             </w:r>
-            <w:r w:rsidR="00F34641" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="120"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D152A5" w14:paraId="4E57AEEC" w14:textId="0A1185A8" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="00D152A5" w14:paraId="4E57AEEC" w14:textId="0A1185A8" w:rsidTr="00605A28">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D78C59F" w14:textId="77777777" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00D152A5" w:rsidP="000C1F36">
             <w:pPr>
               <w:pStyle w:val="TableHeaders"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Remaining Funding to Allocate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4138A0" w14:textId="2BCC2A9D" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00EA4A07" w:rsidP="006A5E68">
+          <w:p w14:paraId="5D4138A0" w14:textId="4F56BBF7" w:rsidR="00D152A5" w:rsidRPr="005A452E" w:rsidRDefault="00EA4A07" w:rsidP="006A5E68">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00F625F5" w:rsidRPr="005A452E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00447D70" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text48"/>
+                  <w:name w:val="RemainingFunding"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter remaining funding to allocate dollar amount]"/>
+                  <w:statusText w:type="text" w:val="[Enter remaining funding to allocate dollar amount]"/>
                   <w:textInput>
                     <w:default w:val="[Enter remaining funding to allocate dollar amount]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="60" w:name="Text48"/>
-            <w:r w:rsidR="00447D70" w:rsidRPr="005A452E">
+            <w:bookmarkStart w:id="121" w:name="RemainingFunding"/>
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00447D70" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00447D70" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00447D70" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Enter remaining funding to allocate dollar amount]</w:t>
             </w:r>
-            <w:r w:rsidR="00447D70" w:rsidRPr="005A452E">
+            <w:r w:rsidR="00231DAE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="121"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D66D8" w14:paraId="4CE196D3" w14:textId="77777777" w:rsidTr="00AE2C9D">
+      <w:tr w:rsidR="007D66D8" w14:paraId="4CE196D3" w14:textId="77777777" w:rsidTr="00605A28">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
           </w:tcPr>
           <w:p w14:paraId="3EBD079C" w14:textId="183ACA98" w:rsidR="00D61D23" w:rsidRPr="005A452E" w:rsidRDefault="00B972A8" w:rsidP="000C1F36">
             <w:pPr>
               <w:pStyle w:val="TableHeaders"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Advance Investment Payments Received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74D9B566" w14:textId="730646F0" w:rsidR="00D61D23" w:rsidRPr="005A452E" w:rsidRDefault="00B972A8" w:rsidP="006A5E68">
+          <w:p w14:paraId="74D9B566" w14:textId="0DB7A7D5" w:rsidR="00D61D23" w:rsidRPr="005A452E" w:rsidRDefault="00B972A8" w:rsidP="006A5E68">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
-            <w:r w:rsidR="001959C4" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="AIPReceived"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter total advance investment payments received from CMS as of most recent payment]"/>
+                  <w:statusText w:type="text" w:val="[Enter total advance investment payments received from CMS as of most recent payment]"/>
                   <w:textInput>
                     <w:default w:val="[Enter total advance investment payments received from CMS as of most recent payment]"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="001959C4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="122" w:name="AIPReceived"/>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>[Enter total advance investment payments received from CMS as of most recent payment]</w:t>
             </w:r>
-            <w:r w:rsidR="001959C4" w:rsidRPr="00416B65">
+            <w:r w:rsidR="00231DAE" w:rsidRPr="00231DAE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="122"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="373BE7A6" w14:textId="591D6D3D" w:rsidR="00DC7CEA" w:rsidRDefault="00714328" w:rsidP="001C1DD5">
+    <w:p w14:paraId="373BE7A6" w14:textId="723F8FC8" w:rsidR="00DC7CEA" w:rsidRDefault="00714328" w:rsidP="00341FB2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="240"/>
+        <w:spacing w:before="120" w:after="200"/>
         <w:ind w:left="-461"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00DC7CEA" w:rsidSect="009D7E34">
-          <w:headerReference w:type="even" r:id="rId37"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId39"/>
+          <w:headerReference w:type="even" r:id="rId51"/>
+          <w:headerReference w:type="default" r:id="rId52"/>
+          <w:headerReference w:type="first" r:id="rId53"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="749" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="1DF6B1CA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Our ACO has established a separate designated account for the deposit and expenditure of all advance investment payments in accordance with 42 CFR </w:t>
       </w:r>
       <w:r w:rsidR="009612D2" w:rsidRPr="009612D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="009612D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1DF6B1CA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>425.630(e)(4).</w:t>
       </w:r>
-      <w:sdt>
-[...13 lines deleted...]
-            <w:sdtPr>
+    </w:p>
+    <w:p w14:paraId="7C6A5B80" w14:textId="162BB768" w:rsidR="00E76846" w:rsidRDefault="00E76846" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="-461"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Prepaid Shared Savings (PSS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED227A0" w14:textId="645D60C2" w:rsidR="00E76846" w:rsidRDefault="00231DAE" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="-461"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="PSSInfo"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:helpText w:type="text" w:val="[Copy PSS information from your downloaded spend plan available in ACO-MS, and the language below, and paste in the standardized format provided below.]"/>
+            <w:statusText w:type="text" w:val="[Copy PSS info from your downloaded spend plan in ACO-MS, and the language below, and paste in the standardized format provided below.]"/>
+            <w:textInput>
+              <w:default w:val="[Copy information from your downloaded spend plan available in ACO-MS, and the language below, and paste in the standardized format provided below.]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="123" w:name="PSSInfo"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>[Copy information from your downloaded spend plan available in ACO-MS, and the language below, and paste in the standardized format provided below.]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
+    </w:p>
+    <w:p w14:paraId="0F470EED" w14:textId="37732BF1" w:rsidR="00E76846" w:rsidRPr="001C1DD5" w:rsidRDefault="00E76846" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="-461"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C1DD5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>In accordance with 42 CFR § 425.6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1DD5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0(i)(1), an ACO must publicly report information about the ACO's use of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE401A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>prepaid shared savings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1DD5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for each performance year, as set forth in 42 CFR § 425.308(b)(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0CBF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1DD5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC25B3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Any p</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0CBF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>repaid shared savings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1DD5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used for expenses other than allowable uses under </w:t>
+      </w:r>
+      <w:r w:rsidR="007A0931">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C1DD5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>42 CFR § 425.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0CBF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1DD5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>0(e)(1) are subject to compliance action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34145FDB" w14:textId="77777777" w:rsidR="00E76846" w:rsidRPr="00A350A1" w:rsidRDefault="000064AA" w:rsidP="00341FB2">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="-461"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00210398">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2AC2EC51" wp14:editId="12F0A064">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>1539985</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="margin">
+                  <wp:posOffset>2122827</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5865495" cy="2513965"/>
+                <wp:effectExtent l="0" t="1447800" r="0" b="1105535"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1214909251" name="Text Box 1214909251">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm rot="18900000">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5865495" cy="2513965"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="436402F4" w14:textId="77777777" w:rsidR="000064AA" w:rsidRDefault="000064AA" w:rsidP="000064AA">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:color w:val="C0C0C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="C0C0C0">
+                                      <w14:alpha w14:val="50000"/>
+                                    </w14:srgbClr>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:color w:val="C0C0C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="C0C0C0">
+                                      <w14:alpha w14:val="50000"/>
+                                    </w14:srgbClr>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>SAMPLE</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
+                        <a:prstTxWarp prst="textPlain">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 50000"/>
+                          </a:avLst>
+                        </a:prstTxWarp>
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2AC2EC51" id="Text Box 1214909251" o:spid="_x0000_s1027" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;margin-left:121.25pt;margin-top:167.15pt;width:461.85pt;height:197.95pt;rotation:-45;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPZ/Lu9gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGkhVRs1XZVdlsvC&#10;rrRFe3ZtpwnEHjN2m/TvGbvZFsENkYOVjO037715Wd0MpmNHjb4FW/HpJOdMWwmqtfuKf9vev1tw&#10;5oOwSnRgdcVP2vOb9ds3q96VegYNdEojIxDry95VvAnBlVnmZaON8BNw2tJmDWhEoE/cZwpFT+im&#10;y2Z5Ps96QOUQpPaeqnfnTb5O+HWtZXisa68D6ypO3EJaMa27uGbrlSj3KFzTypGG+AcWRrSWml6g&#10;7kQQ7IDtX1CmlQge6jCRYDKo61bqpIHUTPM/1Dw3wumkhczx7mKT/3+w8uvx2T0hC8NHGGiASYR3&#10;DyB/eGbhthF2rzeI0DdaKGo85Zdyorc9ORprqm71ED6pljyeRl+z3vlyxI/z8KWPnXb9F1B0RRwC&#10;pG5DjYYhxGuLZR6fVCZvGDGioZ0ug6IGTFKxWMyLD8uCM0l7s2L6fjkvUktRRrQ4CIc+fNZgWHyp&#10;OFISEqw4PvgQ2V2PjFQjuzPPMOwG1qpRR2S+A3Ui7j0FpeL+50GgJh8O5hYoVyS+RjAvlMQNJvWv&#10;BLbDi0A3UgjE/ql7DUrikRKjmBUmGqK+E5DpKH9H0bEiOXFmOh4eOZ9R413vNuTifZsEXXmOgigy&#10;SecY75jJ37/TqetPuP4FAAD//wMAUEsDBBQABgAIAAAAIQDUbv9s4AAAAAwBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFOnBBTiVIiIQ49tEWc33iYBex1ip0n5etwTPa7maeZt&#10;sZ6tYSccfOdIwnKRAEOqne6okfCxf394BuaDIq2MI5RwRg/r8vamULl2E23xtAsNiyXkcyWhDaHP&#10;Ofd1i1b5heuRYnZ0g1UhnkPD9aCmWG4NF0mScas6igut6vGtxfp7N1oJ+vd47tNp2m8222r8MV1V&#10;4eeXlPd38+sLsIBz+Ifhoh/VoYxOBzeS9sxIECvxGFEJabpKgV2IZZYJYAcJT2kigJcFv36i/AMA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPZ/Lu9gEAAMwDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUbv9s4AAAAAwBAAAPAAAAAAAAAAAAAAAA&#10;AFAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
+                <v:stroke joinstyle="round"/>
+                <o:lock v:ext="edit" shapetype="t"/>
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="436402F4" w14:textId="77777777" w:rsidR="000064AA" w:rsidRDefault="000064AA" w:rsidP="000064AA">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="C0C0C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="C0C0C0">
+                                <w14:alpha w14:val="50000"/>
+                              </w14:srgbClr>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="C0C0C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="C0C0C0">
+                                <w14:alpha w14:val="50000"/>
+                              </w14:srgbClr>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>SAMPLE</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin" anchory="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00E76846" w:rsidRPr="38084E0F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Spend Plan:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGridLight"/>
+        <w:tblW w:w="14316" w:type="dxa"/>
+        <w:tblInd w:w="-461" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Advance Investment Payments (AIP)"/>
+        <w:tblDescription w:val="A sample spend plan table"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2009"/>
+        <w:gridCol w:w="1595"/>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="1997"/>
+        <w:gridCol w:w="2475"/>
+        <w:gridCol w:w="2280"/>
+        <w:gridCol w:w="2160"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F366A" w14:paraId="4E725C7C" w14:textId="77777777" w:rsidTr="00605A28">
+        <w:trPr>
+          <w:trHeight w:val="730"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAE3286" w14:textId="77777777" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-      </w:sdt>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C67DA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Payment Use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11D4E99E" w14:textId="77777777" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C67DA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>General Spend Category</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="301308F3" w14:textId="77777777" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C67DA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>General Spend Subcategory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="654B0EBE" w14:textId="77777777" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="008E028F" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Beneficiary Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B817F45" w14:textId="77777777" w:rsidR="00EE4323" w:rsidRPr="00A350A1" w:rsidRDefault="008E028F" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cost Sharing Support (Part B Service(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7563D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01FC314B" w14:textId="0FE14C4F" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C67DA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Projected Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSProjectedSpend"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the PPS's projected spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the PSS's projected spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="124" w:name="PSSProjectedSpend"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="124"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42FBB8B4" w14:textId="67634C8B" w:rsidR="00EE4323" w:rsidRPr="00A350A1" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C67DA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Actual Spending 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSActualSpending"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="Enter last two digits of year for the PSS's actual spending"/>
+                  <w:statusText w:type="text" w:val="Enter last two digits of year for the PSS's actual spending"/>
+                  <w:textInput>
+                    <w:default w:val="[XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="125" w:name="PSSActualSpending"/>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="00315F33">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="125"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D05CA" w14:paraId="518D8CF1" w14:textId="77777777" w:rsidTr="00541964">
+        <w:trPr>
+          <w:trHeight w:val="1013"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16277876" w14:textId="4F7515AE" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00AC35C4" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSPaymentUse"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter PSS payment use]"/>
+                  <w:statusText w:type="text" w:val="[Enter PSS payment use]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter payment use]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="126" w:name="PSSPaymentUse"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter payment use]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="126"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0344F2EE" w14:textId="1C35195B" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="005327EF" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSSpendCategory"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter PSS general spend category]"/>
+                  <w:statusText w:type="text" w:val="[Enter PSS general spend category]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter general spend category]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="127" w:name="PSSSpendCategory"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter general spend category]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="127"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07284073" w14:textId="39334E09" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="005327EF" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSSpendSubcategory"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter PSS general spend subcategory]"/>
+                  <w:statusText w:type="text" w:val="[Enter PSS general spend subcategory]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter general spend subcategory]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="128" w:name="PSSSpendSubcategory"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter general spend subcategory]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="128"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3D20CC" w14:textId="26A99C18" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="005327EF" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="BeneficiaryGroup"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter beneficiary group (if applicable)]"/>
+                  <w:statusText w:type="text" w:val="[Enter beneficiary group (if applicable)]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter beneficiary group (if applicable)]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="129" w:name="BeneficiaryGroup"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter beneficiary group (if applicable)]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="129"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1FF23C" w14:textId="69842391" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CostSharingSupport"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter Part B Service(s) Subsidized by Cost Sharing Support (if applicable)]"/>
+                  <w:statusText w:type="text" w:val="[Enter Part B Service(s) Subsidized by Cost Sharing Support (if applicable)]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter Part B Service(s) Subsidized by Cost Sharing Support (if applicable)]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="130" w:name="CostSharingSupport"/>
+            <w:r w:rsidR="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005327EF">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter Part B Service(s) Subsidized by Cost Sharing Support (if applicable)]</w:t>
+            </w:r>
+            <w:r w:rsidR="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="130"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="369CEB56" w14:textId="0C35A295" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="005327EF" w:rsidRPr="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSProjectedSpending"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter PSS projected spending for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter PSS projected spending for 20XX]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter projected spending for 20XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="131" w:name="PSSProjectedSpending"/>
+            <w:r w:rsidR="005327EF" w:rsidRPr="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005327EF" w:rsidRPr="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005327EF" w:rsidRPr="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005327EF" w:rsidRPr="005327EF">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter projected spending for 20XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="005327EF" w:rsidRPr="005327EF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="131"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFD03F4" w14:textId="4D1F2CFB" w:rsidR="00EE4323" w:rsidRPr="005A452E" w:rsidRDefault="00EE4323" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSActualSpending"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter PSS actual spending for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter PSS actual spending for 20XX]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter actual spending for 20XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter actual spending for 20XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008414B1" w14:paraId="0A58CFA9" w14:textId="77777777" w:rsidTr="00574D06">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7BB4F7" w14:textId="0C5713E0" w:rsidR="008414B1" w:rsidRPr="005A452E" w:rsidRDefault="008414B1" w:rsidP="00574D06">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C67DA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Subtotals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10DA41A6" w14:textId="77777777" w:rsidR="008414B1" w:rsidRPr="005A452E" w:rsidRDefault="008414B1" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20152F95" w14:textId="77777777" w:rsidR="008414B1" w:rsidRPr="005A452E" w:rsidRDefault="008414B1" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67CF3C65" w14:textId="77777777" w:rsidR="008414B1" w:rsidRPr="00F20675" w:rsidRDefault="008414B1" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="144CE3A8" w14:textId="77777777" w:rsidR="008414B1" w:rsidRPr="005A452E" w:rsidRDefault="008414B1" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64C66C43" w14:textId="1F87427B" w:rsidR="008414B1" w:rsidRPr="005A452E" w:rsidRDefault="008414B1" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="005603E5" w:rsidRPr="005603E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSSubProjectedSpend"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter PSS projected spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter PSS projected spending subtotal for 20XX]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter projected spending for 20XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="132" w:name="PSSSubProjectedSpend"/>
+            <w:r w:rsidR="005603E5" w:rsidRPr="005603E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005603E5" w:rsidRPr="005603E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005603E5" w:rsidRPr="005603E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005603E5" w:rsidRPr="005603E5">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter projected spending for 20XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="005603E5" w:rsidRPr="005603E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="132"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B342414" w14:textId="4A5F8821" w:rsidR="008414B1" w:rsidRPr="005A452E" w:rsidRDefault="008414B1" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSSubActualSpending"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter PSS actual spending subtotal for 20XX]"/>
+                  <w:statusText w:type="text" w:val="[Enter PSS actual spending subtotal for 20XX]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter actual spending for 20XX]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="133" w:name="PSSSubActualSpending"/>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter actual spending for 20XX]</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="133"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00965EDD" w14:paraId="7C382031" w14:textId="77777777" w:rsidTr="00574D06">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48242165" w14:textId="7C3D8098" w:rsidR="00965EDD" w:rsidRPr="008C67DA" w:rsidRDefault="00965EDD" w:rsidP="00574D06">
+            <w:pPr>
+              <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Percentage of Spend on Direct Beneficiary Services (Must be No Less Than 50%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D21F676" w14:textId="77777777" w:rsidR="00965EDD" w:rsidRPr="005A452E" w:rsidRDefault="00965EDD" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AF8CD62" w14:textId="77777777" w:rsidR="00965EDD" w:rsidRPr="005A452E" w:rsidRDefault="00965EDD" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05EBEB24" w14:textId="77777777" w:rsidR="00965EDD" w:rsidRPr="00F20675" w:rsidRDefault="00965EDD" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46A882F1" w14:textId="77777777" w:rsidR="00965EDD" w:rsidRPr="005A452E" w:rsidRDefault="00965EDD" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49B4409A" w14:textId="377F0091" w:rsidR="00965EDD" w:rsidRPr="005A452E" w:rsidRDefault="005D5F0D" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PercentProjectSpend"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter percetange of projected spend on direct beneficiary services]"/>
+                  <w:statusText w:type="text" w:val="[Enter percetange of projected spend on direct beneficiary services]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter percetange of projected spend on direct beneficiary services]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="134" w:name="PercentProjectSpend"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter percetange of projected spend on direct beneficiary services]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="134"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="231F20C0" w14:textId="0F4E23CE" w:rsidR="00965EDD" w:rsidRPr="005A452E" w:rsidRDefault="005D5F0D" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PercentActualSpend"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter percetange of actual spend on direct beneficiary services]"/>
+                  <w:statusText w:type="text" w:val="[Enter percetange of actual spend on direct beneficiary services]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter percetange of actual spend on direct beneficiary services]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="135" w:name="PercentActualSpend"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter percetange of actual spend on direct beneficiary services]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="135"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="02239D2D" w14:textId="77777777" w:rsidR="00E76846" w:rsidRPr="00A350A1" w:rsidRDefault="00E76846" w:rsidP="008B5D9C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="200"/>
+        <w:ind w:left="-461"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="38084E0F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Spend Plan Summary:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F5B404C" w14:textId="2B233857" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="00B006C1">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable1Light-Accent1"/>
+        <w:tblW w:w="13788" w:type="dxa"/>
+        <w:tblInd w:w="-473" w:type="dxa"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Spend Plan Summary"/>
+        <w:tblDescription w:val="A sample spend plan summary"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7312"/>
+        <w:gridCol w:w="6476"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E76846" w14:paraId="44CFBE9C" w14:textId="77777777" w:rsidTr="00605A28">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B517D86" w14:textId="77777777" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="00E76846" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableHeaders"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projected Total </w:t>
+            </w:r>
+            <w:r w:rsidR="003B42D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Maximum Prepaid Shared Savings Amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70493DAB" w14:textId="1C8EFE81" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="00E76846" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSProjectedMax"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter projected total maximum prepaid shared savings dollar amount]"/>
+                  <w:statusText w:type="text" w:val="[Enter projected total maximum prepaid shared savings dollar amount]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter projected total maximum prepaid shared savings dollar amount]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="136" w:name="PSSProjectedMax"/>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter projected total maximum prepaid shared savings dollar amount]</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="136"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76846" w14:paraId="7F4D355F" w14:textId="77777777" w:rsidTr="00605A28">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70D03951" w14:textId="77777777" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="003B42D3" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableHeaders"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ACO Selected Projected Total Prepaid Shared Savings Amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F33BFAC" w14:textId="14069604" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="00E76846" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSProjectedTotal"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter selected projected total prepaid shared savings dollar amount]"/>
+                  <w:statusText w:type="text" w:val="[Enter selected projected total prepaid shared savings dollar amount]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter selected projected total prepaid shared savings dollar amount]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="137" w:name="PSSProjectedTotal"/>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter selected projected total prepaid shared savings dollar amount]</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="137"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76846" w14:paraId="281AB56F" w14:textId="77777777" w:rsidTr="00605A28">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50058282" w14:textId="77777777" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="00E76846" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableHeaders"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remaining </w:t>
+            </w:r>
+            <w:r w:rsidR="009B078A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Selected </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Funding to Allocate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6C9EF2" w14:textId="2C896722" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="00E76846" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A452E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSRemainingFunds"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter remaining funding to allocate dollar amount]"/>
+                  <w:statusText w:type="text" w:val="[Enter remaining funding to allocate dollar amount]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter remaining funding to allocate dollar amount]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="138" w:name="PSSRemainingFunds"/>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter remaining funding to allocate dollar amount]</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="138"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76846" w14:paraId="60E42095" w14:textId="77777777" w:rsidTr="00605A28">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AF1F32" w14:textId="77777777" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="00A3316A" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableHeaders"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prepaid Shared Savings</w:t>
+            </w:r>
+            <w:r w:rsidR="00E76846">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Received</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="104C79AA" w14:textId="3FD832A7" w:rsidR="00E76846" w:rsidRPr="005A452E" w:rsidRDefault="00E76846" w:rsidP="00156F8D">
+            <w:pPr>
+              <w:pStyle w:val="TableText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$ </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="PSSReceived"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="[Enter total prepaid shared savings from CMS as of most recent payment]"/>
+                  <w:statusText w:type="text" w:val="[Enter total prepaid shared savings from CMS as of most recent payment]"/>
+                  <w:textInput>
+                    <w:default w:val="[Enter total prepaid shared savings from CMS as of most recent payment]"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="139" w:name="PSSReceived"/>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Enter total prepaid shared savings from CMS as of most recent payment]</w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F0D">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="139"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7CCDB84C" w14:textId="77777777" w:rsidR="00E76846" w:rsidRDefault="00E76846" w:rsidP="00B006C1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:sectPr w:rsidR="00E76846" w:rsidSect="00F20675">
+          <w:headerReference w:type="even" r:id="rId54"/>
+          <w:headerReference w:type="default" r:id="rId55"/>
+          <w:headerReference w:type="first" r:id="rId56"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="749" w:footer="288" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F5B404C" w14:textId="2B233857" w:rsidR="00524A7C" w:rsidRPr="007755D1" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="200"/>
       </w:pPr>
       <w:r w:rsidRPr="007755D1">
         <w:lastRenderedPageBreak/>
         <w:t>Fraud and Abuse Waivers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABEA7DC" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="1ABEA7DC" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="141"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="61" w:name="_Hlk76028805"/>
+        <w:spacing w:before="141" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="_Hlk76028805"/>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Pre-Participation Waiver</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3A6D54" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="1F3A6D54" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="141"/>
+        <w:spacing w:before="141" w:after="200"/>
         <w:ind w:left="461" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The following information describes each arrangement for which our ACO seeks protection under the </w:t>
       </w:r>
       <w:r w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Pre-Participation Waiver</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, including any material amendment or modification to a disclosed arrangement. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="_Hlk76028888"/>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkStart w:id="141" w:name="_Hlk76028888"/>
+      <w:bookmarkEnd w:id="140"/>
     </w:p>
-    <w:p w14:paraId="1F80F128" w14:textId="025FE436" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="1F80F128" w14:textId="413F5886" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="00E41246">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
+          <w:tab w:val="right" w:pos="10224"/>
         </w:tabs>
-        <w:spacing w:before="141"/>
+        <w:spacing w:before="141" w:after="200"/>
         <w:ind w:left="461" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For each arrangement, provide the following information</w:t>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="_Hlk76028691"/>
+      <w:bookmarkStart w:id="142" w:name="_Hlk76028691"/>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:r w:rsidR="005D17DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="30B04381" w14:textId="659A6752" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="30B04381" w14:textId="16937CC4" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parties to the arrangement:</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="007764EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text33"/>
+            <w:name w:val="PrePartParties"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter parties to the arrangement"/>
-            <w:statusText w:type="text" w:val="Enter parties to the arrangement"/>
+            <w:helpText w:type="text" w:val="Enter pre-participation parties to the arrangement"/>
+            <w:statusText w:type="text" w:val="Enter pre-participation parties to the arrangement"/>
             <w:textInput>
               <w:default w:val="[Enter parties to the arrangement]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="143" w:name="PrePartParties"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter parties to the arrangement]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="143"/>
     </w:p>
-    <w:p w14:paraId="751A79A3" w14:textId="6F7A9B97" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="751A79A3" w14:textId="53646FFF" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of arrangement: </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text34"/>
+            <w:name w:val="PrePartDate"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter date of arrangement in the format XX/XX/XXXX"/>
-            <w:statusText w:type="text" w:val="Enter date of arrangement in the format XX/XX/XXXX"/>
+            <w:helpText w:type="text" w:val="Enter date of pre-particpation arrangement in the format XX/XX/XXXX"/>
+            <w:statusText w:type="text" w:val="Enter date of pre-particpation arrangement in the format XX/XX/XXXX"/>
             <w:textInput>
               <w:default w:val="[Enter date of arrangement in the format XX/XX/XXXX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="144" w:name="PrePartDate"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter date of arrangement in the format XX/XX/XXXX]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="144"/>
     </w:p>
-    <w:p w14:paraId="13B950E3" w14:textId="4DAFE8CA" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="13B950E3" w14:textId="2A2EF97F" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Items, services, goods, or facility provided: </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text35"/>
+            <w:name w:val="PrePartProvisions"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter items, services, goods, or facility provided"/>
-            <w:statusText w:type="text" w:val="Enter items, services, goods, or facility provided"/>
+            <w:helpText w:type="text" w:val="Enter items, services, goods, or facility provided for pre-participation"/>
+            <w:statusText w:type="text" w:val="Enter items, services, goods, or facility provided for pre-participation"/>
             <w:textInput>
               <w:default w:val="[Enter items, services, goods, or facility provided]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="145" w:name="PrePartProvisions"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter items, services, goods, or facility provided]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="145"/>
     </w:p>
-    <w:p w14:paraId="01868997" w14:textId="56BBBBFF" w:rsidR="00226055" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00B70AE5">
+    <w:p w14:paraId="6486DD93" w14:textId="5F779241" w:rsidR="008778E3" w:rsidRPr="00E81DB2" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date and nature of any amendments to the arrangement, if applicable:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="142"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text36"/>
+            <w:name w:val="PrePartAmendDate"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter date in the format XX/XX/XXXX"/>
-            <w:statusText w:type="text" w:val="Enter date in the format XX/XX/XXXX"/>
+            <w:helpText w:type="text" w:val="Enter pre-participation amendment date in the format XX/XX/XXXX"/>
+            <w:statusText w:type="text" w:val="Enter pre-participation amendment date in the format XX/XX/XXXX"/>
             <w:textInput>
               <w:default w:val="[Enter date in the format XX/XX/XXXX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="146" w:name="PrePartAmendDate"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter date in the format XX/XX/XXXX]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="146"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text37"/>
+            <w:name w:val="PrePartAmendNature"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter the nature of any amendments to the arrangement"/>
-            <w:statusText w:type="text" w:val="Enter the nature of any amendments to the arrangement"/>
+            <w:helpText w:type="text" w:val="Enter the nature of any amendments to the pre-participation arrangement"/>
+            <w:statusText w:type="text" w:val="Enter the nature of any amendments to the pre-participation arrangement"/>
             <w:textInput>
               <w:default w:val="[Enter the nature of any amendments to the arrangement]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="147" w:name="PrePartAmendNature"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter the nature of any amendments to the arrangement]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="147"/>
     </w:p>
-    <w:p w14:paraId="6486DD93" w14:textId="77777777" w:rsidR="008778E3" w:rsidRPr="008D2B89" w:rsidRDefault="008778E3" w:rsidP="00B70AE5">
-[...10 lines deleted...]
-    <w:p w14:paraId="6886E757" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:bookmarkEnd w:id="141"/>
+    <w:p w14:paraId="6886E757" w14:textId="77777777" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="141"/>
+        <w:spacing w:before="141" w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Participation Waiver</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A65DA23" w14:textId="78A6731C" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="1A65DA23" w14:textId="78A6731C" w:rsidR="00524A7C" w:rsidRPr="00F02B9B" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="141"/>
+        <w:spacing w:before="141" w:after="200"/>
         <w:ind w:left="461" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The following information describes each arrangement for which our ACO seeks protection under the </w:t>
       </w:r>
       <w:r w:rsidRPr="38084E0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACO Participation Waiver</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, including any material amendment or modification to a disclosed arrangement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506E28E9" w14:textId="4DAF4F7A" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="00524A7C">
+    <w:p w14:paraId="506E28E9" w14:textId="4DAF4F7A" w:rsidR="00524A7C" w:rsidRPr="008D2B89" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:before="141"/>
+        <w:spacing w:before="141" w:after="200"/>
         <w:ind w:left="461" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02B9B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For each arrangement, provide the following information: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D245554" w14:textId="5D3FA4D7" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="2D245554" w14:textId="7A60B60C" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parties to the arrangement: </w:t>
       </w:r>
-      <w:r w:rsidR="00E04854" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text38"/>
+            <w:name w:val="ParticipationParties"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter parties to the arrangement"/>
-            <w:statusText w:type="text" w:val="Enter parties to the arrangement"/>
+            <w:helpText w:type="text" w:val="Enter parties to the arrangement for the participation waiver"/>
+            <w:statusText w:type="text" w:val="Enter parties to the arrangement for the participation waiver"/>
             <w:textInput>
               <w:default w:val="[Enter parties to the arrangement]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="Text38"/>
-      <w:r w:rsidR="00E04854" w:rsidRPr="001C6C24">
+      <w:bookmarkStart w:id="148" w:name="ParticipationParties"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E04854" w:rsidRPr="00416B65">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E04854" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E04854" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter parties to the arrangement]</w:t>
       </w:r>
-      <w:r w:rsidR="00E04854" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="148"/>
     </w:p>
-    <w:p w14:paraId="65EA3375" w14:textId="085A8A86" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="65EA3375" w14:textId="3ECC1670" w:rsidR="00524A7C" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of arrangement: </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text39"/>
+            <w:name w:val="ParticipationDate"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter date of arrangement in the format XX/XX/XXXX"/>
-            <w:statusText w:type="text" w:val="Enter date of arrangement in the format XX/XX/XXXX"/>
+            <w:helpText w:type="text" w:val="Enter date of participation arrangement in the format XX/XX/XXXX"/>
+            <w:statusText w:type="text" w:val="Enter date of participation arrangement in the format XX/XX/XXXX"/>
             <w:textInput>
               <w:default w:val="[Enter date of arrangement in the format XX/XX/XXXX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="149" w:name="ParticipationDate"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter date of arrangement in the format XX/XX/XXXX]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="149"/>
     </w:p>
-    <w:p w14:paraId="1621E6C0" w14:textId="7BD75629" w:rsidR="00166FB8" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00135B45">
+    <w:p w14:paraId="1621E6C0" w14:textId="688C5DC8" w:rsidR="00166FB8" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Items, services, goods, or facility provided: </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text40"/>
+            <w:name w:val="PartipationProvision"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter items, services, goods, or facility provided"/>
-            <w:statusText w:type="text" w:val="Enter items, services, goods, or facility provided"/>
+            <w:helpText w:type="text" w:val="Enter items, services, goods, or facility provided for the participation waiver"/>
+            <w:statusText w:type="text" w:val="Enter items, services, goods, or facility provided for the participation waiver"/>
             <w:textInput>
               <w:default w:val="[Enter items, services, goods, or facility provided]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="150" w:name="PartipationProvision"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter items, services, goods, or facility provided]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="150"/>
     </w:p>
-    <w:p w14:paraId="78650671" w14:textId="1D514503" w:rsidR="001F05EC" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="00166FB8">
+    <w:p w14:paraId="78650671" w14:textId="6504DB53" w:rsidR="001F05EC" w:rsidRPr="001C6C24" w:rsidRDefault="00524A7C" w:rsidP="008B5D9C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:spacing w:after="200" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="821"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Date and nature of any amendments to the arrangement, if applicable: </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text41"/>
+            <w:name w:val="PartAmendDate"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter date in the format XX/XX/XXXX"/>
-            <w:statusText w:type="text" w:val="Enter date in the format XX/XX/XXXX"/>
+            <w:helpText w:type="text" w:val="Enter date in the format XX/XX/XXXX for the participation waiver"/>
+            <w:statusText w:type="text" w:val="Enter date in the format XX/XX/XXXX for the participation waiver"/>
             <w:textInput>
               <w:default w:val="[Enter date in the format XX/XX/XXXX]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="151" w:name="PartAmendDate"/>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter date in the format XX/XX/XXXX]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="005D5F0D" w:rsidRPr="005D5F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="151"/>
       <w:r w:rsidRPr="001C6C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C7127D" w:rsidRPr="00C7127D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text42"/>
+            <w:name w:val="PartAmendNature"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="Enter the nature of any amendments to the arrangement"/>
-            <w:statusText w:type="text" w:val="Enter the nature of any amendments to the arrangement"/>
+            <w:helpText w:type="text" w:val="Enter the nature of any amendments to the arrangement for the participation waiver"/>
+            <w:statusText w:type="text" w:val="Enter the nature of any amendments to the arrangement for the participation waiver"/>
             <w:textInput>
               <w:default w:val="[Enter the nature of any amendments to the arrangement]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
-[...20 lines deleted...]
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:bookmarkStart w:id="152" w:name="PartAmendNature"/>
+      <w:r w:rsidR="00C7127D" w:rsidRPr="00C7127D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C7127D" w:rsidRPr="00C7127D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C7127D" w:rsidRPr="00C7127D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="001C6C24">
+      <w:r w:rsidR="00C7127D" w:rsidRPr="00C7127D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Enter the nature of any amendments to the arrangement]</w:t>
       </w:r>
-      <w:r w:rsidR="00181CC7" w:rsidRPr="00416B65">
+      <w:r w:rsidR="00C7127D" w:rsidRPr="00C7127D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="152"/>
     </w:p>
-    <w:sectPr w:rsidR="001F05EC" w:rsidRPr="001C6C24" w:rsidSect="009D7E34">
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId42"/>
+    <w:sectPr w:rsidR="001F05EC" w:rsidRPr="001C6C24" w:rsidSect="00637BE5">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="749" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="526B8614" w14:textId="77777777" w:rsidR="000F2A42" w:rsidRDefault="000F2A42" w:rsidP="00E82CBC">
+    <w:p w14:paraId="3451FB78" w14:textId="77777777" w:rsidR="00FA5B16" w:rsidRDefault="00FA5B16" w:rsidP="00E82CBC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6056BAF5" w14:textId="77777777" w:rsidR="000F2A42" w:rsidRDefault="000F2A42" w:rsidP="00E82CBC">
+    <w:p w14:paraId="68540B3A" w14:textId="77777777" w:rsidR="00FA5B16" w:rsidRDefault="00FA5B16" w:rsidP="00E82CBC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="49FB5581" w14:textId="77777777" w:rsidR="000F2A42" w:rsidRDefault="000F2A42"/>
+    <w:p w14:paraId="537A34B3" w14:textId="77777777" w:rsidR="00FA5B16" w:rsidRDefault="00FA5B16"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -20599,128 +26091,109 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans Std">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans Std Light">
-    <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-    <w:notTrueType/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-  </w:font>
-[...14 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
-[...5 lines deleted...]
-    <w:panose1 w:val="020B0402040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="@Yu Gothic UI Light">
-    <w:charset w:val="80"/>
+  <w:font w:name="Bahnschrift Light SemiCondensed">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="0A0E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26060C5D" w14:textId="77777777" w:rsidR="00FD4D43" w:rsidRDefault="00FD4D43">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-472755497"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="642DCC5E" w14:textId="1C5487C7" w:rsidR="009612C2" w:rsidRDefault="009612C2">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -20729,454 +26202,505 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="32DD3616" w14:textId="77777777" w:rsidR="00696099" w:rsidRDefault="00696099" w:rsidP="008D2B89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5185C97B" w14:textId="77777777" w:rsidR="007C1C9E" w:rsidRPr="0080554F" w:rsidRDefault="007C1C9E" w:rsidP="007C1C9E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="29D822B3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Disclaimer: The contents of this document do not have the force and effect of law and are not meant to bind the public in any way, unless specifically incorporated into a contract. This document is intended only to provide clarity to the public regarding existing requirements under the law. This communication material was prepared as a service to the public and is not intended to grant rights or impose obligations. It may contain references or links to statutes, regulations, or other policy materials. The information provided is only intended to be a general summary. It is not intended to take the place of either the written law or regulations. We encourage readers to review the specific statutes, regulations, and other interpretive materials for a full and accurate statement of its contents.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="295C35B9" w14:textId="77777777" w:rsidR="007C1C9E" w:rsidRDefault="007C1C9E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="501CA772" w14:textId="77777777" w:rsidR="000F2A42" w:rsidRDefault="000F2A42" w:rsidP="00E82CBC">
+    <w:p w14:paraId="26A37C90" w14:textId="77777777" w:rsidR="00FA5B16" w:rsidRDefault="00FA5B16" w:rsidP="00E82CBC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FAA453A" w14:textId="77777777" w:rsidR="000F2A42" w:rsidRDefault="000F2A42" w:rsidP="00E82CBC">
+    <w:p w14:paraId="1C86C1BC" w14:textId="77777777" w:rsidR="00FA5B16" w:rsidRDefault="00FA5B16" w:rsidP="00E82CBC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1988E2BE" w14:textId="77777777" w:rsidR="000F2A42" w:rsidRDefault="000F2A42"/>
+    <w:p w14:paraId="6E114AF3" w14:textId="77777777" w:rsidR="00FA5B16" w:rsidRDefault="00FA5B16"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="62827231" w14:textId="77777777" w:rsidR="00FD4D43" w:rsidRDefault="00FD4D43">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="ShaddedTable"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6655"/>
       <w:gridCol w:w="3559"/>
     </w:tblGrid>
-    <w:tr w:rsidR="009612C2" w14:paraId="2EB99F91" w14:textId="77777777" w:rsidTr="009612C2">
+    <w:tr w:rsidR="009612C2" w14:paraId="2EB99F91" w14:textId="77777777" w:rsidTr="00FD4D43">
       <w:trPr>
         <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6655" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="270EBFA1" w14:textId="77777777" w:rsidR="009612C2" w:rsidRDefault="009612C2" w:rsidP="009612C2">
+        <w:p w14:paraId="7BDA5CA6" w14:textId="2C60AD39" w:rsidR="009612C2" w:rsidRDefault="009612C2" w:rsidP="009612C2">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Shared Savings Program Public Reporting</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-        </w:p>
-[...7 lines deleted...]
-          </w:pPr>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Instructions and Template</w:t>
+            <w:t xml:space="preserve">Instructions </w:t>
+          </w:r>
+          <w:r w:rsidR="00DD12D5">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:br/>
+          </w:r>
+          <w:r w:rsidRPr="00AE341C">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>and Template</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="34B3D90D" w14:textId="74C0E95F" w:rsidR="009612C2" w:rsidRDefault="009612C2" w:rsidP="00C136BF">
+        <w:p w14:paraId="34B3D90D" w14:textId="64D84C5A" w:rsidR="009612C2" w:rsidRDefault="009612C2" w:rsidP="00C136BF">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">Version 10 | </w:t>
+            <w:t>Version 1</w:t>
           </w:r>
-          <w:r w:rsidR="00AD1CB6">
+          <w:r w:rsidR="00140256">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>April</w:t>
+            <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve"> 2025</w:t>
+            <w:t xml:space="preserve"> | </w:t>
+          </w:r>
+          <w:r w:rsidR="00DA03B5" w:rsidRPr="00F20675">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>January 2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3559" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="729A9100" w14:textId="69ABCDCC" w:rsidR="009612C2" w:rsidRDefault="009612C2" w:rsidP="00C136BF">
+        <w:p w14:paraId="729A9100" w14:textId="59A807AD" w:rsidR="009612C2" w:rsidRDefault="001A3A16" w:rsidP="00C136BF">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F02ED56" wp14:editId="2E580177">
-                <wp:extent cx="2011680" cy="530352"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F02ED56" wp14:editId="07FAEA36">
+                <wp:extent cx="2011680" cy="530225"/>
                 <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                 <wp:docPr id="2" name="Picture 2" descr="CMS Logo, Medicare Shared Savings Program&#10;&#10;"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name="Picture 1" descr="CMS Logo, Medicare Shared Savings Program&#10;&#10;"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2011680" cy="530352"/>
+                          <a:ext cx="2011680" cy="530225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="761E5B5E" w14:textId="2B43F8C8" w:rsidR="00F01DC1" w:rsidRDefault="00F01DC1" w:rsidP="00C136BF">
+  <w:p w14:paraId="761E5B5E" w14:textId="1B646F60" w:rsidR="00F01DC1" w:rsidRDefault="00F01DC1" w:rsidP="00C136BF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="550ECFFB" w14:textId="2BF9D8B3" w:rsidR="00033C8E" w:rsidRDefault="00033C8E" w:rsidP="00033C8E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="6750"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AFB1535" wp14:editId="7D696559">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AFB1535" wp14:editId="7CB17876">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4452178</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-156894</wp:posOffset>
+          </wp:positionV>
           <wp:extent cx="2011680" cy="530352"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="4295" y="0"/>
+              <wp:lineTo x="0" y="1552"/>
+              <wp:lineTo x="0" y="14745"/>
+              <wp:lineTo x="11045" y="17849"/>
+              <wp:lineTo x="12273" y="17849"/>
+              <wp:lineTo x="18205" y="13969"/>
+              <wp:lineTo x="21477" y="10089"/>
+              <wp:lineTo x="21273" y="1552"/>
+              <wp:lineTo x="12273" y="0"/>
+              <wp:lineTo x="4295" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
           <wp:docPr id="1288616185" name="Picture 1288616185" descr="CMS Logo, Medicare Shared Savings Program&#10;&#10;"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="CMS Logo, Medicare Shared Savings Program&#10;&#10;"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2011680" cy="530352"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AB178D9" w14:textId="77B9C555" w:rsidR="008D03D9" w:rsidRDefault="008D03D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="13860" w:type="dxa"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6930"/>
       <w:gridCol w:w="6930"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002E725E" w14:paraId="60CDFE2C" w14:textId="77777777" w:rsidTr="00AE2C9D">
+    <w:tr w:rsidR="002E725E" w14:paraId="60CDFE2C" w14:textId="77777777" w:rsidTr="00605A28">
       <w:trPr>
         <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         <w:trHeight w:val="984"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tcPr>
-        <w:p w14:paraId="1CC90170" w14:textId="25BA874D" w:rsidR="002E725E" w:rsidRPr="00AE341C" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
+        <w:p w14:paraId="754DAF6E" w14:textId="77777777" w:rsidR="00914351" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Shared Savings Program Public Reporting</w:t>
           </w:r>
           <w:r w:rsidR="0032097B">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
+        </w:p>
+        <w:p w14:paraId="1CC90170" w14:textId="6A4F0A5E" w:rsidR="002E725E" w:rsidRPr="00AE341C" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
+          <w:pPr>
+            <w:pStyle w:val="HeaderDocumentTitle"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Instructions and Template</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6648EB72" w14:textId="71BC4092" w:rsidR="002E725E" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
+        <w:p w14:paraId="6648EB72" w14:textId="5044CF4D" w:rsidR="002E725E" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">Version </w:t>
           </w:r>
           <w:r w:rsidR="00A350A1">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>10</w:t>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="0084068E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> | </w:t>
           </w:r>
-          <w:r w:rsidR="00AD1CB6">
+          <w:r w:rsidR="0084068E">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>April</w:t>
-[...6 lines deleted...]
-            <w:t xml:space="preserve"> 2025</w:t>
+            <w:t>January 2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="167D5261" w14:textId="77777777" w:rsidR="002E725E" w:rsidRDefault="002E725E" w:rsidP="00707CE6">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="0"/>
             </w:tabs>
             <w:ind w:right="-84"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CBAC605" wp14:editId="544B9E0F">
                 <wp:extent cx="2011680" cy="530225"/>
                 <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                 <wp:docPr id="11" name="Picture 11" descr="CMS Logo, Medicare Shared Savings Program"/>
                 <wp:cNvGraphicFramePr>
@@ -21218,240 +26742,219 @@
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="599CBAE5" w14:textId="2CD44265" w:rsidR="002E725E" w:rsidRPr="00593605" w:rsidRDefault="002E725E" w:rsidP="00D3750C">
     <w:pPr>
       <w:pStyle w:val="HeaderDocumentTitle"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C7EED0C" w14:textId="2BB5C7AB" w:rsidR="008D03D9" w:rsidRDefault="008D03D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="774939BC" w14:textId="3DF0B54A" w:rsidR="008D03D9" w:rsidRDefault="008D03D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
-      <w:tblW w:w="9720" w:type="dxa"/>
-[...7 lines deleted...]
-      </w:tblBorders>
+      <w:tblW w:w="6778" w:type="dxa"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="4860"/>
-      <w:gridCol w:w="4860"/>
+      <w:gridCol w:w="3389"/>
+      <w:gridCol w:w="3389"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002E725E" w14:paraId="2D7068F7" w14:textId="77777777" w:rsidTr="00AE2C9D">
+    <w:tr w:rsidR="002E725E" w14:paraId="2D7068F7" w14:textId="77777777" w:rsidTr="00605A28">
       <w:trPr>
         <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         <w:trHeight w:val="984"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:tcPr>
-        <w:p w14:paraId="47554053" w14:textId="453946D5" w:rsidR="002E725E" w:rsidRPr="00AE341C" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
+        <w:p w14:paraId="47554053" w14:textId="5787A4BB" w:rsidR="002E725E" w:rsidRPr="00AE341C" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Shared Savings Program Public Reporti</w:t>
           </w:r>
           <w:r w:rsidR="008C0AC3">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">ng </w:t>
           </w:r>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Instructions and Template</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2C918E57" w14:textId="37FB73D6" w:rsidR="002E725E" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
+        <w:p w14:paraId="2C918E57" w14:textId="36FE5D6F" w:rsidR="002E725E" w:rsidRDefault="002E725E" w:rsidP="00AE341C">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">Version </w:t>
           </w:r>
           <w:r w:rsidR="00A350A1">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>10</w:t>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="0022154C">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00AE341C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> |</w:t>
           </w:r>
           <w:r w:rsidR="00A350A1">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00AD1CB6">
+          <w:r w:rsidR="0022154C">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>April</w:t>
-[...20 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>January 2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="670E5F71" w14:textId="191B93C1" w:rsidR="002E725E" w:rsidRDefault="002E725E" w:rsidP="00933769">
           <w:pPr>
             <w:pStyle w:val="HeaderDocumentTitle"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="0"/>
             </w:tabs>
             <w:ind w:right="-84"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4C778952" w14:textId="52000FCE" w:rsidR="002E725E" w:rsidRPr="00593605" w:rsidRDefault="00933769" w:rsidP="00D3750C">
     <w:pPr>
       <w:pStyle w:val="HeaderDocumentTitle"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48217B8E" wp14:editId="07887C8C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48217B8E" wp14:editId="12F53925">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>4564380</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-676275</wp:posOffset>
+            <wp:posOffset>-468045</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2012162" cy="530352"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Picture 5" descr="CMS Logo, Medicare Shared Savings Program"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="10" name="Picture 10" descr="CMS Logo, Medicare Shared Savings Program"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
@@ -21467,62 +26970,62 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A8EF58A" w14:textId="6603E18C" w:rsidR="008D03D9" w:rsidRDefault="008D03D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ADFC3F2A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="71AC6A7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -21665,50 +27168,173 @@
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="56C644EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01AC6454"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EC90DB6A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02564CE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7650436C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="461" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1181" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21777,51 +27403,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5501" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6221" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA92E1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88F0EEBE"/>
     <w:lvl w:ilvl="0" w:tplc="03CE5704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21890,51 +27516,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="138458E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1ABE64F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -22003,51 +27629,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="141C28EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F520232"/>
     <w:lvl w:ilvl="0" w:tplc="B02CFA6A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -22115,51 +27741,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14F52295"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55A0700A"/>
     <w:lvl w:ilvl="0" w:tplc="D1F67D0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet-primary"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -22229,51 +27855,263 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15D0099D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6C845D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C326DEC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA5E5BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CB32446"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9D84CCC"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22315,51 +28153,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D3237B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EC4E141A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20533512"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDDEEC46"/>
     <w:lvl w:ilvl="0" w:tplc="CB565744">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
@@ -22431,51 +28358,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20D36A74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="022A8894"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22544,51 +28471,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="219871AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8780C13C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22657,51 +28584,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="249D5959"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C9B0F034"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
@@ -22774,51 +28701,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26856EC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C64374C"/>
     <w:lvl w:ilvl="0" w:tplc="9E0A7820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -22890,51 +28817,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27FD4375"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D65E6A92"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -23006,51 +28933,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="287B2379"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA9AE9BC"/>
     <w:lvl w:ilvl="0" w:tplc="5AF02DE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TableBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="17"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -23122,143 +29049,257 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="296F4088"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0188D66"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A955D1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="232CA1B8"/>
-    <w:lvl w:ilvl="0" w:tplc="7D6AD564">
+    <w:tmpl w:val="3A8806F4"/>
+    <w:lvl w:ilvl="0" w:tplc="007CD254">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
+        <w:color w:val="auto"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AA6638A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="078A8988"/>
     <w:lvl w:ilvl="0" w:tplc="C60EBF7E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Std" w:hAnsi="Gill Sans Std" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -23335,51 +29376,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D1B32E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="539E25BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -23448,51 +29489,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D555377"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89DA06F2"/>
     <w:lvl w:ilvl="0" w:tplc="ACC824EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -23570,51 +29611,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6362" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7275" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37213940"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4274DBDC"/>
     <w:lvl w:ilvl="0" w:tplc="9E0A7820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -23686,137 +29727,142 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="381B2FED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0C8237DE"/>
-[...7 lines deleted...]
-      </w:pPr>
+    <w:tmpl w:val="4EC43080"/>
+    <w:lvl w:ilvl="0" w:tplc="2D8844A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38EA1F99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FCECA2E"/>
     <w:lvl w:ilvl="0" w:tplc="FA867E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TableBullet20"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="17"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2016" w:hanging="360"/>
       </w:pPr>
@@ -23887,51 +29933,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C653182"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1674D43C"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24000,51 +30046,165 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40A4071F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DCFC3EFA"/>
+    <w:lvl w:ilvl="0" w:tplc="A1AE3FAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="423D6F57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD36763C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24113,51 +30273,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43EB4332"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14D47DCA"/>
     <w:lvl w:ilvl="0" w:tplc="9E0A7820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E0A7820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1540" w:hanging="360"/>
@@ -24235,51 +30395,51 @@
     <w:lvl w:ilvl="7" w:tplc="1DFEF306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C6DA3198">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="455A584A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70D65C1E"/>
     <w:lvl w:ilvl="0" w:tplc="778CB050">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TableBullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -24351,51 +30511,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="459A5D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34BC76EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
@@ -24473,51 +30633,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B3A36FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FF8815E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -24559,51 +30719,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BE3096E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B56A014"/>
     <w:lvl w:ilvl="0" w:tplc="C9AEADE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -24673,51 +30833,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D114599"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AA2A8918"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24786,51 +30946,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FF07EF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F9B05FBA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -24900,51 +31060,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50451D4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1FA4E34"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25013,51 +31173,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51004223"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CDDE6FA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -25126,51 +31286,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51847A7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF6E3C5E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25239,51 +31399,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="539530AE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3C4E4B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -25352,51 +31512,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541024F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CA45AAC"/>
     <w:lvl w:ilvl="0" w:tplc="D0643426">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -25441,51 +31601,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54A33ABC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C17079C2"/>
     <w:lvl w:ilvl="0" w:tplc="D8F4B770">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25554,51 +31714,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54FF1305"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBF6D1B8"/>
     <w:lvl w:ilvl="0" w:tplc="120A8700">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
@@ -25676,51 +31836,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55107E4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="670CAA6A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25789,51 +31949,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="551C4D21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AA8F800"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25902,51 +32062,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="563E6025"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79202858"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26015,51 +32175,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A63B64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D400DF0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="461" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1181" w:hanging="360"/>
@@ -26137,51 +32297,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6463" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7376" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5883511F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29B0A680"/>
     <w:lvl w:ilvl="0" w:tplc="2034C250">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Std Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Gill Sans Std Light" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -26249,51 +32409,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59B83987"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6D80568E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26362,51 +32522,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60BD0040"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3A088C4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26475,51 +32635,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="616D6BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="329E35B4"/>
     <w:lvl w:ilvl="0" w:tplc="A0A8FA9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -26590,51 +32750,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62757991"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E2E3E0A"/>
     <w:lvl w:ilvl="0" w:tplc="6F741E10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
@@ -26713,51 +32873,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62C611FD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F38613E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26826,51 +32986,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68B11045"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCB478E8"/>
     <w:lvl w:ilvl="0" w:tplc="E9947FD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1-LastLine"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -26942,51 +33102,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A504965"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F168A4A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27055,51 +33215,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A9532F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC543AD8"/>
     <w:lvl w:ilvl="0" w:tplc="A01012CE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -27167,51 +33327,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E061998"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BE905500"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -27280,73 +33440,73 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70425E73"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6C268656"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="792" w:hanging="432"/>
+        <w:ind w:left="702" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
@@ -27397,51 +33557,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70900230"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="416C2D48"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72156A91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3750604C"/>
     <w:lvl w:ilvl="0" w:tplc="6FF46658">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7CF8A6DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1540" w:hanging="360"/>
       </w:pPr>
@@ -27517,51 +33790,51 @@
     <w:lvl w:ilvl="7" w:tplc="1DFEF306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C6DA3198">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="722C5754"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE70CF56"/>
     <w:lvl w:ilvl="0" w:tplc="1DDCD7F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Letterlist"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -27604,51 +33877,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D64573"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26747934"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27717,51 +33990,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73D21D1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="368E5778"/>
     <w:lvl w:ilvl="0" w:tplc="1A58F8AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E0A7820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1540" w:hanging="360"/>
@@ -27839,51 +34112,51 @@
     <w:lvl w:ilvl="7" w:tplc="1DFEF306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C6DA3198">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74970BF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C2E2BCC"/>
     <w:lvl w:ilvl="0" w:tplc="909047D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="TableBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -27955,51 +34228,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7610053D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A2E52D0"/>
     <w:lvl w:ilvl="0" w:tplc="9E0A7820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E0A7820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1540" w:hanging="360"/>
@@ -28077,51 +34350,51 @@
     <w:lvl w:ilvl="7" w:tplc="1DFEF306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C6DA3198">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76306F3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A4235D0"/>
     <w:lvl w:ilvl="0" w:tplc="D56E8566">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans Std" w:hAnsi="Gill Sans Std" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -28198,51 +34471,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76EF6F4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2148934"/>
     <w:lvl w:ilvl="0" w:tplc="1182F002">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
@@ -28320,51 +34593,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BD44AA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4183240"/>
     <w:lvl w:ilvl="0" w:tplc="884C5936">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -28432,51 +34705,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E026AF4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AEFA3C7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -28546,324 +34819,346 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="766192368">
-    <w:abstractNumId w:val="64"/>
+    <w:abstractNumId w:val="71"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="776800786">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1090738645">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1275282426">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1090738645">
+  <w:num w:numId="5" w16cid:durableId="1889485568">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="661473137">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1070427547">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="207380253">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="519320582">
+    <w:abstractNumId w:val="73"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="155541285">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="71582485">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="301733031">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1410344339">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="768894770">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1325402766">
     <w:abstractNumId w:val="60"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1275282426">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="16" w16cid:durableId="1084838645">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1889485568">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="17" w16cid:durableId="886258753">
+    <w:abstractNumId w:val="59"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="661473137">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="18" w16cid:durableId="1099108392">
+    <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1070427547">
-    <w:abstractNumId w:val="61"/>
+  <w:num w:numId="19" w16cid:durableId="452216407">
+    <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="207380253">
+  <w:num w:numId="20" w16cid:durableId="284697397">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="172384735">
+    <w:abstractNumId w:val="72"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2110201785">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="433790183">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1222132994">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="903954809">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="653071882">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="704529197">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1019812928">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1832483674">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1690326510">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="405491763">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="992678977">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="453528281">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="519320582">
-[...73 lines deleted...]
-  </w:num>
   <w:num w:numId="34" w16cid:durableId="2094234976">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="366834908">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1512063522">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1133787100">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="672490247">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1317492472">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="773742458">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="287398640">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1796677015">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1816024276">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="518546501">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1854295425">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="499319869">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1407411673">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2001999060">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1284309459">
-    <w:abstractNumId w:val="67"/>
+    <w:abstractNumId w:val="74"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="720638150">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="530187819">
-    <w:abstractNumId w:val="68"/>
+    <w:abstractNumId w:val="75"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1340962322">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="2087606034">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="658004462">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1472408594">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="57"/>
   </w:num>
   <w:num w:numId="56" w16cid:durableId="1942491495">
-    <w:abstractNumId w:val="70"/>
+    <w:abstractNumId w:val="77"/>
   </w:num>
   <w:num w:numId="57" w16cid:durableId="1285579283">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="827524049">
-    <w:abstractNumId w:val="58"/>
+    <w:abstractNumId w:val="64"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="718630620">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="60" w16cid:durableId="1056860553">
-    <w:abstractNumId w:val="69"/>
+    <w:abstractNumId w:val="76"/>
   </w:num>
   <w:num w:numId="61" w16cid:durableId="1877347191">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="1549295940">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="44"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="63" w16cid:durableId="1265966664">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="64" w16cid:durableId="762802311">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="65" w16cid:durableId="586959333">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="61023735">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="2119635218">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="61023735">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="68" w16cid:durableId="871694589">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="69" w16cid:durableId="1175270703">
-    <w:abstractNumId w:val="55"/>
+    <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="70" w16cid:durableId="490605919">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="71" w16cid:durableId="1840347516">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="72" w16cid:durableId="1485318958">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="73" w16cid:durableId="458107431">
-    <w:abstractNumId w:val="59"/>
+    <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="74" w16cid:durableId="895704806">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="75" w16cid:durableId="2088846395">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="76" w16cid:durableId="511605353">
-    <w:abstractNumId w:val="62"/>
+    <w:abstractNumId w:val="69"/>
   </w:num>
   <w:num w:numId="77" w16cid:durableId="1973975956">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="78" w16cid:durableId="1999726064">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="79" w16cid:durableId="309020882">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="80" w16cid:durableId="1142115357">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="81" w16cid:durableId="2079668512">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="82" w16cid:durableId="564146253">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="83" w16cid:durableId="765806766">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="84" w16cid:durableId="449205609">
+    <w:abstractNumId w:val="67"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="76"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -28872,5963 +35167,7285 @@
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2N7EwMzUwMTE2tDCzMDVQ0lEKTi0uzszPAykwrQUAtzWQnCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007B2054"/>
     <w:rsid w:val="0000035E"/>
     <w:rsid w:val="00000AD0"/>
     <w:rsid w:val="00000C75"/>
     <w:rsid w:val="00000F2E"/>
     <w:rsid w:val="00001090"/>
     <w:rsid w:val="000011E2"/>
     <w:rsid w:val="0000138A"/>
     <w:rsid w:val="00001B1A"/>
     <w:rsid w:val="00001E88"/>
     <w:rsid w:val="00002457"/>
     <w:rsid w:val="0000361C"/>
     <w:rsid w:val="0000393A"/>
     <w:rsid w:val="00003A17"/>
     <w:rsid w:val="000040C5"/>
     <w:rsid w:val="000049E9"/>
     <w:rsid w:val="00004AF9"/>
     <w:rsid w:val="000055A9"/>
     <w:rsid w:val="000055EB"/>
     <w:rsid w:val="0000573A"/>
     <w:rsid w:val="00005DCC"/>
+    <w:rsid w:val="00005F7B"/>
+    <w:rsid w:val="000060A4"/>
     <w:rsid w:val="0000634F"/>
+    <w:rsid w:val="000063EF"/>
+    <w:rsid w:val="000064AA"/>
     <w:rsid w:val="00006904"/>
     <w:rsid w:val="00006936"/>
     <w:rsid w:val="0000694A"/>
     <w:rsid w:val="00006D31"/>
     <w:rsid w:val="000071BF"/>
     <w:rsid w:val="00007FCD"/>
     <w:rsid w:val="000100BA"/>
     <w:rsid w:val="000107C5"/>
     <w:rsid w:val="000107DF"/>
+    <w:rsid w:val="00011055"/>
     <w:rsid w:val="0001106E"/>
+    <w:rsid w:val="00011A4A"/>
     <w:rsid w:val="00011B10"/>
     <w:rsid w:val="00012A7A"/>
+    <w:rsid w:val="00012F0E"/>
     <w:rsid w:val="000130A5"/>
     <w:rsid w:val="00013F63"/>
     <w:rsid w:val="00014293"/>
     <w:rsid w:val="0001456C"/>
     <w:rsid w:val="00014B1C"/>
     <w:rsid w:val="000153C8"/>
+    <w:rsid w:val="00015722"/>
     <w:rsid w:val="00015A19"/>
     <w:rsid w:val="00015BB9"/>
     <w:rsid w:val="00015D5B"/>
     <w:rsid w:val="00016A4E"/>
     <w:rsid w:val="00016A6B"/>
     <w:rsid w:val="00016B2A"/>
     <w:rsid w:val="00017567"/>
     <w:rsid w:val="00020335"/>
     <w:rsid w:val="00020719"/>
     <w:rsid w:val="00021154"/>
     <w:rsid w:val="000211C3"/>
     <w:rsid w:val="00021822"/>
     <w:rsid w:val="00021AAE"/>
+    <w:rsid w:val="000227F8"/>
     <w:rsid w:val="000229D3"/>
     <w:rsid w:val="00022AF9"/>
     <w:rsid w:val="00023706"/>
     <w:rsid w:val="00023CD5"/>
     <w:rsid w:val="00024330"/>
     <w:rsid w:val="000247F5"/>
     <w:rsid w:val="000249CA"/>
     <w:rsid w:val="0002541A"/>
     <w:rsid w:val="00025724"/>
     <w:rsid w:val="00025C9A"/>
     <w:rsid w:val="0002651F"/>
+    <w:rsid w:val="0002701E"/>
     <w:rsid w:val="0002743B"/>
+    <w:rsid w:val="00027596"/>
+    <w:rsid w:val="000276EC"/>
+    <w:rsid w:val="00027E6C"/>
     <w:rsid w:val="00027FBB"/>
     <w:rsid w:val="00030170"/>
     <w:rsid w:val="00030507"/>
     <w:rsid w:val="00030646"/>
     <w:rsid w:val="00030AB5"/>
     <w:rsid w:val="00030FD3"/>
     <w:rsid w:val="00031146"/>
     <w:rsid w:val="0003126A"/>
     <w:rsid w:val="000312E6"/>
     <w:rsid w:val="00031553"/>
     <w:rsid w:val="000318B0"/>
     <w:rsid w:val="00031F9A"/>
     <w:rsid w:val="00031FA7"/>
     <w:rsid w:val="000324D0"/>
     <w:rsid w:val="0003257A"/>
     <w:rsid w:val="00033437"/>
+    <w:rsid w:val="000334C1"/>
     <w:rsid w:val="000339B2"/>
+    <w:rsid w:val="00033BFB"/>
     <w:rsid w:val="00033C8E"/>
+    <w:rsid w:val="00033E2B"/>
     <w:rsid w:val="00033F0A"/>
     <w:rsid w:val="00034400"/>
     <w:rsid w:val="00035070"/>
     <w:rsid w:val="000352AD"/>
     <w:rsid w:val="00035360"/>
     <w:rsid w:val="0003672C"/>
     <w:rsid w:val="00036BD6"/>
     <w:rsid w:val="00037196"/>
     <w:rsid w:val="000371A7"/>
+    <w:rsid w:val="000375CB"/>
     <w:rsid w:val="00037774"/>
+    <w:rsid w:val="000377C0"/>
     <w:rsid w:val="000378C7"/>
     <w:rsid w:val="000379B8"/>
     <w:rsid w:val="00037B59"/>
     <w:rsid w:val="00037B87"/>
+    <w:rsid w:val="000401F8"/>
     <w:rsid w:val="0004042D"/>
+    <w:rsid w:val="00040AF3"/>
     <w:rsid w:val="00040C92"/>
     <w:rsid w:val="000414D1"/>
     <w:rsid w:val="00041AB7"/>
     <w:rsid w:val="00042B10"/>
     <w:rsid w:val="000430D3"/>
     <w:rsid w:val="00043BE2"/>
     <w:rsid w:val="00043DB1"/>
+    <w:rsid w:val="00043FE0"/>
     <w:rsid w:val="00044100"/>
     <w:rsid w:val="0004415C"/>
     <w:rsid w:val="00044202"/>
     <w:rsid w:val="0004447F"/>
     <w:rsid w:val="0004467C"/>
     <w:rsid w:val="00044ED8"/>
     <w:rsid w:val="000454B9"/>
     <w:rsid w:val="0004560B"/>
     <w:rsid w:val="00045875"/>
     <w:rsid w:val="00046331"/>
     <w:rsid w:val="00046993"/>
     <w:rsid w:val="0004730A"/>
     <w:rsid w:val="000473F9"/>
     <w:rsid w:val="0004748D"/>
     <w:rsid w:val="00047B76"/>
     <w:rsid w:val="00047B93"/>
     <w:rsid w:val="00047C35"/>
     <w:rsid w:val="00050C3F"/>
     <w:rsid w:val="00051420"/>
     <w:rsid w:val="00051A04"/>
     <w:rsid w:val="0005223C"/>
     <w:rsid w:val="00052359"/>
+    <w:rsid w:val="00052D66"/>
     <w:rsid w:val="00052FE4"/>
     <w:rsid w:val="00054325"/>
     <w:rsid w:val="00054AA5"/>
     <w:rsid w:val="0005527F"/>
+    <w:rsid w:val="0005548A"/>
     <w:rsid w:val="0005598F"/>
     <w:rsid w:val="00055EE7"/>
     <w:rsid w:val="0005628B"/>
     <w:rsid w:val="00056769"/>
     <w:rsid w:val="00056A5E"/>
     <w:rsid w:val="000571CF"/>
     <w:rsid w:val="000572C6"/>
     <w:rsid w:val="00057733"/>
     <w:rsid w:val="00060ACB"/>
     <w:rsid w:val="00060C7F"/>
     <w:rsid w:val="000617CB"/>
+    <w:rsid w:val="00061900"/>
     <w:rsid w:val="00061975"/>
+    <w:rsid w:val="0006241A"/>
+    <w:rsid w:val="000629A1"/>
     <w:rsid w:val="00062EDC"/>
     <w:rsid w:val="0006373D"/>
     <w:rsid w:val="00064DAF"/>
     <w:rsid w:val="00064F3E"/>
     <w:rsid w:val="00064FA8"/>
     <w:rsid w:val="000654C7"/>
+    <w:rsid w:val="000662D1"/>
     <w:rsid w:val="000669C7"/>
     <w:rsid w:val="00067651"/>
+    <w:rsid w:val="00067CC1"/>
     <w:rsid w:val="00070763"/>
     <w:rsid w:val="000709EF"/>
     <w:rsid w:val="0007136E"/>
     <w:rsid w:val="00071A34"/>
+    <w:rsid w:val="00071A37"/>
     <w:rsid w:val="00071C5B"/>
+    <w:rsid w:val="00071D7E"/>
     <w:rsid w:val="00072AB8"/>
     <w:rsid w:val="00072CD7"/>
     <w:rsid w:val="00072F27"/>
     <w:rsid w:val="000730C0"/>
     <w:rsid w:val="0007329F"/>
     <w:rsid w:val="00073DD6"/>
+    <w:rsid w:val="0007438D"/>
     <w:rsid w:val="00074EA4"/>
+    <w:rsid w:val="0007508D"/>
     <w:rsid w:val="0007574A"/>
+    <w:rsid w:val="00075CED"/>
+    <w:rsid w:val="00076215"/>
+    <w:rsid w:val="000770A3"/>
     <w:rsid w:val="000771DF"/>
     <w:rsid w:val="00077575"/>
     <w:rsid w:val="00077DD6"/>
     <w:rsid w:val="00077F58"/>
     <w:rsid w:val="00080C24"/>
     <w:rsid w:val="0008160A"/>
+    <w:rsid w:val="00081B67"/>
     <w:rsid w:val="00081C5C"/>
+    <w:rsid w:val="000820E9"/>
     <w:rsid w:val="000821CA"/>
     <w:rsid w:val="0008254C"/>
     <w:rsid w:val="000828C9"/>
     <w:rsid w:val="00082C1B"/>
+    <w:rsid w:val="00082ED6"/>
     <w:rsid w:val="0008311B"/>
     <w:rsid w:val="00083211"/>
     <w:rsid w:val="0008337A"/>
     <w:rsid w:val="00083958"/>
+    <w:rsid w:val="00083DCD"/>
+    <w:rsid w:val="00083EB2"/>
     <w:rsid w:val="000846C2"/>
     <w:rsid w:val="000849CA"/>
     <w:rsid w:val="00084BA3"/>
     <w:rsid w:val="00084C91"/>
     <w:rsid w:val="00084C9D"/>
     <w:rsid w:val="00084E6F"/>
     <w:rsid w:val="0008500E"/>
     <w:rsid w:val="00085CF1"/>
     <w:rsid w:val="000869C8"/>
+    <w:rsid w:val="0008714A"/>
     <w:rsid w:val="00087376"/>
     <w:rsid w:val="0008738C"/>
     <w:rsid w:val="00087B77"/>
     <w:rsid w:val="00087C2A"/>
     <w:rsid w:val="00087EEC"/>
     <w:rsid w:val="00090215"/>
     <w:rsid w:val="000903E9"/>
     <w:rsid w:val="00090B1D"/>
     <w:rsid w:val="00090EE7"/>
     <w:rsid w:val="0009144A"/>
     <w:rsid w:val="000914E5"/>
     <w:rsid w:val="00091DF0"/>
+    <w:rsid w:val="00091E39"/>
     <w:rsid w:val="0009207D"/>
     <w:rsid w:val="00092376"/>
     <w:rsid w:val="00092436"/>
     <w:rsid w:val="00092A02"/>
     <w:rsid w:val="00092D04"/>
     <w:rsid w:val="00092FD2"/>
     <w:rsid w:val="00093270"/>
+    <w:rsid w:val="0009397B"/>
+    <w:rsid w:val="0009403F"/>
     <w:rsid w:val="00094636"/>
+    <w:rsid w:val="0009491E"/>
     <w:rsid w:val="00094E9B"/>
     <w:rsid w:val="00095106"/>
     <w:rsid w:val="00095116"/>
+    <w:rsid w:val="00095157"/>
     <w:rsid w:val="0009537A"/>
+    <w:rsid w:val="0009551B"/>
     <w:rsid w:val="00095CC4"/>
     <w:rsid w:val="000965A6"/>
     <w:rsid w:val="00096946"/>
     <w:rsid w:val="00097279"/>
     <w:rsid w:val="00097431"/>
+    <w:rsid w:val="00097A62"/>
     <w:rsid w:val="00097E00"/>
     <w:rsid w:val="000A0128"/>
     <w:rsid w:val="000A019A"/>
     <w:rsid w:val="000A06F9"/>
     <w:rsid w:val="000A1357"/>
     <w:rsid w:val="000A1822"/>
     <w:rsid w:val="000A1842"/>
     <w:rsid w:val="000A18C5"/>
     <w:rsid w:val="000A1AF1"/>
+    <w:rsid w:val="000A23F3"/>
     <w:rsid w:val="000A276D"/>
     <w:rsid w:val="000A2CD6"/>
     <w:rsid w:val="000A2FB4"/>
     <w:rsid w:val="000A497B"/>
     <w:rsid w:val="000A4F95"/>
     <w:rsid w:val="000A55DD"/>
     <w:rsid w:val="000A5B7D"/>
     <w:rsid w:val="000A6162"/>
     <w:rsid w:val="000A67CF"/>
     <w:rsid w:val="000A6A5D"/>
     <w:rsid w:val="000A6B9D"/>
     <w:rsid w:val="000A6FC0"/>
     <w:rsid w:val="000A71FC"/>
     <w:rsid w:val="000A7A62"/>
     <w:rsid w:val="000A7DC8"/>
     <w:rsid w:val="000B0A2F"/>
     <w:rsid w:val="000B0C15"/>
     <w:rsid w:val="000B0D31"/>
     <w:rsid w:val="000B0D42"/>
+    <w:rsid w:val="000B0F4A"/>
     <w:rsid w:val="000B131D"/>
     <w:rsid w:val="000B20A2"/>
     <w:rsid w:val="000B2100"/>
     <w:rsid w:val="000B230F"/>
     <w:rsid w:val="000B2826"/>
     <w:rsid w:val="000B33A7"/>
     <w:rsid w:val="000B3E2A"/>
     <w:rsid w:val="000B44C1"/>
     <w:rsid w:val="000B44D7"/>
     <w:rsid w:val="000B472D"/>
+    <w:rsid w:val="000B4745"/>
     <w:rsid w:val="000B48A6"/>
     <w:rsid w:val="000B4A78"/>
     <w:rsid w:val="000B4A81"/>
+    <w:rsid w:val="000B4B97"/>
     <w:rsid w:val="000B51A6"/>
     <w:rsid w:val="000B52B7"/>
     <w:rsid w:val="000B5769"/>
     <w:rsid w:val="000B5C5C"/>
     <w:rsid w:val="000B5E3E"/>
     <w:rsid w:val="000B5F21"/>
     <w:rsid w:val="000B6409"/>
     <w:rsid w:val="000B66A6"/>
     <w:rsid w:val="000B6C7B"/>
     <w:rsid w:val="000B6DD8"/>
     <w:rsid w:val="000B71B3"/>
     <w:rsid w:val="000B75B4"/>
     <w:rsid w:val="000B7821"/>
     <w:rsid w:val="000B797B"/>
     <w:rsid w:val="000B7EE4"/>
     <w:rsid w:val="000C044E"/>
     <w:rsid w:val="000C04E7"/>
     <w:rsid w:val="000C0864"/>
     <w:rsid w:val="000C0FF8"/>
     <w:rsid w:val="000C1ACB"/>
     <w:rsid w:val="000C1F36"/>
     <w:rsid w:val="000C30F1"/>
     <w:rsid w:val="000C382A"/>
     <w:rsid w:val="000C3A5C"/>
+    <w:rsid w:val="000C3B4D"/>
+    <w:rsid w:val="000C3D00"/>
     <w:rsid w:val="000C465A"/>
     <w:rsid w:val="000C4C31"/>
     <w:rsid w:val="000C52CF"/>
     <w:rsid w:val="000C5543"/>
+    <w:rsid w:val="000C558D"/>
     <w:rsid w:val="000C5B69"/>
+    <w:rsid w:val="000C719F"/>
     <w:rsid w:val="000C73BD"/>
     <w:rsid w:val="000C7CDA"/>
     <w:rsid w:val="000D0AB2"/>
     <w:rsid w:val="000D11F6"/>
     <w:rsid w:val="000D179A"/>
     <w:rsid w:val="000D1A3C"/>
     <w:rsid w:val="000D1BC8"/>
     <w:rsid w:val="000D1CD4"/>
     <w:rsid w:val="000D1EF4"/>
     <w:rsid w:val="000D1F94"/>
     <w:rsid w:val="000D24F5"/>
     <w:rsid w:val="000D2EDC"/>
     <w:rsid w:val="000D35C1"/>
     <w:rsid w:val="000D43CC"/>
     <w:rsid w:val="000D45B8"/>
     <w:rsid w:val="000D55CB"/>
+    <w:rsid w:val="000D5721"/>
     <w:rsid w:val="000D5D44"/>
     <w:rsid w:val="000D5EC2"/>
     <w:rsid w:val="000D60E5"/>
     <w:rsid w:val="000D6AAF"/>
     <w:rsid w:val="000D6F56"/>
     <w:rsid w:val="000D74F1"/>
     <w:rsid w:val="000D77E8"/>
     <w:rsid w:val="000D7804"/>
+    <w:rsid w:val="000D7C30"/>
     <w:rsid w:val="000D7D86"/>
     <w:rsid w:val="000E05B1"/>
+    <w:rsid w:val="000E072D"/>
+    <w:rsid w:val="000E09F3"/>
     <w:rsid w:val="000E0F68"/>
     <w:rsid w:val="000E109F"/>
+    <w:rsid w:val="000E1235"/>
     <w:rsid w:val="000E15D2"/>
     <w:rsid w:val="000E19AB"/>
+    <w:rsid w:val="000E1BCF"/>
     <w:rsid w:val="000E2065"/>
     <w:rsid w:val="000E2114"/>
     <w:rsid w:val="000E2CEB"/>
     <w:rsid w:val="000E2DD6"/>
     <w:rsid w:val="000E2ED9"/>
     <w:rsid w:val="000E338A"/>
     <w:rsid w:val="000E354D"/>
     <w:rsid w:val="000E4089"/>
+    <w:rsid w:val="000E4D53"/>
     <w:rsid w:val="000E4E97"/>
     <w:rsid w:val="000E5305"/>
     <w:rsid w:val="000E7001"/>
     <w:rsid w:val="000E751D"/>
     <w:rsid w:val="000E7DBD"/>
     <w:rsid w:val="000E7F59"/>
     <w:rsid w:val="000F018E"/>
     <w:rsid w:val="000F06D3"/>
     <w:rsid w:val="000F0C17"/>
     <w:rsid w:val="000F12BA"/>
+    <w:rsid w:val="000F1729"/>
     <w:rsid w:val="000F18FC"/>
     <w:rsid w:val="000F1EB2"/>
     <w:rsid w:val="000F2138"/>
     <w:rsid w:val="000F22EA"/>
     <w:rsid w:val="000F23E7"/>
     <w:rsid w:val="000F2671"/>
     <w:rsid w:val="000F2A42"/>
+    <w:rsid w:val="000F3268"/>
+    <w:rsid w:val="000F349C"/>
     <w:rsid w:val="000F35C6"/>
     <w:rsid w:val="000F3C4B"/>
     <w:rsid w:val="000F3D53"/>
     <w:rsid w:val="000F449B"/>
     <w:rsid w:val="000F45D2"/>
     <w:rsid w:val="000F4DEC"/>
+    <w:rsid w:val="000F6068"/>
     <w:rsid w:val="000F60CA"/>
+    <w:rsid w:val="000F63C6"/>
     <w:rsid w:val="000F689C"/>
     <w:rsid w:val="000F6E54"/>
     <w:rsid w:val="000F7423"/>
     <w:rsid w:val="000F7504"/>
     <w:rsid w:val="000F784A"/>
     <w:rsid w:val="000F7DC4"/>
     <w:rsid w:val="00100D54"/>
+    <w:rsid w:val="00100F0B"/>
     <w:rsid w:val="0010176B"/>
     <w:rsid w:val="0010189B"/>
     <w:rsid w:val="00102248"/>
     <w:rsid w:val="001022E6"/>
     <w:rsid w:val="00102561"/>
     <w:rsid w:val="00102669"/>
     <w:rsid w:val="00102946"/>
     <w:rsid w:val="00102BD7"/>
     <w:rsid w:val="00102C17"/>
     <w:rsid w:val="00102C28"/>
     <w:rsid w:val="00102E1F"/>
     <w:rsid w:val="00102FF4"/>
     <w:rsid w:val="001033F8"/>
     <w:rsid w:val="0010351C"/>
+    <w:rsid w:val="00103B07"/>
     <w:rsid w:val="00103C9D"/>
+    <w:rsid w:val="00103CC1"/>
     <w:rsid w:val="00103FB0"/>
     <w:rsid w:val="0010478C"/>
+    <w:rsid w:val="00105104"/>
     <w:rsid w:val="00105BCC"/>
     <w:rsid w:val="001066FE"/>
     <w:rsid w:val="00106D4F"/>
     <w:rsid w:val="00107016"/>
+    <w:rsid w:val="00107393"/>
     <w:rsid w:val="00107586"/>
     <w:rsid w:val="00107CC3"/>
+    <w:rsid w:val="00110CB0"/>
+    <w:rsid w:val="0011131B"/>
     <w:rsid w:val="00111414"/>
+    <w:rsid w:val="00111522"/>
     <w:rsid w:val="00111837"/>
     <w:rsid w:val="001122FE"/>
     <w:rsid w:val="00112D7A"/>
     <w:rsid w:val="00112DBF"/>
     <w:rsid w:val="001131A4"/>
+    <w:rsid w:val="00113702"/>
     <w:rsid w:val="00113909"/>
+    <w:rsid w:val="00114642"/>
     <w:rsid w:val="00114E4D"/>
+    <w:rsid w:val="00115538"/>
     <w:rsid w:val="00115B90"/>
     <w:rsid w:val="00115CBE"/>
+    <w:rsid w:val="00115F18"/>
     <w:rsid w:val="00116892"/>
     <w:rsid w:val="00116BFC"/>
+    <w:rsid w:val="00116E59"/>
     <w:rsid w:val="001170EF"/>
     <w:rsid w:val="00117819"/>
+    <w:rsid w:val="00117AA4"/>
     <w:rsid w:val="00117CAF"/>
     <w:rsid w:val="00120274"/>
     <w:rsid w:val="001202EB"/>
     <w:rsid w:val="00120DDE"/>
     <w:rsid w:val="00121C8C"/>
     <w:rsid w:val="00121D37"/>
     <w:rsid w:val="00121D59"/>
     <w:rsid w:val="00122219"/>
+    <w:rsid w:val="0012292D"/>
     <w:rsid w:val="00123225"/>
     <w:rsid w:val="0012343B"/>
+    <w:rsid w:val="0012382A"/>
     <w:rsid w:val="00123A4B"/>
     <w:rsid w:val="001241B1"/>
     <w:rsid w:val="001247A5"/>
     <w:rsid w:val="00124D6D"/>
     <w:rsid w:val="00124E6C"/>
+    <w:rsid w:val="00124EE8"/>
     <w:rsid w:val="00124F61"/>
     <w:rsid w:val="00125112"/>
     <w:rsid w:val="00125142"/>
     <w:rsid w:val="00125634"/>
     <w:rsid w:val="00125D8D"/>
     <w:rsid w:val="00125DF0"/>
     <w:rsid w:val="00125E99"/>
     <w:rsid w:val="00125FBC"/>
     <w:rsid w:val="001265B8"/>
     <w:rsid w:val="001267C4"/>
+    <w:rsid w:val="00126CE8"/>
     <w:rsid w:val="00126FC3"/>
     <w:rsid w:val="00127B3B"/>
     <w:rsid w:val="00127DEE"/>
     <w:rsid w:val="00127FE2"/>
     <w:rsid w:val="00130408"/>
     <w:rsid w:val="00130935"/>
     <w:rsid w:val="00130B2C"/>
+    <w:rsid w:val="001312A0"/>
     <w:rsid w:val="00131547"/>
+    <w:rsid w:val="0013180D"/>
+    <w:rsid w:val="00131A07"/>
     <w:rsid w:val="00132195"/>
+    <w:rsid w:val="00132C0F"/>
     <w:rsid w:val="00133567"/>
+    <w:rsid w:val="00133687"/>
     <w:rsid w:val="00133CFB"/>
     <w:rsid w:val="001342EA"/>
+    <w:rsid w:val="00134E33"/>
     <w:rsid w:val="00135453"/>
     <w:rsid w:val="00135A7A"/>
     <w:rsid w:val="00135B45"/>
     <w:rsid w:val="001369A6"/>
     <w:rsid w:val="00136CA2"/>
+    <w:rsid w:val="00136D51"/>
     <w:rsid w:val="00136F97"/>
+    <w:rsid w:val="001370F9"/>
     <w:rsid w:val="0013746B"/>
     <w:rsid w:val="00137D9C"/>
     <w:rsid w:val="00137DC7"/>
     <w:rsid w:val="00137E47"/>
     <w:rsid w:val="00140178"/>
+    <w:rsid w:val="00140256"/>
+    <w:rsid w:val="00140601"/>
     <w:rsid w:val="00141EAB"/>
     <w:rsid w:val="00141EC4"/>
     <w:rsid w:val="00141FA4"/>
     <w:rsid w:val="00141FC2"/>
     <w:rsid w:val="001429EC"/>
     <w:rsid w:val="00142B45"/>
     <w:rsid w:val="00143611"/>
+    <w:rsid w:val="00143B7B"/>
     <w:rsid w:val="00143BD4"/>
+    <w:rsid w:val="00143F9F"/>
     <w:rsid w:val="00144076"/>
     <w:rsid w:val="0014428E"/>
     <w:rsid w:val="00144372"/>
     <w:rsid w:val="00145707"/>
     <w:rsid w:val="00145989"/>
     <w:rsid w:val="00145A9C"/>
     <w:rsid w:val="0014617B"/>
+    <w:rsid w:val="00146B42"/>
     <w:rsid w:val="0014730B"/>
+    <w:rsid w:val="00147584"/>
     <w:rsid w:val="00150B78"/>
+    <w:rsid w:val="001511C0"/>
     <w:rsid w:val="001520F9"/>
     <w:rsid w:val="00152275"/>
     <w:rsid w:val="001526C6"/>
+    <w:rsid w:val="00153093"/>
     <w:rsid w:val="001533C2"/>
+    <w:rsid w:val="00153875"/>
     <w:rsid w:val="001539D9"/>
     <w:rsid w:val="00154808"/>
     <w:rsid w:val="00154BB8"/>
     <w:rsid w:val="00154F86"/>
+    <w:rsid w:val="001555B1"/>
     <w:rsid w:val="00155752"/>
     <w:rsid w:val="00155949"/>
     <w:rsid w:val="00155CC3"/>
     <w:rsid w:val="00156ACB"/>
+    <w:rsid w:val="00156BFE"/>
+    <w:rsid w:val="00156F8D"/>
+    <w:rsid w:val="001571FB"/>
     <w:rsid w:val="00157314"/>
     <w:rsid w:val="00157442"/>
     <w:rsid w:val="00157758"/>
     <w:rsid w:val="0015778F"/>
     <w:rsid w:val="00157B00"/>
     <w:rsid w:val="0016065F"/>
+    <w:rsid w:val="00160C0A"/>
     <w:rsid w:val="00160FB2"/>
     <w:rsid w:val="00161721"/>
+    <w:rsid w:val="00161767"/>
     <w:rsid w:val="00161ED3"/>
     <w:rsid w:val="00162494"/>
     <w:rsid w:val="00162686"/>
     <w:rsid w:val="00162807"/>
+    <w:rsid w:val="00162F0E"/>
     <w:rsid w:val="0016316F"/>
     <w:rsid w:val="001631A3"/>
     <w:rsid w:val="001634AB"/>
     <w:rsid w:val="00163A01"/>
     <w:rsid w:val="001641D8"/>
     <w:rsid w:val="001642F7"/>
     <w:rsid w:val="001644F1"/>
+    <w:rsid w:val="001646A0"/>
     <w:rsid w:val="001646FC"/>
     <w:rsid w:val="0016484F"/>
     <w:rsid w:val="00164D3D"/>
     <w:rsid w:val="00165026"/>
     <w:rsid w:val="00165E70"/>
+    <w:rsid w:val="0016618F"/>
+    <w:rsid w:val="00166555"/>
     <w:rsid w:val="001668DA"/>
     <w:rsid w:val="00166B8F"/>
     <w:rsid w:val="00166C2C"/>
     <w:rsid w:val="00166FB8"/>
     <w:rsid w:val="001670DC"/>
     <w:rsid w:val="001676A7"/>
     <w:rsid w:val="0016778D"/>
     <w:rsid w:val="001677DF"/>
     <w:rsid w:val="00167C68"/>
     <w:rsid w:val="00170147"/>
     <w:rsid w:val="00170756"/>
     <w:rsid w:val="0017088A"/>
     <w:rsid w:val="00170895"/>
     <w:rsid w:val="001709D9"/>
     <w:rsid w:val="00170E46"/>
+    <w:rsid w:val="001713CA"/>
+    <w:rsid w:val="00171910"/>
     <w:rsid w:val="00171D19"/>
     <w:rsid w:val="00172484"/>
     <w:rsid w:val="001725C5"/>
     <w:rsid w:val="00172C7E"/>
+    <w:rsid w:val="00172DEA"/>
     <w:rsid w:val="001732BD"/>
     <w:rsid w:val="0017352B"/>
     <w:rsid w:val="00173622"/>
     <w:rsid w:val="00173AF5"/>
     <w:rsid w:val="00173C03"/>
+    <w:rsid w:val="0017413D"/>
     <w:rsid w:val="00174B50"/>
     <w:rsid w:val="00174E16"/>
     <w:rsid w:val="00174F0D"/>
     <w:rsid w:val="00174F7F"/>
     <w:rsid w:val="001751F0"/>
+    <w:rsid w:val="001755CE"/>
     <w:rsid w:val="00175C50"/>
     <w:rsid w:val="001760BF"/>
     <w:rsid w:val="001762A6"/>
     <w:rsid w:val="0017656D"/>
     <w:rsid w:val="00176C72"/>
     <w:rsid w:val="00177426"/>
+    <w:rsid w:val="001775A1"/>
     <w:rsid w:val="00177600"/>
     <w:rsid w:val="00177BD9"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="00180497"/>
     <w:rsid w:val="0018063E"/>
     <w:rsid w:val="001807D4"/>
+    <w:rsid w:val="0018085F"/>
+    <w:rsid w:val="00180AE8"/>
     <w:rsid w:val="00180BA8"/>
     <w:rsid w:val="00180E1F"/>
     <w:rsid w:val="00181722"/>
     <w:rsid w:val="00181892"/>
     <w:rsid w:val="00181A5B"/>
+    <w:rsid w:val="00181B0E"/>
     <w:rsid w:val="00181CC7"/>
     <w:rsid w:val="00182B81"/>
     <w:rsid w:val="0018338C"/>
     <w:rsid w:val="00183441"/>
     <w:rsid w:val="00183CE9"/>
+    <w:rsid w:val="00184999"/>
     <w:rsid w:val="00184B42"/>
     <w:rsid w:val="00184BC1"/>
     <w:rsid w:val="001860A4"/>
     <w:rsid w:val="001864A9"/>
     <w:rsid w:val="00186718"/>
     <w:rsid w:val="00186A4D"/>
+    <w:rsid w:val="00186CCE"/>
     <w:rsid w:val="001874EC"/>
     <w:rsid w:val="0019002B"/>
     <w:rsid w:val="001902E0"/>
     <w:rsid w:val="001905A8"/>
+    <w:rsid w:val="00190C6E"/>
     <w:rsid w:val="0019163C"/>
     <w:rsid w:val="00191A79"/>
     <w:rsid w:val="00191C19"/>
     <w:rsid w:val="00192024"/>
     <w:rsid w:val="00192209"/>
     <w:rsid w:val="00192305"/>
+    <w:rsid w:val="0019272C"/>
     <w:rsid w:val="001929E7"/>
     <w:rsid w:val="00193168"/>
     <w:rsid w:val="00193384"/>
     <w:rsid w:val="001935BD"/>
     <w:rsid w:val="00193DE9"/>
+    <w:rsid w:val="00194214"/>
     <w:rsid w:val="001948DF"/>
     <w:rsid w:val="00194C22"/>
     <w:rsid w:val="0019517C"/>
     <w:rsid w:val="0019519C"/>
     <w:rsid w:val="00195408"/>
     <w:rsid w:val="001959C4"/>
+    <w:rsid w:val="00195B5A"/>
     <w:rsid w:val="00195CDB"/>
     <w:rsid w:val="00196142"/>
     <w:rsid w:val="001963FE"/>
     <w:rsid w:val="00196F9F"/>
+    <w:rsid w:val="0019712D"/>
     <w:rsid w:val="0019757C"/>
     <w:rsid w:val="0019785A"/>
     <w:rsid w:val="00197900"/>
     <w:rsid w:val="001A039B"/>
     <w:rsid w:val="001A0673"/>
     <w:rsid w:val="001A06FF"/>
     <w:rsid w:val="001A0A98"/>
     <w:rsid w:val="001A1EA5"/>
+    <w:rsid w:val="001A23AC"/>
     <w:rsid w:val="001A264B"/>
     <w:rsid w:val="001A26D3"/>
     <w:rsid w:val="001A2863"/>
     <w:rsid w:val="001A2A10"/>
     <w:rsid w:val="001A2ED5"/>
     <w:rsid w:val="001A3491"/>
     <w:rsid w:val="001A3639"/>
+    <w:rsid w:val="001A3A16"/>
     <w:rsid w:val="001A3B24"/>
+    <w:rsid w:val="001A4839"/>
     <w:rsid w:val="001A4A94"/>
     <w:rsid w:val="001A4B74"/>
     <w:rsid w:val="001A4D95"/>
     <w:rsid w:val="001A5334"/>
     <w:rsid w:val="001A609B"/>
     <w:rsid w:val="001A6187"/>
     <w:rsid w:val="001A6332"/>
     <w:rsid w:val="001A6F35"/>
     <w:rsid w:val="001A7464"/>
     <w:rsid w:val="001A7D1B"/>
     <w:rsid w:val="001B08DA"/>
     <w:rsid w:val="001B09E3"/>
     <w:rsid w:val="001B0B40"/>
     <w:rsid w:val="001B0D36"/>
     <w:rsid w:val="001B0F31"/>
     <w:rsid w:val="001B10FD"/>
     <w:rsid w:val="001B21CF"/>
     <w:rsid w:val="001B26FB"/>
     <w:rsid w:val="001B2B89"/>
     <w:rsid w:val="001B2BBC"/>
     <w:rsid w:val="001B2D4D"/>
     <w:rsid w:val="001B2EFD"/>
     <w:rsid w:val="001B3140"/>
     <w:rsid w:val="001B3165"/>
     <w:rsid w:val="001B38F2"/>
     <w:rsid w:val="001B397D"/>
+    <w:rsid w:val="001B3E16"/>
     <w:rsid w:val="001B4201"/>
+    <w:rsid w:val="001B4AF9"/>
     <w:rsid w:val="001B4D95"/>
     <w:rsid w:val="001B539B"/>
     <w:rsid w:val="001B56C5"/>
     <w:rsid w:val="001B5B48"/>
     <w:rsid w:val="001B5F1D"/>
     <w:rsid w:val="001B6296"/>
     <w:rsid w:val="001B62C9"/>
     <w:rsid w:val="001B77CE"/>
     <w:rsid w:val="001B7A23"/>
     <w:rsid w:val="001B7A51"/>
+    <w:rsid w:val="001C0917"/>
     <w:rsid w:val="001C1DD5"/>
     <w:rsid w:val="001C1E00"/>
     <w:rsid w:val="001C2A2C"/>
     <w:rsid w:val="001C372F"/>
     <w:rsid w:val="001C3867"/>
+    <w:rsid w:val="001C38AE"/>
     <w:rsid w:val="001C3F06"/>
     <w:rsid w:val="001C3FAF"/>
     <w:rsid w:val="001C3FB3"/>
     <w:rsid w:val="001C4546"/>
     <w:rsid w:val="001C4659"/>
     <w:rsid w:val="001C492A"/>
     <w:rsid w:val="001C4C81"/>
     <w:rsid w:val="001C4DC9"/>
     <w:rsid w:val="001C5301"/>
     <w:rsid w:val="001C5743"/>
     <w:rsid w:val="001C59BC"/>
     <w:rsid w:val="001C5E00"/>
     <w:rsid w:val="001C5E78"/>
     <w:rsid w:val="001C66FE"/>
     <w:rsid w:val="001C6948"/>
     <w:rsid w:val="001C6998"/>
     <w:rsid w:val="001C6C24"/>
     <w:rsid w:val="001C711A"/>
     <w:rsid w:val="001C7143"/>
     <w:rsid w:val="001C7221"/>
     <w:rsid w:val="001C7386"/>
     <w:rsid w:val="001C773C"/>
     <w:rsid w:val="001C773D"/>
     <w:rsid w:val="001C77BF"/>
     <w:rsid w:val="001C7989"/>
     <w:rsid w:val="001C7A82"/>
     <w:rsid w:val="001D0529"/>
     <w:rsid w:val="001D0E98"/>
+    <w:rsid w:val="001D1586"/>
     <w:rsid w:val="001D1615"/>
     <w:rsid w:val="001D177D"/>
     <w:rsid w:val="001D1D36"/>
+    <w:rsid w:val="001D24BA"/>
+    <w:rsid w:val="001D2AE6"/>
     <w:rsid w:val="001D2BE9"/>
     <w:rsid w:val="001D2F10"/>
     <w:rsid w:val="001D30D0"/>
     <w:rsid w:val="001D33D5"/>
     <w:rsid w:val="001D3817"/>
     <w:rsid w:val="001D3870"/>
     <w:rsid w:val="001D3EBE"/>
     <w:rsid w:val="001D41A4"/>
     <w:rsid w:val="001D4687"/>
     <w:rsid w:val="001D48C3"/>
+    <w:rsid w:val="001D4BD0"/>
     <w:rsid w:val="001D4D4C"/>
     <w:rsid w:val="001D4EBE"/>
     <w:rsid w:val="001D544A"/>
     <w:rsid w:val="001D5516"/>
     <w:rsid w:val="001D5B6C"/>
     <w:rsid w:val="001D6E57"/>
     <w:rsid w:val="001D70F8"/>
     <w:rsid w:val="001D797D"/>
+    <w:rsid w:val="001E0A0E"/>
     <w:rsid w:val="001E0C76"/>
     <w:rsid w:val="001E0F55"/>
     <w:rsid w:val="001E10C2"/>
+    <w:rsid w:val="001E117C"/>
     <w:rsid w:val="001E12A7"/>
     <w:rsid w:val="001E1361"/>
     <w:rsid w:val="001E1398"/>
+    <w:rsid w:val="001E169B"/>
+    <w:rsid w:val="001E1BC3"/>
     <w:rsid w:val="001E203A"/>
     <w:rsid w:val="001E2D60"/>
     <w:rsid w:val="001E2F25"/>
     <w:rsid w:val="001E2FDE"/>
     <w:rsid w:val="001E32DB"/>
     <w:rsid w:val="001E3D79"/>
     <w:rsid w:val="001E4063"/>
     <w:rsid w:val="001E41E3"/>
     <w:rsid w:val="001E4448"/>
     <w:rsid w:val="001E50F5"/>
     <w:rsid w:val="001E53C7"/>
     <w:rsid w:val="001E53E4"/>
     <w:rsid w:val="001E66F4"/>
     <w:rsid w:val="001E6AFC"/>
     <w:rsid w:val="001E7373"/>
+    <w:rsid w:val="001E7C6A"/>
     <w:rsid w:val="001F01BC"/>
     <w:rsid w:val="001F05EC"/>
     <w:rsid w:val="001F0839"/>
     <w:rsid w:val="001F0CBA"/>
     <w:rsid w:val="001F1735"/>
     <w:rsid w:val="001F17CA"/>
+    <w:rsid w:val="001F19E5"/>
     <w:rsid w:val="001F1C88"/>
+    <w:rsid w:val="001F1F06"/>
+    <w:rsid w:val="001F21CC"/>
     <w:rsid w:val="001F25BB"/>
     <w:rsid w:val="001F3285"/>
     <w:rsid w:val="001F352A"/>
     <w:rsid w:val="001F3600"/>
     <w:rsid w:val="001F43E9"/>
     <w:rsid w:val="001F493E"/>
     <w:rsid w:val="001F49D0"/>
     <w:rsid w:val="001F54E1"/>
     <w:rsid w:val="001F56EC"/>
+    <w:rsid w:val="001F57F3"/>
     <w:rsid w:val="001F5A46"/>
     <w:rsid w:val="001F64F0"/>
     <w:rsid w:val="001F6561"/>
     <w:rsid w:val="001F665C"/>
+    <w:rsid w:val="001F696A"/>
     <w:rsid w:val="001F6EC3"/>
     <w:rsid w:val="001F710B"/>
     <w:rsid w:val="001F7C9B"/>
+    <w:rsid w:val="002000DC"/>
     <w:rsid w:val="002007E9"/>
     <w:rsid w:val="002008A7"/>
     <w:rsid w:val="00200D2A"/>
     <w:rsid w:val="0020115C"/>
+    <w:rsid w:val="0020189A"/>
     <w:rsid w:val="00201D38"/>
     <w:rsid w:val="00202671"/>
     <w:rsid w:val="00203228"/>
     <w:rsid w:val="00203953"/>
+    <w:rsid w:val="00204062"/>
     <w:rsid w:val="0020411D"/>
     <w:rsid w:val="00204172"/>
     <w:rsid w:val="00204DDD"/>
     <w:rsid w:val="0020532F"/>
+    <w:rsid w:val="00205C45"/>
     <w:rsid w:val="00205DDE"/>
     <w:rsid w:val="0020607B"/>
+    <w:rsid w:val="002063D9"/>
     <w:rsid w:val="0020694E"/>
     <w:rsid w:val="00207768"/>
     <w:rsid w:val="00207EFA"/>
     <w:rsid w:val="00210398"/>
     <w:rsid w:val="002104DB"/>
     <w:rsid w:val="00210C59"/>
     <w:rsid w:val="002110E1"/>
     <w:rsid w:val="002111CA"/>
+    <w:rsid w:val="00211245"/>
     <w:rsid w:val="00211843"/>
+    <w:rsid w:val="00211962"/>
     <w:rsid w:val="00211D59"/>
     <w:rsid w:val="00211DC9"/>
     <w:rsid w:val="00212435"/>
+    <w:rsid w:val="00212680"/>
+    <w:rsid w:val="00213626"/>
     <w:rsid w:val="0021370E"/>
+    <w:rsid w:val="0021432D"/>
     <w:rsid w:val="0021462A"/>
     <w:rsid w:val="0021466A"/>
     <w:rsid w:val="00214767"/>
     <w:rsid w:val="002148E4"/>
     <w:rsid w:val="0021494A"/>
+    <w:rsid w:val="00214AC5"/>
     <w:rsid w:val="00214CD2"/>
     <w:rsid w:val="00214E48"/>
+    <w:rsid w:val="00215019"/>
     <w:rsid w:val="00215B12"/>
     <w:rsid w:val="00215CDB"/>
     <w:rsid w:val="00215D72"/>
     <w:rsid w:val="00215E21"/>
+    <w:rsid w:val="002165DA"/>
     <w:rsid w:val="002168B6"/>
     <w:rsid w:val="00217276"/>
     <w:rsid w:val="00217423"/>
     <w:rsid w:val="00217BA0"/>
+    <w:rsid w:val="00217CA8"/>
     <w:rsid w:val="00217DB9"/>
     <w:rsid w:val="00217EC8"/>
     <w:rsid w:val="00220342"/>
+    <w:rsid w:val="00220799"/>
     <w:rsid w:val="002207E2"/>
     <w:rsid w:val="0022082D"/>
     <w:rsid w:val="002208C3"/>
     <w:rsid w:val="00220F6D"/>
+    <w:rsid w:val="0022103D"/>
+    <w:rsid w:val="0022154C"/>
     <w:rsid w:val="00221560"/>
+    <w:rsid w:val="0022238E"/>
     <w:rsid w:val="00222538"/>
     <w:rsid w:val="002225BD"/>
+    <w:rsid w:val="00222912"/>
     <w:rsid w:val="00222EAC"/>
     <w:rsid w:val="00222FF8"/>
     <w:rsid w:val="00223203"/>
     <w:rsid w:val="0022344A"/>
     <w:rsid w:val="0022427F"/>
     <w:rsid w:val="002249DE"/>
+    <w:rsid w:val="00225606"/>
     <w:rsid w:val="002258D6"/>
     <w:rsid w:val="00225B2C"/>
     <w:rsid w:val="00226055"/>
     <w:rsid w:val="0022665D"/>
     <w:rsid w:val="00226D4B"/>
     <w:rsid w:val="00226D7D"/>
     <w:rsid w:val="0022751A"/>
     <w:rsid w:val="00227767"/>
     <w:rsid w:val="002277D8"/>
     <w:rsid w:val="00227D86"/>
+    <w:rsid w:val="00227E75"/>
+    <w:rsid w:val="00227F0C"/>
     <w:rsid w:val="00230644"/>
+    <w:rsid w:val="00231673"/>
+    <w:rsid w:val="00231DAE"/>
     <w:rsid w:val="00232297"/>
     <w:rsid w:val="00232FF1"/>
+    <w:rsid w:val="00233000"/>
     <w:rsid w:val="002331BD"/>
     <w:rsid w:val="0023335D"/>
     <w:rsid w:val="002333BE"/>
     <w:rsid w:val="0023389C"/>
     <w:rsid w:val="00233969"/>
     <w:rsid w:val="00233E76"/>
     <w:rsid w:val="00233EBF"/>
+    <w:rsid w:val="00234DDF"/>
     <w:rsid w:val="00234EA1"/>
     <w:rsid w:val="00234F89"/>
     <w:rsid w:val="0023529D"/>
     <w:rsid w:val="002354B1"/>
+    <w:rsid w:val="002356BC"/>
     <w:rsid w:val="00235AEB"/>
+    <w:rsid w:val="00236447"/>
     <w:rsid w:val="00236AA6"/>
     <w:rsid w:val="00236C77"/>
     <w:rsid w:val="0023700F"/>
+    <w:rsid w:val="002371C2"/>
     <w:rsid w:val="00237394"/>
+    <w:rsid w:val="002410AD"/>
     <w:rsid w:val="00241329"/>
     <w:rsid w:val="002415EF"/>
     <w:rsid w:val="002418F6"/>
+    <w:rsid w:val="00241BD0"/>
     <w:rsid w:val="0024234A"/>
     <w:rsid w:val="00242F6A"/>
     <w:rsid w:val="002432AE"/>
     <w:rsid w:val="002436DD"/>
     <w:rsid w:val="002439CF"/>
     <w:rsid w:val="00243E8E"/>
+    <w:rsid w:val="0024414F"/>
     <w:rsid w:val="00244512"/>
+    <w:rsid w:val="002453A7"/>
     <w:rsid w:val="00245CE7"/>
+    <w:rsid w:val="00245D58"/>
+    <w:rsid w:val="00245DE7"/>
     <w:rsid w:val="00246FD6"/>
+    <w:rsid w:val="002476CA"/>
     <w:rsid w:val="00247888"/>
     <w:rsid w:val="0025004C"/>
     <w:rsid w:val="00250471"/>
     <w:rsid w:val="002508B1"/>
     <w:rsid w:val="00250D23"/>
+    <w:rsid w:val="0025100F"/>
     <w:rsid w:val="002513B6"/>
     <w:rsid w:val="00251529"/>
+    <w:rsid w:val="002515C3"/>
     <w:rsid w:val="00251637"/>
     <w:rsid w:val="0025182F"/>
+    <w:rsid w:val="00251B78"/>
     <w:rsid w:val="00251C00"/>
+    <w:rsid w:val="00252125"/>
     <w:rsid w:val="00252598"/>
     <w:rsid w:val="00252765"/>
     <w:rsid w:val="00252A48"/>
     <w:rsid w:val="002537FC"/>
     <w:rsid w:val="002542A6"/>
     <w:rsid w:val="002545AC"/>
     <w:rsid w:val="00254A72"/>
     <w:rsid w:val="0025582F"/>
     <w:rsid w:val="002558D7"/>
     <w:rsid w:val="00255F05"/>
     <w:rsid w:val="00255F35"/>
+    <w:rsid w:val="00256AA0"/>
     <w:rsid w:val="00256ACC"/>
     <w:rsid w:val="00257E12"/>
     <w:rsid w:val="00260033"/>
     <w:rsid w:val="00260F9D"/>
     <w:rsid w:val="00261C27"/>
     <w:rsid w:val="00261EE0"/>
     <w:rsid w:val="0026273D"/>
+    <w:rsid w:val="00262B93"/>
     <w:rsid w:val="00262EDE"/>
+    <w:rsid w:val="002642CF"/>
     <w:rsid w:val="0026466F"/>
+    <w:rsid w:val="00264B49"/>
     <w:rsid w:val="0026531E"/>
     <w:rsid w:val="00265781"/>
     <w:rsid w:val="00265A6D"/>
     <w:rsid w:val="00265DE9"/>
     <w:rsid w:val="002665B2"/>
     <w:rsid w:val="00266691"/>
     <w:rsid w:val="00266713"/>
     <w:rsid w:val="0026696E"/>
+    <w:rsid w:val="0026718E"/>
     <w:rsid w:val="00267259"/>
     <w:rsid w:val="00270361"/>
     <w:rsid w:val="0027053B"/>
     <w:rsid w:val="0027099D"/>
     <w:rsid w:val="00271715"/>
     <w:rsid w:val="00271AA0"/>
     <w:rsid w:val="00271E19"/>
     <w:rsid w:val="00271F28"/>
     <w:rsid w:val="00272028"/>
     <w:rsid w:val="00272549"/>
     <w:rsid w:val="0027273A"/>
+    <w:rsid w:val="0027282D"/>
     <w:rsid w:val="002729C4"/>
     <w:rsid w:val="00273BC3"/>
     <w:rsid w:val="00274602"/>
+    <w:rsid w:val="00275313"/>
+    <w:rsid w:val="00275AC3"/>
     <w:rsid w:val="00276168"/>
     <w:rsid w:val="002763F3"/>
+    <w:rsid w:val="00276777"/>
+    <w:rsid w:val="00277501"/>
     <w:rsid w:val="00277751"/>
     <w:rsid w:val="002778A7"/>
     <w:rsid w:val="0027792A"/>
     <w:rsid w:val="00277A29"/>
     <w:rsid w:val="00277BA6"/>
+    <w:rsid w:val="00277D2A"/>
     <w:rsid w:val="002808B8"/>
     <w:rsid w:val="00280C0B"/>
     <w:rsid w:val="0028147C"/>
     <w:rsid w:val="002814CD"/>
     <w:rsid w:val="002816AD"/>
+    <w:rsid w:val="00281833"/>
     <w:rsid w:val="00281C4E"/>
     <w:rsid w:val="002820B6"/>
     <w:rsid w:val="002823F0"/>
+    <w:rsid w:val="00282837"/>
+    <w:rsid w:val="00282C45"/>
     <w:rsid w:val="0028311C"/>
     <w:rsid w:val="0028346C"/>
     <w:rsid w:val="00284090"/>
     <w:rsid w:val="0028416B"/>
     <w:rsid w:val="00284600"/>
     <w:rsid w:val="00286387"/>
     <w:rsid w:val="00287063"/>
     <w:rsid w:val="00290392"/>
     <w:rsid w:val="0029048A"/>
     <w:rsid w:val="0029075F"/>
     <w:rsid w:val="00290B20"/>
     <w:rsid w:val="002914A6"/>
     <w:rsid w:val="00291714"/>
     <w:rsid w:val="0029181A"/>
     <w:rsid w:val="00291CE7"/>
     <w:rsid w:val="00292421"/>
+    <w:rsid w:val="00292608"/>
     <w:rsid w:val="00292900"/>
     <w:rsid w:val="002929E2"/>
     <w:rsid w:val="00292A73"/>
     <w:rsid w:val="00292BF0"/>
+    <w:rsid w:val="00292F93"/>
+    <w:rsid w:val="00293DBA"/>
     <w:rsid w:val="00294228"/>
     <w:rsid w:val="002942FD"/>
     <w:rsid w:val="0029463E"/>
+    <w:rsid w:val="00294690"/>
+    <w:rsid w:val="00295896"/>
+    <w:rsid w:val="00295D82"/>
     <w:rsid w:val="00295EAB"/>
     <w:rsid w:val="00295F84"/>
+    <w:rsid w:val="002961D9"/>
     <w:rsid w:val="002968A8"/>
     <w:rsid w:val="00296ED2"/>
     <w:rsid w:val="00296F45"/>
+    <w:rsid w:val="002971AF"/>
     <w:rsid w:val="002979D3"/>
     <w:rsid w:val="00297D74"/>
     <w:rsid w:val="00297DFC"/>
     <w:rsid w:val="002A03D5"/>
     <w:rsid w:val="002A046B"/>
     <w:rsid w:val="002A0C83"/>
     <w:rsid w:val="002A1307"/>
     <w:rsid w:val="002A13AA"/>
     <w:rsid w:val="002A15B9"/>
     <w:rsid w:val="002A1FB0"/>
     <w:rsid w:val="002A2427"/>
+    <w:rsid w:val="002A2B0E"/>
+    <w:rsid w:val="002A3A96"/>
     <w:rsid w:val="002A4C4B"/>
     <w:rsid w:val="002A4D57"/>
     <w:rsid w:val="002A500E"/>
     <w:rsid w:val="002A5131"/>
     <w:rsid w:val="002A57E3"/>
     <w:rsid w:val="002A5A86"/>
     <w:rsid w:val="002A5A9D"/>
     <w:rsid w:val="002A5EC9"/>
     <w:rsid w:val="002A5FF0"/>
     <w:rsid w:val="002A6152"/>
     <w:rsid w:val="002A61E0"/>
+    <w:rsid w:val="002A6375"/>
     <w:rsid w:val="002A71FF"/>
     <w:rsid w:val="002A73AC"/>
+    <w:rsid w:val="002A75ED"/>
+    <w:rsid w:val="002A76D5"/>
     <w:rsid w:val="002A7C87"/>
     <w:rsid w:val="002A7E34"/>
     <w:rsid w:val="002B024C"/>
+    <w:rsid w:val="002B0584"/>
     <w:rsid w:val="002B064C"/>
     <w:rsid w:val="002B089A"/>
     <w:rsid w:val="002B0CA1"/>
     <w:rsid w:val="002B12A2"/>
+    <w:rsid w:val="002B15F5"/>
+    <w:rsid w:val="002B1B37"/>
     <w:rsid w:val="002B1D58"/>
+    <w:rsid w:val="002B2210"/>
     <w:rsid w:val="002B233B"/>
     <w:rsid w:val="002B25CE"/>
     <w:rsid w:val="002B2620"/>
     <w:rsid w:val="002B2E9A"/>
     <w:rsid w:val="002B3080"/>
+    <w:rsid w:val="002B3106"/>
     <w:rsid w:val="002B3C42"/>
     <w:rsid w:val="002B4717"/>
     <w:rsid w:val="002B4D01"/>
     <w:rsid w:val="002B568A"/>
     <w:rsid w:val="002B5B6A"/>
     <w:rsid w:val="002B5CCC"/>
     <w:rsid w:val="002B5E74"/>
     <w:rsid w:val="002B5F2B"/>
+    <w:rsid w:val="002B61C7"/>
     <w:rsid w:val="002B6233"/>
     <w:rsid w:val="002B6258"/>
+    <w:rsid w:val="002B629E"/>
     <w:rsid w:val="002B634D"/>
     <w:rsid w:val="002B6625"/>
     <w:rsid w:val="002B67D6"/>
     <w:rsid w:val="002B6DE1"/>
+    <w:rsid w:val="002B7450"/>
     <w:rsid w:val="002B78CA"/>
+    <w:rsid w:val="002B7F51"/>
     <w:rsid w:val="002C07C8"/>
     <w:rsid w:val="002C07C9"/>
+    <w:rsid w:val="002C13A9"/>
+    <w:rsid w:val="002C1440"/>
     <w:rsid w:val="002C19DE"/>
     <w:rsid w:val="002C1DCB"/>
     <w:rsid w:val="002C2888"/>
     <w:rsid w:val="002C2E37"/>
     <w:rsid w:val="002C35C0"/>
     <w:rsid w:val="002C389F"/>
+    <w:rsid w:val="002C396C"/>
+    <w:rsid w:val="002C3E07"/>
     <w:rsid w:val="002C4229"/>
     <w:rsid w:val="002C4475"/>
     <w:rsid w:val="002C4795"/>
     <w:rsid w:val="002C49D4"/>
     <w:rsid w:val="002C5B72"/>
     <w:rsid w:val="002C5EC9"/>
     <w:rsid w:val="002C6073"/>
     <w:rsid w:val="002C6379"/>
     <w:rsid w:val="002C7079"/>
     <w:rsid w:val="002C71C3"/>
     <w:rsid w:val="002C729C"/>
     <w:rsid w:val="002D01E4"/>
     <w:rsid w:val="002D0CD9"/>
     <w:rsid w:val="002D1242"/>
     <w:rsid w:val="002D1B88"/>
+    <w:rsid w:val="002D2828"/>
     <w:rsid w:val="002D2DFD"/>
     <w:rsid w:val="002D2F52"/>
+    <w:rsid w:val="002D3909"/>
     <w:rsid w:val="002D445A"/>
     <w:rsid w:val="002D47CD"/>
     <w:rsid w:val="002D4E7D"/>
     <w:rsid w:val="002D609C"/>
     <w:rsid w:val="002D621F"/>
     <w:rsid w:val="002D667F"/>
     <w:rsid w:val="002D67A6"/>
     <w:rsid w:val="002D6A7F"/>
+    <w:rsid w:val="002D6D02"/>
+    <w:rsid w:val="002D6DAF"/>
     <w:rsid w:val="002D7482"/>
     <w:rsid w:val="002E005B"/>
+    <w:rsid w:val="002E0894"/>
     <w:rsid w:val="002E0EFC"/>
     <w:rsid w:val="002E14A5"/>
+    <w:rsid w:val="002E1736"/>
     <w:rsid w:val="002E192B"/>
+    <w:rsid w:val="002E1B12"/>
     <w:rsid w:val="002E236C"/>
     <w:rsid w:val="002E24BE"/>
     <w:rsid w:val="002E2DAF"/>
     <w:rsid w:val="002E3056"/>
     <w:rsid w:val="002E3089"/>
     <w:rsid w:val="002E35D2"/>
     <w:rsid w:val="002E378B"/>
     <w:rsid w:val="002E3A03"/>
     <w:rsid w:val="002E448F"/>
     <w:rsid w:val="002E4802"/>
     <w:rsid w:val="002E481C"/>
     <w:rsid w:val="002E535B"/>
     <w:rsid w:val="002E5F20"/>
     <w:rsid w:val="002E6032"/>
     <w:rsid w:val="002E61A0"/>
     <w:rsid w:val="002E6297"/>
     <w:rsid w:val="002E663D"/>
     <w:rsid w:val="002E69AF"/>
     <w:rsid w:val="002E725E"/>
+    <w:rsid w:val="002E7ABC"/>
+    <w:rsid w:val="002E7F50"/>
     <w:rsid w:val="002F021F"/>
     <w:rsid w:val="002F0CAF"/>
+    <w:rsid w:val="002F0F77"/>
     <w:rsid w:val="002F11B5"/>
     <w:rsid w:val="002F176B"/>
     <w:rsid w:val="002F2232"/>
     <w:rsid w:val="002F249C"/>
     <w:rsid w:val="002F24AE"/>
     <w:rsid w:val="002F2530"/>
     <w:rsid w:val="002F25F0"/>
+    <w:rsid w:val="002F2A4C"/>
     <w:rsid w:val="002F2D34"/>
     <w:rsid w:val="002F300B"/>
     <w:rsid w:val="002F3764"/>
     <w:rsid w:val="002F3EC4"/>
     <w:rsid w:val="002F3EEE"/>
     <w:rsid w:val="002F44B4"/>
     <w:rsid w:val="002F4824"/>
     <w:rsid w:val="002F4A02"/>
     <w:rsid w:val="002F4DA1"/>
     <w:rsid w:val="002F4EAC"/>
+    <w:rsid w:val="002F5C49"/>
     <w:rsid w:val="002F5C6C"/>
     <w:rsid w:val="002F5E85"/>
     <w:rsid w:val="002F61C0"/>
     <w:rsid w:val="002F649A"/>
     <w:rsid w:val="002F64DE"/>
     <w:rsid w:val="002F6A37"/>
     <w:rsid w:val="002F6A6F"/>
+    <w:rsid w:val="002F6D1A"/>
+    <w:rsid w:val="002F6D99"/>
     <w:rsid w:val="002F75ED"/>
+    <w:rsid w:val="002F7727"/>
     <w:rsid w:val="003006FD"/>
     <w:rsid w:val="00300DF5"/>
     <w:rsid w:val="0030137D"/>
     <w:rsid w:val="00301575"/>
+    <w:rsid w:val="00301C41"/>
     <w:rsid w:val="00301C54"/>
     <w:rsid w:val="00301DF0"/>
     <w:rsid w:val="00301E85"/>
+    <w:rsid w:val="0030214E"/>
     <w:rsid w:val="00302927"/>
     <w:rsid w:val="00302CCB"/>
     <w:rsid w:val="00302F2D"/>
     <w:rsid w:val="003036BD"/>
     <w:rsid w:val="00303842"/>
+    <w:rsid w:val="00303931"/>
     <w:rsid w:val="00303FA5"/>
     <w:rsid w:val="0030406A"/>
     <w:rsid w:val="003042A1"/>
     <w:rsid w:val="00304397"/>
     <w:rsid w:val="003046D8"/>
     <w:rsid w:val="00304884"/>
     <w:rsid w:val="00304D5F"/>
     <w:rsid w:val="00304EEE"/>
     <w:rsid w:val="00305EF0"/>
     <w:rsid w:val="0030656F"/>
     <w:rsid w:val="003068B0"/>
     <w:rsid w:val="00306DAD"/>
     <w:rsid w:val="00306E39"/>
     <w:rsid w:val="0030703C"/>
     <w:rsid w:val="0030728F"/>
+    <w:rsid w:val="003078DA"/>
     <w:rsid w:val="00307C29"/>
+    <w:rsid w:val="00310207"/>
     <w:rsid w:val="00310430"/>
+    <w:rsid w:val="003108E0"/>
     <w:rsid w:val="00310C7C"/>
     <w:rsid w:val="0031127F"/>
     <w:rsid w:val="0031130A"/>
+    <w:rsid w:val="00311F11"/>
     <w:rsid w:val="003120F9"/>
     <w:rsid w:val="0031230E"/>
+    <w:rsid w:val="003139AA"/>
     <w:rsid w:val="003139E3"/>
     <w:rsid w:val="00313D2A"/>
     <w:rsid w:val="003140A0"/>
     <w:rsid w:val="0031418F"/>
     <w:rsid w:val="003143AA"/>
     <w:rsid w:val="00314500"/>
     <w:rsid w:val="00314539"/>
+    <w:rsid w:val="00314F3F"/>
     <w:rsid w:val="00314F56"/>
     <w:rsid w:val="00314FD1"/>
     <w:rsid w:val="00315061"/>
     <w:rsid w:val="0031563A"/>
     <w:rsid w:val="003156B7"/>
     <w:rsid w:val="003156C0"/>
     <w:rsid w:val="003159C9"/>
+    <w:rsid w:val="00315B5A"/>
+    <w:rsid w:val="00315F33"/>
     <w:rsid w:val="00316014"/>
+    <w:rsid w:val="00316434"/>
     <w:rsid w:val="003168DE"/>
     <w:rsid w:val="00316D04"/>
     <w:rsid w:val="0031777E"/>
     <w:rsid w:val="00317A4B"/>
     <w:rsid w:val="00317AB9"/>
     <w:rsid w:val="00317E9F"/>
     <w:rsid w:val="00320075"/>
     <w:rsid w:val="0032097B"/>
+    <w:rsid w:val="00320C23"/>
     <w:rsid w:val="0032134C"/>
     <w:rsid w:val="00321376"/>
+    <w:rsid w:val="00322263"/>
+    <w:rsid w:val="0032271F"/>
     <w:rsid w:val="00322E93"/>
     <w:rsid w:val="00324613"/>
     <w:rsid w:val="00324DAB"/>
     <w:rsid w:val="00325013"/>
     <w:rsid w:val="0032546F"/>
+    <w:rsid w:val="0032549E"/>
     <w:rsid w:val="003255BC"/>
     <w:rsid w:val="0032567B"/>
     <w:rsid w:val="00325C28"/>
     <w:rsid w:val="003261FF"/>
     <w:rsid w:val="003263A2"/>
     <w:rsid w:val="00326452"/>
     <w:rsid w:val="003275C2"/>
     <w:rsid w:val="00327962"/>
     <w:rsid w:val="0032796D"/>
+    <w:rsid w:val="00327A40"/>
     <w:rsid w:val="00327BD7"/>
     <w:rsid w:val="00330414"/>
     <w:rsid w:val="0033128E"/>
     <w:rsid w:val="00331425"/>
     <w:rsid w:val="00331728"/>
+    <w:rsid w:val="00331AE1"/>
     <w:rsid w:val="0033257D"/>
+    <w:rsid w:val="0033282C"/>
     <w:rsid w:val="00332C96"/>
     <w:rsid w:val="00332D22"/>
     <w:rsid w:val="00333498"/>
     <w:rsid w:val="0033394E"/>
     <w:rsid w:val="003339FD"/>
+    <w:rsid w:val="00333F4A"/>
     <w:rsid w:val="00334317"/>
     <w:rsid w:val="003354B6"/>
     <w:rsid w:val="00335D31"/>
     <w:rsid w:val="003361DE"/>
     <w:rsid w:val="00336637"/>
     <w:rsid w:val="00336F67"/>
     <w:rsid w:val="0033713F"/>
+    <w:rsid w:val="0033785A"/>
     <w:rsid w:val="00337BA2"/>
     <w:rsid w:val="003404E0"/>
     <w:rsid w:val="00340B12"/>
     <w:rsid w:val="00340E4B"/>
+    <w:rsid w:val="00341FB2"/>
     <w:rsid w:val="00341FEA"/>
     <w:rsid w:val="003421B1"/>
     <w:rsid w:val="003422ED"/>
     <w:rsid w:val="00342584"/>
     <w:rsid w:val="003436A2"/>
+    <w:rsid w:val="00343847"/>
+    <w:rsid w:val="00343F29"/>
+    <w:rsid w:val="00343F49"/>
     <w:rsid w:val="00343F92"/>
+    <w:rsid w:val="00344AEF"/>
     <w:rsid w:val="00344CA0"/>
     <w:rsid w:val="00344E49"/>
     <w:rsid w:val="0034523F"/>
+    <w:rsid w:val="00345340"/>
+    <w:rsid w:val="00345EE5"/>
     <w:rsid w:val="003467F3"/>
     <w:rsid w:val="00346E53"/>
     <w:rsid w:val="00346F43"/>
     <w:rsid w:val="00347665"/>
     <w:rsid w:val="003504FC"/>
     <w:rsid w:val="00350814"/>
     <w:rsid w:val="00350A91"/>
     <w:rsid w:val="00350E2F"/>
+    <w:rsid w:val="003511DE"/>
     <w:rsid w:val="00351399"/>
     <w:rsid w:val="00351403"/>
+    <w:rsid w:val="0035141A"/>
     <w:rsid w:val="00351947"/>
     <w:rsid w:val="00352143"/>
     <w:rsid w:val="003524CF"/>
     <w:rsid w:val="00352D66"/>
+    <w:rsid w:val="003530B9"/>
     <w:rsid w:val="00353114"/>
     <w:rsid w:val="00353398"/>
     <w:rsid w:val="003543AA"/>
     <w:rsid w:val="00354CBF"/>
     <w:rsid w:val="00354CD5"/>
     <w:rsid w:val="00355642"/>
+    <w:rsid w:val="00355D31"/>
     <w:rsid w:val="00355E2E"/>
     <w:rsid w:val="00355E4D"/>
+    <w:rsid w:val="003563BD"/>
     <w:rsid w:val="00356903"/>
     <w:rsid w:val="00356C14"/>
     <w:rsid w:val="00356E18"/>
     <w:rsid w:val="00356E78"/>
     <w:rsid w:val="003571C2"/>
+    <w:rsid w:val="003574F6"/>
     <w:rsid w:val="00360765"/>
     <w:rsid w:val="00360AC4"/>
+    <w:rsid w:val="003611E0"/>
     <w:rsid w:val="00361782"/>
     <w:rsid w:val="00362C02"/>
     <w:rsid w:val="00362C7C"/>
     <w:rsid w:val="00362C85"/>
     <w:rsid w:val="0036351E"/>
+    <w:rsid w:val="00363CEB"/>
     <w:rsid w:val="003640AB"/>
     <w:rsid w:val="003644BE"/>
+    <w:rsid w:val="003645AD"/>
     <w:rsid w:val="00365883"/>
     <w:rsid w:val="00365C67"/>
+    <w:rsid w:val="00365EA2"/>
     <w:rsid w:val="00367A18"/>
     <w:rsid w:val="003700FE"/>
+    <w:rsid w:val="00370144"/>
     <w:rsid w:val="0037053F"/>
     <w:rsid w:val="003706BE"/>
     <w:rsid w:val="00370E05"/>
     <w:rsid w:val="00370FB7"/>
     <w:rsid w:val="003710C9"/>
     <w:rsid w:val="00371341"/>
     <w:rsid w:val="00371BC2"/>
     <w:rsid w:val="00371C46"/>
+    <w:rsid w:val="00372DE9"/>
     <w:rsid w:val="003730F8"/>
     <w:rsid w:val="0037346A"/>
+    <w:rsid w:val="00373995"/>
     <w:rsid w:val="0037433E"/>
     <w:rsid w:val="003744FF"/>
+    <w:rsid w:val="0037511E"/>
     <w:rsid w:val="0037564E"/>
     <w:rsid w:val="0037587C"/>
     <w:rsid w:val="00375BC6"/>
     <w:rsid w:val="00375CB8"/>
     <w:rsid w:val="00375CD2"/>
     <w:rsid w:val="00375DE1"/>
     <w:rsid w:val="003761EA"/>
     <w:rsid w:val="003776CE"/>
+    <w:rsid w:val="00377FDF"/>
     <w:rsid w:val="00380272"/>
     <w:rsid w:val="0038030C"/>
     <w:rsid w:val="0038040F"/>
     <w:rsid w:val="00380792"/>
+    <w:rsid w:val="00380CE2"/>
     <w:rsid w:val="00380F31"/>
     <w:rsid w:val="003810C7"/>
     <w:rsid w:val="003818ED"/>
     <w:rsid w:val="003819BA"/>
     <w:rsid w:val="00381AE4"/>
     <w:rsid w:val="00381CAE"/>
     <w:rsid w:val="003821A8"/>
     <w:rsid w:val="0038240E"/>
     <w:rsid w:val="00382625"/>
     <w:rsid w:val="0038284E"/>
+    <w:rsid w:val="00383000"/>
+    <w:rsid w:val="0038327C"/>
     <w:rsid w:val="003837CC"/>
+    <w:rsid w:val="003837F1"/>
     <w:rsid w:val="00383AFC"/>
     <w:rsid w:val="00384EAD"/>
     <w:rsid w:val="00384F35"/>
     <w:rsid w:val="003850B4"/>
+    <w:rsid w:val="0038556E"/>
     <w:rsid w:val="00385656"/>
     <w:rsid w:val="00385BF7"/>
     <w:rsid w:val="003860AC"/>
     <w:rsid w:val="00386518"/>
+    <w:rsid w:val="0038661C"/>
     <w:rsid w:val="003871E8"/>
     <w:rsid w:val="00390D8B"/>
     <w:rsid w:val="00390FB3"/>
     <w:rsid w:val="00390FF2"/>
     <w:rsid w:val="003912AB"/>
     <w:rsid w:val="0039175B"/>
     <w:rsid w:val="00391806"/>
     <w:rsid w:val="00391A97"/>
     <w:rsid w:val="0039255E"/>
+    <w:rsid w:val="00392BAD"/>
     <w:rsid w:val="00392CBA"/>
     <w:rsid w:val="00392F2A"/>
     <w:rsid w:val="0039332D"/>
     <w:rsid w:val="0039344F"/>
     <w:rsid w:val="003935EF"/>
     <w:rsid w:val="00393899"/>
     <w:rsid w:val="00393F79"/>
     <w:rsid w:val="0039415F"/>
     <w:rsid w:val="00394763"/>
     <w:rsid w:val="003948AF"/>
     <w:rsid w:val="00394D3D"/>
     <w:rsid w:val="00396319"/>
+    <w:rsid w:val="003963E4"/>
+    <w:rsid w:val="00396B7F"/>
+    <w:rsid w:val="0039723A"/>
     <w:rsid w:val="0039724A"/>
+    <w:rsid w:val="003974C2"/>
     <w:rsid w:val="003979B4"/>
     <w:rsid w:val="00397E81"/>
     <w:rsid w:val="00397F6A"/>
+    <w:rsid w:val="00397FA6"/>
     <w:rsid w:val="003A02DA"/>
     <w:rsid w:val="003A080E"/>
     <w:rsid w:val="003A0893"/>
     <w:rsid w:val="003A0C74"/>
     <w:rsid w:val="003A0D17"/>
     <w:rsid w:val="003A2859"/>
     <w:rsid w:val="003A2A98"/>
     <w:rsid w:val="003A2CB6"/>
     <w:rsid w:val="003A2F22"/>
     <w:rsid w:val="003A354A"/>
     <w:rsid w:val="003A3701"/>
     <w:rsid w:val="003A3886"/>
     <w:rsid w:val="003A3A77"/>
+    <w:rsid w:val="003A45DC"/>
+    <w:rsid w:val="003A4904"/>
     <w:rsid w:val="003A4B16"/>
     <w:rsid w:val="003A5524"/>
     <w:rsid w:val="003A5D59"/>
+    <w:rsid w:val="003A61D3"/>
     <w:rsid w:val="003A6E7D"/>
     <w:rsid w:val="003A78CE"/>
+    <w:rsid w:val="003A7DEF"/>
     <w:rsid w:val="003A7E40"/>
     <w:rsid w:val="003B01D3"/>
     <w:rsid w:val="003B0977"/>
     <w:rsid w:val="003B0A38"/>
     <w:rsid w:val="003B0D7F"/>
     <w:rsid w:val="003B15AA"/>
     <w:rsid w:val="003B160C"/>
     <w:rsid w:val="003B16FC"/>
     <w:rsid w:val="003B1D6E"/>
     <w:rsid w:val="003B1DF1"/>
     <w:rsid w:val="003B24AE"/>
     <w:rsid w:val="003B2A51"/>
     <w:rsid w:val="003B2C2F"/>
     <w:rsid w:val="003B2D2C"/>
     <w:rsid w:val="003B2E8F"/>
     <w:rsid w:val="003B39C1"/>
+    <w:rsid w:val="003B42D3"/>
     <w:rsid w:val="003B4A97"/>
     <w:rsid w:val="003B4C6B"/>
     <w:rsid w:val="003B5162"/>
     <w:rsid w:val="003B5173"/>
     <w:rsid w:val="003B6134"/>
     <w:rsid w:val="003B72C7"/>
     <w:rsid w:val="003B77E2"/>
     <w:rsid w:val="003B78EE"/>
     <w:rsid w:val="003B7A3D"/>
     <w:rsid w:val="003B7F44"/>
     <w:rsid w:val="003C05B1"/>
     <w:rsid w:val="003C0618"/>
+    <w:rsid w:val="003C0902"/>
+    <w:rsid w:val="003C0C72"/>
     <w:rsid w:val="003C0EF6"/>
     <w:rsid w:val="003C1603"/>
     <w:rsid w:val="003C1AC6"/>
     <w:rsid w:val="003C1B42"/>
+    <w:rsid w:val="003C1B8B"/>
     <w:rsid w:val="003C1BDB"/>
     <w:rsid w:val="003C214E"/>
     <w:rsid w:val="003C2608"/>
     <w:rsid w:val="003C260C"/>
     <w:rsid w:val="003C2C49"/>
     <w:rsid w:val="003C3375"/>
     <w:rsid w:val="003C3748"/>
+    <w:rsid w:val="003C3E82"/>
     <w:rsid w:val="003C44D2"/>
     <w:rsid w:val="003C4A9B"/>
+    <w:rsid w:val="003C4B06"/>
     <w:rsid w:val="003C5A78"/>
     <w:rsid w:val="003C5E2D"/>
     <w:rsid w:val="003C61F7"/>
     <w:rsid w:val="003C6470"/>
     <w:rsid w:val="003C6A6E"/>
+    <w:rsid w:val="003C6CD0"/>
     <w:rsid w:val="003C6F5C"/>
     <w:rsid w:val="003C711E"/>
     <w:rsid w:val="003C76BA"/>
     <w:rsid w:val="003C7733"/>
     <w:rsid w:val="003C77CE"/>
     <w:rsid w:val="003C7FFE"/>
+    <w:rsid w:val="003D05CA"/>
     <w:rsid w:val="003D0C89"/>
     <w:rsid w:val="003D0D91"/>
     <w:rsid w:val="003D107B"/>
     <w:rsid w:val="003D1360"/>
     <w:rsid w:val="003D16C7"/>
     <w:rsid w:val="003D1718"/>
     <w:rsid w:val="003D1FA8"/>
     <w:rsid w:val="003D2321"/>
     <w:rsid w:val="003D3359"/>
     <w:rsid w:val="003D38B2"/>
     <w:rsid w:val="003D3B7F"/>
     <w:rsid w:val="003D3B8C"/>
+    <w:rsid w:val="003D3F91"/>
     <w:rsid w:val="003D43A3"/>
     <w:rsid w:val="003D4A63"/>
     <w:rsid w:val="003D4BF8"/>
     <w:rsid w:val="003D5631"/>
     <w:rsid w:val="003D6281"/>
     <w:rsid w:val="003D6C27"/>
     <w:rsid w:val="003D6EBF"/>
     <w:rsid w:val="003D7CD7"/>
     <w:rsid w:val="003D7D8C"/>
     <w:rsid w:val="003D7E6B"/>
     <w:rsid w:val="003D7EFB"/>
     <w:rsid w:val="003D7F77"/>
     <w:rsid w:val="003E0803"/>
     <w:rsid w:val="003E0B1A"/>
     <w:rsid w:val="003E0BB7"/>
+    <w:rsid w:val="003E1434"/>
     <w:rsid w:val="003E149B"/>
     <w:rsid w:val="003E1B09"/>
     <w:rsid w:val="003E20CC"/>
     <w:rsid w:val="003E2486"/>
     <w:rsid w:val="003E2494"/>
     <w:rsid w:val="003E3A4E"/>
     <w:rsid w:val="003E3B40"/>
     <w:rsid w:val="003E3C4D"/>
     <w:rsid w:val="003E409C"/>
     <w:rsid w:val="003E41AD"/>
+    <w:rsid w:val="003E4835"/>
     <w:rsid w:val="003E48DC"/>
     <w:rsid w:val="003E4DDD"/>
     <w:rsid w:val="003E63F4"/>
     <w:rsid w:val="003E6691"/>
     <w:rsid w:val="003E69AA"/>
     <w:rsid w:val="003E7C52"/>
     <w:rsid w:val="003E7FA6"/>
     <w:rsid w:val="003F0853"/>
     <w:rsid w:val="003F0A3D"/>
     <w:rsid w:val="003F0D75"/>
     <w:rsid w:val="003F199C"/>
     <w:rsid w:val="003F2B8E"/>
     <w:rsid w:val="003F2D13"/>
     <w:rsid w:val="003F3EB9"/>
     <w:rsid w:val="003F3F41"/>
     <w:rsid w:val="003F44DD"/>
+    <w:rsid w:val="003F478C"/>
     <w:rsid w:val="003F47C3"/>
+    <w:rsid w:val="003F4803"/>
     <w:rsid w:val="003F4919"/>
     <w:rsid w:val="003F4BEB"/>
     <w:rsid w:val="003F4FB8"/>
     <w:rsid w:val="003F5663"/>
     <w:rsid w:val="003F5CBE"/>
     <w:rsid w:val="003F627F"/>
     <w:rsid w:val="003F693F"/>
+    <w:rsid w:val="003F7209"/>
     <w:rsid w:val="003F725B"/>
     <w:rsid w:val="003F75F6"/>
     <w:rsid w:val="003F7723"/>
+    <w:rsid w:val="003F7A78"/>
+    <w:rsid w:val="003F7E4D"/>
     <w:rsid w:val="00400A8D"/>
     <w:rsid w:val="00400B45"/>
     <w:rsid w:val="00400C20"/>
     <w:rsid w:val="00400CFA"/>
     <w:rsid w:val="00401962"/>
     <w:rsid w:val="00402350"/>
     <w:rsid w:val="00402994"/>
     <w:rsid w:val="00402E68"/>
+    <w:rsid w:val="00403527"/>
     <w:rsid w:val="00403569"/>
     <w:rsid w:val="004035C8"/>
     <w:rsid w:val="00403823"/>
+    <w:rsid w:val="00403ED9"/>
     <w:rsid w:val="004044F6"/>
     <w:rsid w:val="004045F0"/>
     <w:rsid w:val="00404D46"/>
     <w:rsid w:val="00404EF4"/>
     <w:rsid w:val="004050CA"/>
     <w:rsid w:val="0040553A"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="0040610A"/>
     <w:rsid w:val="00406163"/>
     <w:rsid w:val="004062CD"/>
+    <w:rsid w:val="00406873"/>
     <w:rsid w:val="00406A08"/>
     <w:rsid w:val="00407086"/>
     <w:rsid w:val="00407547"/>
     <w:rsid w:val="00407969"/>
     <w:rsid w:val="00407A95"/>
     <w:rsid w:val="004100D3"/>
     <w:rsid w:val="004105A5"/>
     <w:rsid w:val="00410BE6"/>
     <w:rsid w:val="004112AA"/>
     <w:rsid w:val="00411906"/>
     <w:rsid w:val="004131DF"/>
+    <w:rsid w:val="00413314"/>
     <w:rsid w:val="00413451"/>
     <w:rsid w:val="00414279"/>
     <w:rsid w:val="004144FC"/>
     <w:rsid w:val="00414973"/>
+    <w:rsid w:val="0041508B"/>
     <w:rsid w:val="00415386"/>
+    <w:rsid w:val="00415787"/>
     <w:rsid w:val="004166B6"/>
     <w:rsid w:val="00416862"/>
     <w:rsid w:val="004168CE"/>
     <w:rsid w:val="00416A19"/>
     <w:rsid w:val="00416B65"/>
     <w:rsid w:val="00416BCF"/>
     <w:rsid w:val="00416C38"/>
     <w:rsid w:val="00416FE2"/>
     <w:rsid w:val="00417593"/>
     <w:rsid w:val="00417979"/>
     <w:rsid w:val="00417D1D"/>
     <w:rsid w:val="004200B1"/>
+    <w:rsid w:val="004200D5"/>
+    <w:rsid w:val="0042046E"/>
     <w:rsid w:val="0042099A"/>
+    <w:rsid w:val="00421227"/>
     <w:rsid w:val="00421312"/>
+    <w:rsid w:val="00421490"/>
     <w:rsid w:val="00421521"/>
     <w:rsid w:val="00421525"/>
     <w:rsid w:val="004216AD"/>
     <w:rsid w:val="004217E7"/>
     <w:rsid w:val="0042182F"/>
     <w:rsid w:val="00421BCF"/>
     <w:rsid w:val="00422567"/>
+    <w:rsid w:val="0042371D"/>
+    <w:rsid w:val="004237E5"/>
     <w:rsid w:val="00423E2C"/>
     <w:rsid w:val="00424F17"/>
     <w:rsid w:val="004250FB"/>
+    <w:rsid w:val="00425583"/>
     <w:rsid w:val="00425EFC"/>
     <w:rsid w:val="00426022"/>
+    <w:rsid w:val="00426772"/>
     <w:rsid w:val="004269F5"/>
     <w:rsid w:val="00426EC8"/>
+    <w:rsid w:val="0042778E"/>
     <w:rsid w:val="00427B41"/>
+    <w:rsid w:val="00427E1D"/>
     <w:rsid w:val="00427FAF"/>
     <w:rsid w:val="00430115"/>
     <w:rsid w:val="0043078F"/>
     <w:rsid w:val="004313B7"/>
     <w:rsid w:val="00431E99"/>
     <w:rsid w:val="004328BA"/>
     <w:rsid w:val="00432ED1"/>
     <w:rsid w:val="0043303F"/>
     <w:rsid w:val="004332F0"/>
     <w:rsid w:val="004339C5"/>
     <w:rsid w:val="004348F8"/>
     <w:rsid w:val="00435FD5"/>
     <w:rsid w:val="00436943"/>
     <w:rsid w:val="00436E09"/>
     <w:rsid w:val="004372EA"/>
     <w:rsid w:val="00440557"/>
     <w:rsid w:val="0044090D"/>
     <w:rsid w:val="00440DC5"/>
     <w:rsid w:val="004411CF"/>
     <w:rsid w:val="0044154A"/>
     <w:rsid w:val="0044219F"/>
     <w:rsid w:val="004422FB"/>
     <w:rsid w:val="00442403"/>
     <w:rsid w:val="00443416"/>
     <w:rsid w:val="00443AAD"/>
     <w:rsid w:val="00443E3A"/>
     <w:rsid w:val="00443FD1"/>
     <w:rsid w:val="00444071"/>
+    <w:rsid w:val="00444360"/>
+    <w:rsid w:val="0044445E"/>
     <w:rsid w:val="004447C4"/>
+    <w:rsid w:val="00444C79"/>
     <w:rsid w:val="004453B3"/>
+    <w:rsid w:val="00445EDB"/>
     <w:rsid w:val="004460B8"/>
     <w:rsid w:val="004462B1"/>
     <w:rsid w:val="004468D9"/>
+    <w:rsid w:val="00446E12"/>
+    <w:rsid w:val="00447157"/>
     <w:rsid w:val="00447577"/>
     <w:rsid w:val="00447654"/>
     <w:rsid w:val="00447D70"/>
     <w:rsid w:val="00447ED5"/>
     <w:rsid w:val="0045030C"/>
     <w:rsid w:val="00450671"/>
     <w:rsid w:val="0045072C"/>
     <w:rsid w:val="00450DC5"/>
     <w:rsid w:val="00450F68"/>
     <w:rsid w:val="00450FF3"/>
     <w:rsid w:val="00451456"/>
     <w:rsid w:val="00451626"/>
     <w:rsid w:val="004517A1"/>
+    <w:rsid w:val="004520D8"/>
     <w:rsid w:val="00452220"/>
     <w:rsid w:val="00452425"/>
     <w:rsid w:val="004526B1"/>
     <w:rsid w:val="004526F6"/>
+    <w:rsid w:val="00452764"/>
+    <w:rsid w:val="004527FA"/>
     <w:rsid w:val="00452DF0"/>
     <w:rsid w:val="004531D5"/>
     <w:rsid w:val="004538EA"/>
+    <w:rsid w:val="0045418C"/>
     <w:rsid w:val="00454695"/>
     <w:rsid w:val="00454A0E"/>
+    <w:rsid w:val="00454BDC"/>
     <w:rsid w:val="00454F64"/>
     <w:rsid w:val="00455314"/>
     <w:rsid w:val="00455481"/>
     <w:rsid w:val="0045559B"/>
     <w:rsid w:val="00455628"/>
     <w:rsid w:val="00455695"/>
     <w:rsid w:val="00455A96"/>
+    <w:rsid w:val="00455D79"/>
     <w:rsid w:val="00456698"/>
     <w:rsid w:val="00456964"/>
     <w:rsid w:val="00456AB4"/>
     <w:rsid w:val="00457456"/>
     <w:rsid w:val="00457530"/>
     <w:rsid w:val="00460064"/>
     <w:rsid w:val="004607A5"/>
     <w:rsid w:val="004615DB"/>
+    <w:rsid w:val="004620F9"/>
     <w:rsid w:val="004622B8"/>
     <w:rsid w:val="00462A87"/>
     <w:rsid w:val="00463220"/>
     <w:rsid w:val="00463579"/>
     <w:rsid w:val="00463581"/>
     <w:rsid w:val="00463983"/>
     <w:rsid w:val="00463C98"/>
+    <w:rsid w:val="00464594"/>
     <w:rsid w:val="0046491C"/>
     <w:rsid w:val="00464E3B"/>
     <w:rsid w:val="00465244"/>
     <w:rsid w:val="0046563C"/>
     <w:rsid w:val="00465A0C"/>
+    <w:rsid w:val="00465AE0"/>
     <w:rsid w:val="00465BA5"/>
     <w:rsid w:val="00465DAB"/>
     <w:rsid w:val="00465ED3"/>
+    <w:rsid w:val="00466646"/>
     <w:rsid w:val="00467249"/>
     <w:rsid w:val="0046753D"/>
     <w:rsid w:val="00467728"/>
+    <w:rsid w:val="00467933"/>
+    <w:rsid w:val="00467D83"/>
     <w:rsid w:val="00471586"/>
     <w:rsid w:val="00471588"/>
     <w:rsid w:val="00471DEB"/>
     <w:rsid w:val="00471F26"/>
     <w:rsid w:val="004721DB"/>
     <w:rsid w:val="0047234B"/>
     <w:rsid w:val="004725DC"/>
+    <w:rsid w:val="00472637"/>
     <w:rsid w:val="004726A3"/>
     <w:rsid w:val="00472ECC"/>
+    <w:rsid w:val="00473269"/>
     <w:rsid w:val="00473534"/>
     <w:rsid w:val="00473D5B"/>
     <w:rsid w:val="00473DAE"/>
     <w:rsid w:val="00474220"/>
     <w:rsid w:val="004742BE"/>
     <w:rsid w:val="00474E67"/>
     <w:rsid w:val="00475508"/>
     <w:rsid w:val="00475C34"/>
     <w:rsid w:val="00475CE7"/>
     <w:rsid w:val="004765E4"/>
+    <w:rsid w:val="0047665E"/>
     <w:rsid w:val="004766DA"/>
     <w:rsid w:val="004769EC"/>
     <w:rsid w:val="00477429"/>
     <w:rsid w:val="00477554"/>
+    <w:rsid w:val="00477797"/>
     <w:rsid w:val="00477E12"/>
+    <w:rsid w:val="00477F35"/>
     <w:rsid w:val="00480305"/>
+    <w:rsid w:val="0048080F"/>
+    <w:rsid w:val="00480B8B"/>
     <w:rsid w:val="00480BC0"/>
     <w:rsid w:val="004813FF"/>
     <w:rsid w:val="00481408"/>
     <w:rsid w:val="00481484"/>
     <w:rsid w:val="0048255A"/>
     <w:rsid w:val="004826A2"/>
     <w:rsid w:val="00482D19"/>
+    <w:rsid w:val="00483283"/>
     <w:rsid w:val="0048399B"/>
     <w:rsid w:val="00483D5D"/>
+    <w:rsid w:val="00484368"/>
     <w:rsid w:val="004844EA"/>
     <w:rsid w:val="0048455D"/>
     <w:rsid w:val="00484810"/>
     <w:rsid w:val="00484D5C"/>
     <w:rsid w:val="00484FFF"/>
     <w:rsid w:val="004850FA"/>
     <w:rsid w:val="004852A2"/>
     <w:rsid w:val="00485758"/>
     <w:rsid w:val="00485785"/>
     <w:rsid w:val="00485A14"/>
+    <w:rsid w:val="00486F0D"/>
     <w:rsid w:val="00486F92"/>
     <w:rsid w:val="0048707F"/>
     <w:rsid w:val="004872F4"/>
     <w:rsid w:val="004875F9"/>
     <w:rsid w:val="00487909"/>
     <w:rsid w:val="0048797B"/>
     <w:rsid w:val="004901A8"/>
     <w:rsid w:val="00491081"/>
     <w:rsid w:val="00491630"/>
     <w:rsid w:val="00491922"/>
     <w:rsid w:val="00491A01"/>
     <w:rsid w:val="00491BA5"/>
     <w:rsid w:val="00491BF7"/>
     <w:rsid w:val="004921FE"/>
+    <w:rsid w:val="00492418"/>
     <w:rsid w:val="00492711"/>
     <w:rsid w:val="00492DE9"/>
     <w:rsid w:val="00492F3E"/>
     <w:rsid w:val="004931E2"/>
     <w:rsid w:val="00493542"/>
+    <w:rsid w:val="00493825"/>
     <w:rsid w:val="0049387E"/>
     <w:rsid w:val="00493C47"/>
     <w:rsid w:val="00493FB9"/>
     <w:rsid w:val="00494228"/>
     <w:rsid w:val="004946EB"/>
     <w:rsid w:val="0049523D"/>
     <w:rsid w:val="00495401"/>
     <w:rsid w:val="00495492"/>
     <w:rsid w:val="00495515"/>
     <w:rsid w:val="0049598F"/>
     <w:rsid w:val="00496400"/>
     <w:rsid w:val="004967B5"/>
     <w:rsid w:val="00496928"/>
     <w:rsid w:val="00496C5D"/>
+    <w:rsid w:val="004970FD"/>
+    <w:rsid w:val="004978C6"/>
+    <w:rsid w:val="00497F53"/>
     <w:rsid w:val="004A1106"/>
     <w:rsid w:val="004A1D92"/>
     <w:rsid w:val="004A24B4"/>
     <w:rsid w:val="004A2AB0"/>
     <w:rsid w:val="004A2CB1"/>
     <w:rsid w:val="004A30B8"/>
     <w:rsid w:val="004A333C"/>
     <w:rsid w:val="004A4A0C"/>
+    <w:rsid w:val="004A4EA6"/>
     <w:rsid w:val="004A5A88"/>
+    <w:rsid w:val="004A5D9D"/>
     <w:rsid w:val="004A5DF5"/>
+    <w:rsid w:val="004A64BD"/>
+    <w:rsid w:val="004A6A40"/>
     <w:rsid w:val="004A6B0F"/>
     <w:rsid w:val="004A710E"/>
     <w:rsid w:val="004A72FC"/>
     <w:rsid w:val="004A7AA5"/>
     <w:rsid w:val="004A7E72"/>
     <w:rsid w:val="004B0165"/>
     <w:rsid w:val="004B04DD"/>
     <w:rsid w:val="004B0F8E"/>
     <w:rsid w:val="004B1200"/>
     <w:rsid w:val="004B1511"/>
+    <w:rsid w:val="004B1A35"/>
     <w:rsid w:val="004B1E22"/>
     <w:rsid w:val="004B2375"/>
     <w:rsid w:val="004B242A"/>
     <w:rsid w:val="004B2766"/>
+    <w:rsid w:val="004B2A8F"/>
     <w:rsid w:val="004B2DDA"/>
     <w:rsid w:val="004B31EA"/>
     <w:rsid w:val="004B3203"/>
     <w:rsid w:val="004B33FA"/>
+    <w:rsid w:val="004B369C"/>
     <w:rsid w:val="004B37D7"/>
+    <w:rsid w:val="004B3A7C"/>
     <w:rsid w:val="004B3C78"/>
     <w:rsid w:val="004B41E6"/>
+    <w:rsid w:val="004B4353"/>
+    <w:rsid w:val="004B45AF"/>
     <w:rsid w:val="004B4D0D"/>
     <w:rsid w:val="004B5146"/>
     <w:rsid w:val="004B5193"/>
     <w:rsid w:val="004B539A"/>
     <w:rsid w:val="004B54E8"/>
+    <w:rsid w:val="004B5749"/>
     <w:rsid w:val="004B59FF"/>
     <w:rsid w:val="004B5B07"/>
     <w:rsid w:val="004B5CD9"/>
+    <w:rsid w:val="004B5DCF"/>
     <w:rsid w:val="004B5E3C"/>
     <w:rsid w:val="004B60AF"/>
     <w:rsid w:val="004B70DF"/>
     <w:rsid w:val="004B7420"/>
     <w:rsid w:val="004B7DFB"/>
+    <w:rsid w:val="004C0367"/>
     <w:rsid w:val="004C076B"/>
     <w:rsid w:val="004C0797"/>
     <w:rsid w:val="004C1007"/>
     <w:rsid w:val="004C110C"/>
     <w:rsid w:val="004C1562"/>
     <w:rsid w:val="004C2540"/>
     <w:rsid w:val="004C2860"/>
     <w:rsid w:val="004C2C5D"/>
+    <w:rsid w:val="004C40A3"/>
     <w:rsid w:val="004C42EA"/>
     <w:rsid w:val="004C43AF"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C5448"/>
     <w:rsid w:val="004C579E"/>
     <w:rsid w:val="004C5958"/>
     <w:rsid w:val="004C5D52"/>
+    <w:rsid w:val="004C6465"/>
+    <w:rsid w:val="004C6F3B"/>
     <w:rsid w:val="004C7110"/>
     <w:rsid w:val="004C71B5"/>
     <w:rsid w:val="004C7751"/>
     <w:rsid w:val="004C7B6E"/>
+    <w:rsid w:val="004C7C01"/>
     <w:rsid w:val="004C7CAB"/>
     <w:rsid w:val="004C7CC2"/>
     <w:rsid w:val="004C7CE7"/>
+    <w:rsid w:val="004D0088"/>
     <w:rsid w:val="004D0882"/>
     <w:rsid w:val="004D089C"/>
     <w:rsid w:val="004D0929"/>
     <w:rsid w:val="004D0F14"/>
     <w:rsid w:val="004D11B1"/>
     <w:rsid w:val="004D152D"/>
     <w:rsid w:val="004D1887"/>
     <w:rsid w:val="004D1965"/>
     <w:rsid w:val="004D1FFE"/>
     <w:rsid w:val="004D28C8"/>
     <w:rsid w:val="004D2BB3"/>
+    <w:rsid w:val="004D2FA2"/>
     <w:rsid w:val="004D3C9B"/>
     <w:rsid w:val="004D3EFD"/>
     <w:rsid w:val="004D3F35"/>
     <w:rsid w:val="004D4217"/>
     <w:rsid w:val="004D4555"/>
     <w:rsid w:val="004D4CED"/>
+    <w:rsid w:val="004D4DF4"/>
     <w:rsid w:val="004D53EA"/>
     <w:rsid w:val="004D591F"/>
     <w:rsid w:val="004D5AD2"/>
+    <w:rsid w:val="004D5B5E"/>
     <w:rsid w:val="004D5DA7"/>
     <w:rsid w:val="004D6225"/>
     <w:rsid w:val="004D6A70"/>
     <w:rsid w:val="004D6E58"/>
     <w:rsid w:val="004D774A"/>
     <w:rsid w:val="004D7F84"/>
     <w:rsid w:val="004E0294"/>
     <w:rsid w:val="004E06B5"/>
     <w:rsid w:val="004E0A4B"/>
     <w:rsid w:val="004E0CD2"/>
     <w:rsid w:val="004E0EE4"/>
+    <w:rsid w:val="004E1617"/>
     <w:rsid w:val="004E1665"/>
+    <w:rsid w:val="004E2067"/>
     <w:rsid w:val="004E22B1"/>
     <w:rsid w:val="004E2AB0"/>
+    <w:rsid w:val="004E2AD8"/>
+    <w:rsid w:val="004E3347"/>
     <w:rsid w:val="004E399A"/>
     <w:rsid w:val="004E3EAA"/>
+    <w:rsid w:val="004E4D83"/>
     <w:rsid w:val="004E59C3"/>
     <w:rsid w:val="004E6030"/>
+    <w:rsid w:val="004E6EDD"/>
     <w:rsid w:val="004E7DBD"/>
     <w:rsid w:val="004F13C6"/>
     <w:rsid w:val="004F18FE"/>
     <w:rsid w:val="004F1C00"/>
     <w:rsid w:val="004F2453"/>
     <w:rsid w:val="004F2465"/>
+    <w:rsid w:val="004F29E3"/>
+    <w:rsid w:val="004F2D0B"/>
     <w:rsid w:val="004F30AD"/>
     <w:rsid w:val="004F434C"/>
+    <w:rsid w:val="004F57DA"/>
     <w:rsid w:val="004F679B"/>
     <w:rsid w:val="004F6886"/>
     <w:rsid w:val="004F70CB"/>
     <w:rsid w:val="004F7CF8"/>
+    <w:rsid w:val="004F7E53"/>
+    <w:rsid w:val="0050026F"/>
     <w:rsid w:val="0050040E"/>
     <w:rsid w:val="005005CA"/>
     <w:rsid w:val="00500A8A"/>
     <w:rsid w:val="00500C89"/>
     <w:rsid w:val="00500DA0"/>
     <w:rsid w:val="00502157"/>
     <w:rsid w:val="005025FB"/>
     <w:rsid w:val="00502BC5"/>
     <w:rsid w:val="00503235"/>
     <w:rsid w:val="005032C0"/>
     <w:rsid w:val="005034B9"/>
     <w:rsid w:val="00503A89"/>
     <w:rsid w:val="00503BE4"/>
     <w:rsid w:val="00503C4E"/>
+    <w:rsid w:val="005045B6"/>
+    <w:rsid w:val="005045EE"/>
     <w:rsid w:val="005048C5"/>
     <w:rsid w:val="00504DF7"/>
     <w:rsid w:val="0050547D"/>
     <w:rsid w:val="005058F7"/>
+    <w:rsid w:val="00505E12"/>
     <w:rsid w:val="00507F6D"/>
     <w:rsid w:val="005105B6"/>
+    <w:rsid w:val="005107B7"/>
     <w:rsid w:val="0051085B"/>
     <w:rsid w:val="00510E12"/>
     <w:rsid w:val="0051140B"/>
     <w:rsid w:val="00511439"/>
     <w:rsid w:val="00511710"/>
     <w:rsid w:val="00511BEE"/>
+    <w:rsid w:val="00511C79"/>
     <w:rsid w:val="00511D1F"/>
     <w:rsid w:val="005135C7"/>
     <w:rsid w:val="00513C77"/>
     <w:rsid w:val="00513DE7"/>
+    <w:rsid w:val="0051415A"/>
     <w:rsid w:val="0051419C"/>
     <w:rsid w:val="0051431C"/>
     <w:rsid w:val="00514869"/>
     <w:rsid w:val="005148D0"/>
     <w:rsid w:val="00514BA9"/>
+    <w:rsid w:val="00514BF1"/>
     <w:rsid w:val="00514C33"/>
     <w:rsid w:val="00514D17"/>
     <w:rsid w:val="00515287"/>
     <w:rsid w:val="0051548F"/>
     <w:rsid w:val="00515800"/>
     <w:rsid w:val="00515989"/>
     <w:rsid w:val="00515B78"/>
     <w:rsid w:val="00516B05"/>
     <w:rsid w:val="00516BD5"/>
     <w:rsid w:val="00516E00"/>
     <w:rsid w:val="00517DA1"/>
     <w:rsid w:val="00517FF2"/>
     <w:rsid w:val="005202B0"/>
     <w:rsid w:val="005207C3"/>
     <w:rsid w:val="00520B54"/>
     <w:rsid w:val="00520B8F"/>
     <w:rsid w:val="00520E4C"/>
+    <w:rsid w:val="00521A51"/>
     <w:rsid w:val="00521ED2"/>
     <w:rsid w:val="00521ED3"/>
     <w:rsid w:val="0052203F"/>
     <w:rsid w:val="005227AF"/>
     <w:rsid w:val="00522F52"/>
+    <w:rsid w:val="0052339E"/>
     <w:rsid w:val="00523664"/>
+    <w:rsid w:val="00523B9C"/>
     <w:rsid w:val="00523CFD"/>
     <w:rsid w:val="00523DCD"/>
     <w:rsid w:val="00523F84"/>
     <w:rsid w:val="005243DA"/>
     <w:rsid w:val="00524439"/>
     <w:rsid w:val="0052458D"/>
     <w:rsid w:val="005245CF"/>
+    <w:rsid w:val="00524808"/>
     <w:rsid w:val="00524A7C"/>
     <w:rsid w:val="00525173"/>
+    <w:rsid w:val="005252C7"/>
     <w:rsid w:val="00525518"/>
     <w:rsid w:val="00525889"/>
     <w:rsid w:val="0052609E"/>
+    <w:rsid w:val="00526CE6"/>
     <w:rsid w:val="00527542"/>
     <w:rsid w:val="0052788B"/>
     <w:rsid w:val="0053008E"/>
     <w:rsid w:val="005300A1"/>
     <w:rsid w:val="00530401"/>
     <w:rsid w:val="005305B5"/>
     <w:rsid w:val="00530B88"/>
     <w:rsid w:val="00530BF0"/>
     <w:rsid w:val="005310C6"/>
     <w:rsid w:val="00531603"/>
     <w:rsid w:val="0053196C"/>
     <w:rsid w:val="005322DC"/>
+    <w:rsid w:val="005327D5"/>
+    <w:rsid w:val="005327EF"/>
     <w:rsid w:val="0053310A"/>
     <w:rsid w:val="0053357B"/>
     <w:rsid w:val="005337BA"/>
     <w:rsid w:val="005338D5"/>
     <w:rsid w:val="00533BD9"/>
     <w:rsid w:val="00534A1D"/>
+    <w:rsid w:val="00534D4D"/>
     <w:rsid w:val="00535052"/>
     <w:rsid w:val="00535CD6"/>
     <w:rsid w:val="005365FA"/>
     <w:rsid w:val="00536FC3"/>
     <w:rsid w:val="005372D5"/>
     <w:rsid w:val="00537432"/>
     <w:rsid w:val="0054018B"/>
     <w:rsid w:val="005402F8"/>
     <w:rsid w:val="005405FC"/>
     <w:rsid w:val="00540CBE"/>
     <w:rsid w:val="00541847"/>
+    <w:rsid w:val="00541964"/>
     <w:rsid w:val="00541B47"/>
     <w:rsid w:val="00541CFF"/>
     <w:rsid w:val="00542020"/>
     <w:rsid w:val="0054253B"/>
+    <w:rsid w:val="005429CB"/>
     <w:rsid w:val="00542B44"/>
     <w:rsid w:val="00543111"/>
     <w:rsid w:val="0054346A"/>
     <w:rsid w:val="005435D5"/>
     <w:rsid w:val="0054372F"/>
     <w:rsid w:val="0054395C"/>
     <w:rsid w:val="00543AA9"/>
     <w:rsid w:val="0054413F"/>
+    <w:rsid w:val="005445C9"/>
     <w:rsid w:val="005446C1"/>
     <w:rsid w:val="0054486B"/>
     <w:rsid w:val="00545C7E"/>
     <w:rsid w:val="00545C89"/>
+    <w:rsid w:val="00546386"/>
     <w:rsid w:val="00546573"/>
     <w:rsid w:val="00546631"/>
     <w:rsid w:val="00546B5A"/>
     <w:rsid w:val="00546D6F"/>
     <w:rsid w:val="00546E5A"/>
     <w:rsid w:val="00546FC9"/>
     <w:rsid w:val="00547280"/>
     <w:rsid w:val="005474C8"/>
     <w:rsid w:val="00550704"/>
     <w:rsid w:val="005507FF"/>
+    <w:rsid w:val="00550BD3"/>
     <w:rsid w:val="00550BD6"/>
+    <w:rsid w:val="005513FB"/>
     <w:rsid w:val="005514C0"/>
     <w:rsid w:val="00552AF2"/>
+    <w:rsid w:val="00552EC6"/>
     <w:rsid w:val="00553058"/>
     <w:rsid w:val="00553556"/>
     <w:rsid w:val="0055357D"/>
     <w:rsid w:val="00553587"/>
     <w:rsid w:val="00553E1B"/>
     <w:rsid w:val="00553F15"/>
     <w:rsid w:val="00554B87"/>
     <w:rsid w:val="00554E2A"/>
     <w:rsid w:val="00554FEF"/>
     <w:rsid w:val="005551B7"/>
+    <w:rsid w:val="005555EF"/>
     <w:rsid w:val="0055571D"/>
     <w:rsid w:val="00555BE9"/>
+    <w:rsid w:val="005566C6"/>
     <w:rsid w:val="0055670B"/>
     <w:rsid w:val="00556E98"/>
     <w:rsid w:val="0055765B"/>
     <w:rsid w:val="00557B14"/>
     <w:rsid w:val="00557B6B"/>
+    <w:rsid w:val="005603E5"/>
     <w:rsid w:val="005607CA"/>
     <w:rsid w:val="00560A87"/>
+    <w:rsid w:val="0056157B"/>
     <w:rsid w:val="00561614"/>
     <w:rsid w:val="005616E3"/>
     <w:rsid w:val="005620BE"/>
     <w:rsid w:val="005620E7"/>
+    <w:rsid w:val="00562543"/>
+    <w:rsid w:val="00562F30"/>
+    <w:rsid w:val="0056311F"/>
     <w:rsid w:val="00563459"/>
     <w:rsid w:val="00563490"/>
+    <w:rsid w:val="00563CDD"/>
     <w:rsid w:val="00564D1B"/>
     <w:rsid w:val="00564F74"/>
     <w:rsid w:val="00565740"/>
     <w:rsid w:val="00566050"/>
     <w:rsid w:val="005662E4"/>
     <w:rsid w:val="005663EB"/>
     <w:rsid w:val="00566547"/>
     <w:rsid w:val="005667A3"/>
+    <w:rsid w:val="005669CB"/>
     <w:rsid w:val="00566BB6"/>
     <w:rsid w:val="005670FC"/>
     <w:rsid w:val="00567605"/>
     <w:rsid w:val="005677B8"/>
+    <w:rsid w:val="005704C7"/>
     <w:rsid w:val="00570E3E"/>
+    <w:rsid w:val="0057134A"/>
+    <w:rsid w:val="00571867"/>
     <w:rsid w:val="005722F3"/>
     <w:rsid w:val="00572583"/>
     <w:rsid w:val="00572727"/>
     <w:rsid w:val="00572AAD"/>
+    <w:rsid w:val="00572E7E"/>
     <w:rsid w:val="005737AD"/>
     <w:rsid w:val="005737D0"/>
     <w:rsid w:val="005740F0"/>
     <w:rsid w:val="00574A23"/>
     <w:rsid w:val="00574C80"/>
+    <w:rsid w:val="00574D06"/>
+    <w:rsid w:val="0057625F"/>
     <w:rsid w:val="0057626D"/>
+    <w:rsid w:val="005768A7"/>
     <w:rsid w:val="005775A4"/>
     <w:rsid w:val="0057760F"/>
     <w:rsid w:val="00577EF8"/>
     <w:rsid w:val="00577F1B"/>
     <w:rsid w:val="00577F9C"/>
     <w:rsid w:val="00580079"/>
+    <w:rsid w:val="00580163"/>
     <w:rsid w:val="00580C39"/>
+    <w:rsid w:val="00581F03"/>
     <w:rsid w:val="00581F60"/>
     <w:rsid w:val="005821F2"/>
     <w:rsid w:val="005823D2"/>
+    <w:rsid w:val="00582BAE"/>
     <w:rsid w:val="00582D8C"/>
     <w:rsid w:val="00582F9F"/>
     <w:rsid w:val="00583280"/>
+    <w:rsid w:val="00583B4E"/>
+    <w:rsid w:val="00584055"/>
     <w:rsid w:val="00584617"/>
     <w:rsid w:val="00584DE2"/>
     <w:rsid w:val="005851E3"/>
     <w:rsid w:val="005854C0"/>
     <w:rsid w:val="0058562E"/>
     <w:rsid w:val="00585ADE"/>
     <w:rsid w:val="00585FF3"/>
     <w:rsid w:val="00586025"/>
+    <w:rsid w:val="005869DF"/>
     <w:rsid w:val="00586D57"/>
     <w:rsid w:val="00587897"/>
     <w:rsid w:val="00587AAD"/>
     <w:rsid w:val="00587B82"/>
+    <w:rsid w:val="00587D5B"/>
+    <w:rsid w:val="00587F18"/>
     <w:rsid w:val="00590262"/>
     <w:rsid w:val="005903EA"/>
     <w:rsid w:val="00591314"/>
     <w:rsid w:val="00591C22"/>
     <w:rsid w:val="005920AD"/>
     <w:rsid w:val="005921E2"/>
     <w:rsid w:val="00592898"/>
     <w:rsid w:val="00592902"/>
     <w:rsid w:val="00592C4D"/>
     <w:rsid w:val="00593319"/>
     <w:rsid w:val="00593533"/>
     <w:rsid w:val="00593605"/>
     <w:rsid w:val="0059373A"/>
     <w:rsid w:val="005945D2"/>
+    <w:rsid w:val="005949DE"/>
     <w:rsid w:val="0059579B"/>
+    <w:rsid w:val="0059629A"/>
     <w:rsid w:val="005962A1"/>
     <w:rsid w:val="005966D9"/>
     <w:rsid w:val="005967DD"/>
     <w:rsid w:val="0059694B"/>
     <w:rsid w:val="005969F6"/>
     <w:rsid w:val="00596E6C"/>
     <w:rsid w:val="00596F65"/>
     <w:rsid w:val="0059723D"/>
+    <w:rsid w:val="00597A36"/>
     <w:rsid w:val="00597E31"/>
     <w:rsid w:val="00597E93"/>
+    <w:rsid w:val="005A008E"/>
     <w:rsid w:val="005A040D"/>
+    <w:rsid w:val="005A043D"/>
+    <w:rsid w:val="005A1877"/>
     <w:rsid w:val="005A1DD5"/>
     <w:rsid w:val="005A1FA2"/>
+    <w:rsid w:val="005A20CA"/>
     <w:rsid w:val="005A20D3"/>
+    <w:rsid w:val="005A22FC"/>
     <w:rsid w:val="005A2965"/>
     <w:rsid w:val="005A2E9B"/>
+    <w:rsid w:val="005A305B"/>
     <w:rsid w:val="005A35D6"/>
     <w:rsid w:val="005A37F9"/>
     <w:rsid w:val="005A39A0"/>
     <w:rsid w:val="005A3C13"/>
     <w:rsid w:val="005A3CC1"/>
     <w:rsid w:val="005A435E"/>
     <w:rsid w:val="005A452E"/>
     <w:rsid w:val="005A556F"/>
     <w:rsid w:val="005A5CE6"/>
     <w:rsid w:val="005A6009"/>
     <w:rsid w:val="005A60B1"/>
     <w:rsid w:val="005A61A8"/>
+    <w:rsid w:val="005A6231"/>
     <w:rsid w:val="005A696C"/>
     <w:rsid w:val="005A7425"/>
+    <w:rsid w:val="005A743E"/>
     <w:rsid w:val="005A7C54"/>
     <w:rsid w:val="005B0185"/>
     <w:rsid w:val="005B0252"/>
     <w:rsid w:val="005B0524"/>
     <w:rsid w:val="005B059E"/>
     <w:rsid w:val="005B0E9D"/>
     <w:rsid w:val="005B1549"/>
     <w:rsid w:val="005B2012"/>
     <w:rsid w:val="005B2122"/>
     <w:rsid w:val="005B2787"/>
     <w:rsid w:val="005B2E28"/>
     <w:rsid w:val="005B318E"/>
     <w:rsid w:val="005B32A1"/>
     <w:rsid w:val="005B431B"/>
     <w:rsid w:val="005B4394"/>
     <w:rsid w:val="005B4397"/>
     <w:rsid w:val="005B4BEF"/>
     <w:rsid w:val="005B4DA2"/>
     <w:rsid w:val="005B4EA6"/>
     <w:rsid w:val="005B5237"/>
     <w:rsid w:val="005B53A2"/>
     <w:rsid w:val="005B5951"/>
+    <w:rsid w:val="005B595D"/>
     <w:rsid w:val="005B5A8B"/>
     <w:rsid w:val="005B5F00"/>
+    <w:rsid w:val="005B5F8F"/>
+    <w:rsid w:val="005B66AC"/>
     <w:rsid w:val="005B67D8"/>
     <w:rsid w:val="005B6890"/>
     <w:rsid w:val="005B6A9E"/>
     <w:rsid w:val="005B6F81"/>
     <w:rsid w:val="005B72E5"/>
     <w:rsid w:val="005B7571"/>
     <w:rsid w:val="005B79FB"/>
     <w:rsid w:val="005B7A1A"/>
     <w:rsid w:val="005B7CBB"/>
+    <w:rsid w:val="005C038C"/>
     <w:rsid w:val="005C08CD"/>
     <w:rsid w:val="005C094F"/>
     <w:rsid w:val="005C1BFF"/>
     <w:rsid w:val="005C1DFD"/>
+    <w:rsid w:val="005C1FB2"/>
     <w:rsid w:val="005C24E3"/>
     <w:rsid w:val="005C2FF9"/>
     <w:rsid w:val="005C3057"/>
     <w:rsid w:val="005C309D"/>
     <w:rsid w:val="005C3156"/>
     <w:rsid w:val="005C3565"/>
     <w:rsid w:val="005C413D"/>
     <w:rsid w:val="005C4395"/>
     <w:rsid w:val="005C4D4B"/>
     <w:rsid w:val="005C5705"/>
     <w:rsid w:val="005C5AB0"/>
     <w:rsid w:val="005C5B57"/>
+    <w:rsid w:val="005C5CC4"/>
     <w:rsid w:val="005C5F7A"/>
     <w:rsid w:val="005C5FD5"/>
     <w:rsid w:val="005C62C8"/>
     <w:rsid w:val="005C631D"/>
     <w:rsid w:val="005C6455"/>
     <w:rsid w:val="005C6AC8"/>
     <w:rsid w:val="005C7023"/>
     <w:rsid w:val="005C7199"/>
     <w:rsid w:val="005C7412"/>
+    <w:rsid w:val="005C7584"/>
+    <w:rsid w:val="005C7AF1"/>
     <w:rsid w:val="005C7C2C"/>
     <w:rsid w:val="005D0A30"/>
     <w:rsid w:val="005D0D3E"/>
     <w:rsid w:val="005D0F70"/>
+    <w:rsid w:val="005D1319"/>
     <w:rsid w:val="005D13D5"/>
     <w:rsid w:val="005D1452"/>
     <w:rsid w:val="005D1727"/>
+    <w:rsid w:val="005D17DA"/>
     <w:rsid w:val="005D1C8C"/>
     <w:rsid w:val="005D2539"/>
     <w:rsid w:val="005D2AAD"/>
     <w:rsid w:val="005D2DB0"/>
     <w:rsid w:val="005D30FA"/>
+    <w:rsid w:val="005D3178"/>
     <w:rsid w:val="005D375D"/>
     <w:rsid w:val="005D3800"/>
     <w:rsid w:val="005D392C"/>
     <w:rsid w:val="005D4324"/>
     <w:rsid w:val="005D45CF"/>
     <w:rsid w:val="005D4B42"/>
     <w:rsid w:val="005D4CDB"/>
     <w:rsid w:val="005D4F3B"/>
     <w:rsid w:val="005D56F2"/>
     <w:rsid w:val="005D57D8"/>
     <w:rsid w:val="005D595F"/>
     <w:rsid w:val="005D5E6E"/>
+    <w:rsid w:val="005D5F0D"/>
     <w:rsid w:val="005D6AA2"/>
     <w:rsid w:val="005D6D4B"/>
+    <w:rsid w:val="005D7165"/>
     <w:rsid w:val="005D751B"/>
     <w:rsid w:val="005E0562"/>
     <w:rsid w:val="005E0624"/>
     <w:rsid w:val="005E0D42"/>
     <w:rsid w:val="005E1760"/>
+    <w:rsid w:val="005E18D1"/>
     <w:rsid w:val="005E2BF2"/>
     <w:rsid w:val="005E30B4"/>
     <w:rsid w:val="005E3620"/>
     <w:rsid w:val="005E37AF"/>
     <w:rsid w:val="005E4285"/>
     <w:rsid w:val="005E43A1"/>
     <w:rsid w:val="005E46FD"/>
     <w:rsid w:val="005E47F2"/>
     <w:rsid w:val="005E4C84"/>
+    <w:rsid w:val="005E4CBB"/>
     <w:rsid w:val="005E4D6A"/>
     <w:rsid w:val="005E5E46"/>
     <w:rsid w:val="005E5ED7"/>
     <w:rsid w:val="005E5F1C"/>
     <w:rsid w:val="005E7213"/>
+    <w:rsid w:val="005E76A8"/>
+    <w:rsid w:val="005E78DD"/>
     <w:rsid w:val="005E7BC9"/>
     <w:rsid w:val="005E7FF4"/>
+    <w:rsid w:val="005F01A5"/>
     <w:rsid w:val="005F033E"/>
     <w:rsid w:val="005F04F0"/>
     <w:rsid w:val="005F080C"/>
+    <w:rsid w:val="005F0BDF"/>
     <w:rsid w:val="005F15B6"/>
     <w:rsid w:val="005F1C9C"/>
+    <w:rsid w:val="005F24A9"/>
     <w:rsid w:val="005F25C7"/>
+    <w:rsid w:val="005F289B"/>
     <w:rsid w:val="005F3360"/>
     <w:rsid w:val="005F386B"/>
     <w:rsid w:val="005F3A48"/>
     <w:rsid w:val="005F4578"/>
+    <w:rsid w:val="005F4C1B"/>
+    <w:rsid w:val="005F4D05"/>
+    <w:rsid w:val="005F4E7E"/>
     <w:rsid w:val="005F53B6"/>
     <w:rsid w:val="005F5B2B"/>
     <w:rsid w:val="005F5B42"/>
     <w:rsid w:val="005F6359"/>
     <w:rsid w:val="005F6749"/>
     <w:rsid w:val="005F6F5F"/>
+    <w:rsid w:val="005F76B2"/>
     <w:rsid w:val="005F785D"/>
     <w:rsid w:val="005F7A67"/>
     <w:rsid w:val="005F7B68"/>
     <w:rsid w:val="00600253"/>
+    <w:rsid w:val="00600B97"/>
     <w:rsid w:val="006017D3"/>
     <w:rsid w:val="0060226A"/>
     <w:rsid w:val="0060284E"/>
     <w:rsid w:val="00602BBD"/>
     <w:rsid w:val="0060331A"/>
+    <w:rsid w:val="006040DF"/>
     <w:rsid w:val="0060487A"/>
     <w:rsid w:val="006049FA"/>
     <w:rsid w:val="00604DAB"/>
     <w:rsid w:val="0060502E"/>
     <w:rsid w:val="006051F9"/>
     <w:rsid w:val="006058DE"/>
+    <w:rsid w:val="00605A28"/>
     <w:rsid w:val="00605A3F"/>
     <w:rsid w:val="00606188"/>
     <w:rsid w:val="00606393"/>
     <w:rsid w:val="006065AE"/>
     <w:rsid w:val="0060689B"/>
+    <w:rsid w:val="006073B4"/>
     <w:rsid w:val="006074E2"/>
     <w:rsid w:val="006074E3"/>
     <w:rsid w:val="006075E5"/>
     <w:rsid w:val="006076B6"/>
+    <w:rsid w:val="00607717"/>
     <w:rsid w:val="00607F57"/>
     <w:rsid w:val="006102A8"/>
+    <w:rsid w:val="006103C6"/>
     <w:rsid w:val="00610EAE"/>
     <w:rsid w:val="00610F2E"/>
     <w:rsid w:val="006110C1"/>
     <w:rsid w:val="006117D3"/>
     <w:rsid w:val="00611BD5"/>
     <w:rsid w:val="00611E35"/>
     <w:rsid w:val="00612330"/>
     <w:rsid w:val="00612422"/>
     <w:rsid w:val="00613695"/>
     <w:rsid w:val="00613B97"/>
     <w:rsid w:val="00613C5B"/>
     <w:rsid w:val="006143F2"/>
     <w:rsid w:val="006145F2"/>
     <w:rsid w:val="00614744"/>
+    <w:rsid w:val="00615775"/>
     <w:rsid w:val="00615929"/>
     <w:rsid w:val="00615E8B"/>
     <w:rsid w:val="00616325"/>
     <w:rsid w:val="00616356"/>
     <w:rsid w:val="006165E9"/>
+    <w:rsid w:val="00616B17"/>
+    <w:rsid w:val="00616B1A"/>
     <w:rsid w:val="006170AE"/>
     <w:rsid w:val="006172A1"/>
     <w:rsid w:val="006178AC"/>
     <w:rsid w:val="00617ACE"/>
     <w:rsid w:val="00617C84"/>
     <w:rsid w:val="00617EFB"/>
     <w:rsid w:val="0062034F"/>
     <w:rsid w:val="0062075A"/>
     <w:rsid w:val="006208B9"/>
     <w:rsid w:val="006211B3"/>
     <w:rsid w:val="00621218"/>
     <w:rsid w:val="00621432"/>
     <w:rsid w:val="0062168A"/>
     <w:rsid w:val="00621C5F"/>
     <w:rsid w:val="00622279"/>
+    <w:rsid w:val="00622E67"/>
     <w:rsid w:val="00623343"/>
     <w:rsid w:val="006237EF"/>
     <w:rsid w:val="00623E3B"/>
     <w:rsid w:val="00624061"/>
+    <w:rsid w:val="006241DB"/>
     <w:rsid w:val="00624B88"/>
+    <w:rsid w:val="00624D8A"/>
     <w:rsid w:val="006256E8"/>
     <w:rsid w:val="00625867"/>
     <w:rsid w:val="0062635F"/>
     <w:rsid w:val="00626682"/>
     <w:rsid w:val="00626900"/>
     <w:rsid w:val="00626EF7"/>
     <w:rsid w:val="0062717E"/>
     <w:rsid w:val="0062727F"/>
     <w:rsid w:val="00627DF2"/>
     <w:rsid w:val="006300FD"/>
     <w:rsid w:val="0063021E"/>
     <w:rsid w:val="006305C6"/>
     <w:rsid w:val="0063072B"/>
     <w:rsid w:val="00630BB4"/>
+    <w:rsid w:val="00630ECE"/>
     <w:rsid w:val="00631330"/>
     <w:rsid w:val="00631737"/>
     <w:rsid w:val="00631825"/>
     <w:rsid w:val="006318BA"/>
+    <w:rsid w:val="0063209A"/>
     <w:rsid w:val="00632BEA"/>
     <w:rsid w:val="00632C4E"/>
     <w:rsid w:val="00632D2A"/>
     <w:rsid w:val="00632D7B"/>
     <w:rsid w:val="006331AC"/>
     <w:rsid w:val="00633C0E"/>
     <w:rsid w:val="00633D74"/>
     <w:rsid w:val="0063498F"/>
     <w:rsid w:val="0063549B"/>
     <w:rsid w:val="0063597E"/>
     <w:rsid w:val="0063599A"/>
     <w:rsid w:val="00635DFD"/>
     <w:rsid w:val="00636005"/>
     <w:rsid w:val="006360B7"/>
+    <w:rsid w:val="006375BB"/>
+    <w:rsid w:val="00637BE5"/>
     <w:rsid w:val="00637CBA"/>
     <w:rsid w:val="006402B8"/>
     <w:rsid w:val="00641873"/>
     <w:rsid w:val="00641A35"/>
     <w:rsid w:val="00641B00"/>
     <w:rsid w:val="00642E18"/>
     <w:rsid w:val="00642E5E"/>
+    <w:rsid w:val="0064363A"/>
+    <w:rsid w:val="00643A25"/>
     <w:rsid w:val="006449EC"/>
     <w:rsid w:val="006450FB"/>
     <w:rsid w:val="0064613C"/>
     <w:rsid w:val="006461A7"/>
+    <w:rsid w:val="00647C26"/>
     <w:rsid w:val="0065013D"/>
     <w:rsid w:val="006505A7"/>
     <w:rsid w:val="006505CE"/>
     <w:rsid w:val="0065108D"/>
     <w:rsid w:val="006511D0"/>
     <w:rsid w:val="00651811"/>
+    <w:rsid w:val="00651940"/>
     <w:rsid w:val="006519DF"/>
     <w:rsid w:val="00651CD3"/>
     <w:rsid w:val="0065212D"/>
     <w:rsid w:val="00652275"/>
+    <w:rsid w:val="006523CB"/>
     <w:rsid w:val="006524B8"/>
     <w:rsid w:val="00652627"/>
     <w:rsid w:val="006535D8"/>
     <w:rsid w:val="00653BB8"/>
     <w:rsid w:val="00653D70"/>
+    <w:rsid w:val="00653E03"/>
     <w:rsid w:val="00653E4F"/>
     <w:rsid w:val="00654162"/>
     <w:rsid w:val="00654A49"/>
     <w:rsid w:val="00654A78"/>
     <w:rsid w:val="006558E9"/>
+    <w:rsid w:val="00655D08"/>
     <w:rsid w:val="00656A0C"/>
     <w:rsid w:val="00656F2D"/>
     <w:rsid w:val="0065705E"/>
     <w:rsid w:val="00657303"/>
     <w:rsid w:val="00657665"/>
     <w:rsid w:val="00657B46"/>
     <w:rsid w:val="00657CE1"/>
     <w:rsid w:val="00657FD0"/>
     <w:rsid w:val="00660333"/>
     <w:rsid w:val="00660AAA"/>
     <w:rsid w:val="00661307"/>
     <w:rsid w:val="00661638"/>
+    <w:rsid w:val="00661F45"/>
     <w:rsid w:val="00662D08"/>
     <w:rsid w:val="00662EDF"/>
     <w:rsid w:val="00662F4D"/>
     <w:rsid w:val="00663001"/>
     <w:rsid w:val="00663178"/>
     <w:rsid w:val="006639DD"/>
     <w:rsid w:val="00663B18"/>
     <w:rsid w:val="00663C5F"/>
     <w:rsid w:val="00663CCF"/>
+    <w:rsid w:val="00663E4B"/>
+    <w:rsid w:val="00664107"/>
     <w:rsid w:val="0066437F"/>
     <w:rsid w:val="00664593"/>
     <w:rsid w:val="00664721"/>
     <w:rsid w:val="00664CF5"/>
     <w:rsid w:val="00665DEF"/>
     <w:rsid w:val="00666093"/>
     <w:rsid w:val="00666AE5"/>
     <w:rsid w:val="00666B16"/>
     <w:rsid w:val="0066721B"/>
     <w:rsid w:val="0066732F"/>
     <w:rsid w:val="006673BD"/>
     <w:rsid w:val="00667E39"/>
     <w:rsid w:val="00670861"/>
     <w:rsid w:val="00670B14"/>
     <w:rsid w:val="00671116"/>
+    <w:rsid w:val="006711FF"/>
+    <w:rsid w:val="00671894"/>
+    <w:rsid w:val="00671D69"/>
     <w:rsid w:val="00671FA9"/>
+    <w:rsid w:val="00672486"/>
     <w:rsid w:val="006731FB"/>
     <w:rsid w:val="006738A3"/>
     <w:rsid w:val="00673D67"/>
     <w:rsid w:val="00673E22"/>
     <w:rsid w:val="006743EC"/>
     <w:rsid w:val="00674939"/>
     <w:rsid w:val="00674C32"/>
     <w:rsid w:val="00674D0C"/>
     <w:rsid w:val="00674DE3"/>
     <w:rsid w:val="006757D1"/>
     <w:rsid w:val="006763D2"/>
     <w:rsid w:val="00676A72"/>
     <w:rsid w:val="00676B25"/>
     <w:rsid w:val="00676B97"/>
     <w:rsid w:val="00677035"/>
     <w:rsid w:val="0067709C"/>
+    <w:rsid w:val="006776A0"/>
+    <w:rsid w:val="006778A5"/>
     <w:rsid w:val="00677D38"/>
     <w:rsid w:val="00680A35"/>
     <w:rsid w:val="00681051"/>
     <w:rsid w:val="0068173F"/>
     <w:rsid w:val="0068177B"/>
     <w:rsid w:val="0068189D"/>
     <w:rsid w:val="00681CE2"/>
     <w:rsid w:val="00682221"/>
     <w:rsid w:val="0068288E"/>
     <w:rsid w:val="006828D5"/>
     <w:rsid w:val="00682C51"/>
     <w:rsid w:val="00682D66"/>
     <w:rsid w:val="006832C7"/>
+    <w:rsid w:val="00683395"/>
+    <w:rsid w:val="006839AD"/>
     <w:rsid w:val="00683E5F"/>
     <w:rsid w:val="006844B4"/>
     <w:rsid w:val="00684606"/>
     <w:rsid w:val="00684CF6"/>
     <w:rsid w:val="00684DBE"/>
     <w:rsid w:val="006850E9"/>
     <w:rsid w:val="00685A81"/>
     <w:rsid w:val="00685D16"/>
     <w:rsid w:val="00685E3B"/>
     <w:rsid w:val="00686092"/>
     <w:rsid w:val="0068635B"/>
+    <w:rsid w:val="00686DA8"/>
+    <w:rsid w:val="00686DF7"/>
     <w:rsid w:val="00687588"/>
     <w:rsid w:val="0069061E"/>
     <w:rsid w:val="00690A3D"/>
     <w:rsid w:val="00690CDF"/>
+    <w:rsid w:val="00690DD5"/>
     <w:rsid w:val="006911E9"/>
     <w:rsid w:val="006915DD"/>
+    <w:rsid w:val="006918F3"/>
     <w:rsid w:val="00691D26"/>
     <w:rsid w:val="00692158"/>
+    <w:rsid w:val="0069219C"/>
     <w:rsid w:val="006924A5"/>
     <w:rsid w:val="00692CFE"/>
     <w:rsid w:val="00692E46"/>
     <w:rsid w:val="00692E75"/>
     <w:rsid w:val="0069347E"/>
     <w:rsid w:val="00693C7E"/>
     <w:rsid w:val="00693D26"/>
     <w:rsid w:val="00694768"/>
     <w:rsid w:val="00694950"/>
     <w:rsid w:val="00694F89"/>
     <w:rsid w:val="00694FEA"/>
     <w:rsid w:val="00695190"/>
     <w:rsid w:val="00695618"/>
+    <w:rsid w:val="00695AC2"/>
     <w:rsid w:val="00695C2D"/>
     <w:rsid w:val="00695C4D"/>
     <w:rsid w:val="00695C98"/>
     <w:rsid w:val="00695EA0"/>
     <w:rsid w:val="00696099"/>
     <w:rsid w:val="006961F3"/>
     <w:rsid w:val="006969A8"/>
     <w:rsid w:val="00696D6E"/>
+    <w:rsid w:val="00696D7C"/>
     <w:rsid w:val="006970CB"/>
     <w:rsid w:val="0069776C"/>
     <w:rsid w:val="006A0481"/>
     <w:rsid w:val="006A0545"/>
     <w:rsid w:val="006A06E8"/>
     <w:rsid w:val="006A11DC"/>
     <w:rsid w:val="006A1260"/>
     <w:rsid w:val="006A234C"/>
     <w:rsid w:val="006A23B1"/>
     <w:rsid w:val="006A23F9"/>
     <w:rsid w:val="006A24A8"/>
     <w:rsid w:val="006A27CF"/>
     <w:rsid w:val="006A28B5"/>
     <w:rsid w:val="006A29EF"/>
+    <w:rsid w:val="006A2DC6"/>
     <w:rsid w:val="006A3F04"/>
     <w:rsid w:val="006A45B8"/>
     <w:rsid w:val="006A4790"/>
     <w:rsid w:val="006A5496"/>
     <w:rsid w:val="006A5A4D"/>
     <w:rsid w:val="006A5BC2"/>
     <w:rsid w:val="006A5D50"/>
     <w:rsid w:val="006A5E68"/>
     <w:rsid w:val="006A716F"/>
     <w:rsid w:val="006A7422"/>
     <w:rsid w:val="006A7BAE"/>
+    <w:rsid w:val="006A7E1F"/>
     <w:rsid w:val="006B0360"/>
+    <w:rsid w:val="006B085C"/>
     <w:rsid w:val="006B0A00"/>
+    <w:rsid w:val="006B0A0F"/>
     <w:rsid w:val="006B0C24"/>
     <w:rsid w:val="006B0E11"/>
     <w:rsid w:val="006B2087"/>
+    <w:rsid w:val="006B2262"/>
     <w:rsid w:val="006B2A6F"/>
     <w:rsid w:val="006B3413"/>
     <w:rsid w:val="006B3614"/>
+    <w:rsid w:val="006B3640"/>
     <w:rsid w:val="006B3775"/>
     <w:rsid w:val="006B3E06"/>
     <w:rsid w:val="006B3E40"/>
     <w:rsid w:val="006B4073"/>
+    <w:rsid w:val="006B432B"/>
     <w:rsid w:val="006B4AAE"/>
     <w:rsid w:val="006B4D86"/>
     <w:rsid w:val="006B5929"/>
     <w:rsid w:val="006B5A9F"/>
     <w:rsid w:val="006B5D9A"/>
     <w:rsid w:val="006B5EF0"/>
     <w:rsid w:val="006B6358"/>
     <w:rsid w:val="006B64AC"/>
     <w:rsid w:val="006B695B"/>
+    <w:rsid w:val="006B6AE9"/>
     <w:rsid w:val="006B6CE1"/>
+    <w:rsid w:val="006B6DD7"/>
     <w:rsid w:val="006B73C5"/>
     <w:rsid w:val="006B7825"/>
     <w:rsid w:val="006B7A50"/>
     <w:rsid w:val="006B7E1B"/>
     <w:rsid w:val="006C000C"/>
     <w:rsid w:val="006C01AA"/>
     <w:rsid w:val="006C06A6"/>
     <w:rsid w:val="006C09B5"/>
     <w:rsid w:val="006C0A04"/>
     <w:rsid w:val="006C0FC2"/>
     <w:rsid w:val="006C1219"/>
     <w:rsid w:val="006C14CF"/>
     <w:rsid w:val="006C188D"/>
     <w:rsid w:val="006C1AE9"/>
     <w:rsid w:val="006C1D19"/>
     <w:rsid w:val="006C2181"/>
     <w:rsid w:val="006C2AB0"/>
     <w:rsid w:val="006C3801"/>
     <w:rsid w:val="006C3D73"/>
     <w:rsid w:val="006C4052"/>
     <w:rsid w:val="006C43D2"/>
     <w:rsid w:val="006C49D2"/>
     <w:rsid w:val="006C4DDF"/>
     <w:rsid w:val="006C50C6"/>
     <w:rsid w:val="006C54C2"/>
     <w:rsid w:val="006C56B5"/>
     <w:rsid w:val="006C5A81"/>
+    <w:rsid w:val="006C660C"/>
     <w:rsid w:val="006C669A"/>
     <w:rsid w:val="006C6AAF"/>
     <w:rsid w:val="006C6F02"/>
     <w:rsid w:val="006C766D"/>
     <w:rsid w:val="006C7831"/>
     <w:rsid w:val="006C7B74"/>
     <w:rsid w:val="006C7C97"/>
     <w:rsid w:val="006D04C7"/>
     <w:rsid w:val="006D06BE"/>
     <w:rsid w:val="006D070C"/>
     <w:rsid w:val="006D0809"/>
     <w:rsid w:val="006D0EC2"/>
     <w:rsid w:val="006D15BF"/>
+    <w:rsid w:val="006D2935"/>
     <w:rsid w:val="006D2987"/>
     <w:rsid w:val="006D33FD"/>
     <w:rsid w:val="006D3D52"/>
     <w:rsid w:val="006D3F0B"/>
     <w:rsid w:val="006D4882"/>
     <w:rsid w:val="006D4DE1"/>
     <w:rsid w:val="006D4E24"/>
     <w:rsid w:val="006D4F02"/>
+    <w:rsid w:val="006D4F57"/>
     <w:rsid w:val="006D50FE"/>
+    <w:rsid w:val="006D5A39"/>
+    <w:rsid w:val="006D5E15"/>
     <w:rsid w:val="006D6080"/>
     <w:rsid w:val="006D6352"/>
     <w:rsid w:val="006D66AC"/>
     <w:rsid w:val="006D6C34"/>
     <w:rsid w:val="006D74DA"/>
     <w:rsid w:val="006D777E"/>
     <w:rsid w:val="006E0DA2"/>
     <w:rsid w:val="006E1045"/>
     <w:rsid w:val="006E1B6C"/>
+    <w:rsid w:val="006E24E2"/>
     <w:rsid w:val="006E2696"/>
     <w:rsid w:val="006E2828"/>
     <w:rsid w:val="006E30A0"/>
     <w:rsid w:val="006E396F"/>
     <w:rsid w:val="006E3E38"/>
     <w:rsid w:val="006E3FA9"/>
     <w:rsid w:val="006E4118"/>
+    <w:rsid w:val="006E4D03"/>
     <w:rsid w:val="006E5373"/>
     <w:rsid w:val="006E537F"/>
     <w:rsid w:val="006E5748"/>
     <w:rsid w:val="006E5E3A"/>
     <w:rsid w:val="006E693A"/>
     <w:rsid w:val="006E7492"/>
     <w:rsid w:val="006E7925"/>
+    <w:rsid w:val="006F0154"/>
     <w:rsid w:val="006F0342"/>
     <w:rsid w:val="006F03B8"/>
     <w:rsid w:val="006F0427"/>
     <w:rsid w:val="006F05AD"/>
     <w:rsid w:val="006F1008"/>
     <w:rsid w:val="006F10EC"/>
     <w:rsid w:val="006F11DD"/>
     <w:rsid w:val="006F1A84"/>
     <w:rsid w:val="006F21F9"/>
     <w:rsid w:val="006F2520"/>
     <w:rsid w:val="006F255E"/>
     <w:rsid w:val="006F28AB"/>
     <w:rsid w:val="006F2CB6"/>
     <w:rsid w:val="006F2D52"/>
     <w:rsid w:val="006F309A"/>
+    <w:rsid w:val="006F366A"/>
     <w:rsid w:val="006F4543"/>
     <w:rsid w:val="006F4637"/>
     <w:rsid w:val="006F4D0D"/>
     <w:rsid w:val="006F6056"/>
     <w:rsid w:val="006F6092"/>
     <w:rsid w:val="006F675C"/>
     <w:rsid w:val="006F716A"/>
     <w:rsid w:val="006F72D4"/>
     <w:rsid w:val="006F7580"/>
+    <w:rsid w:val="006F768F"/>
     <w:rsid w:val="006F79A5"/>
     <w:rsid w:val="006F7D61"/>
     <w:rsid w:val="007008AF"/>
     <w:rsid w:val="0070090C"/>
     <w:rsid w:val="00700C26"/>
+    <w:rsid w:val="00700D83"/>
     <w:rsid w:val="00700EEA"/>
     <w:rsid w:val="00701607"/>
+    <w:rsid w:val="00701EF2"/>
     <w:rsid w:val="00702091"/>
     <w:rsid w:val="0070220F"/>
+    <w:rsid w:val="007024FF"/>
     <w:rsid w:val="00702CA4"/>
     <w:rsid w:val="00702DE1"/>
     <w:rsid w:val="00703018"/>
     <w:rsid w:val="007032CB"/>
     <w:rsid w:val="0070355A"/>
     <w:rsid w:val="00703EF8"/>
     <w:rsid w:val="007046F0"/>
     <w:rsid w:val="0070487C"/>
     <w:rsid w:val="007048FD"/>
     <w:rsid w:val="0070633B"/>
     <w:rsid w:val="00707CE6"/>
     <w:rsid w:val="00707F92"/>
+    <w:rsid w:val="00710789"/>
     <w:rsid w:val="00710C26"/>
     <w:rsid w:val="0071129C"/>
     <w:rsid w:val="007119B2"/>
+    <w:rsid w:val="00712707"/>
     <w:rsid w:val="007133BF"/>
+    <w:rsid w:val="00713B8E"/>
     <w:rsid w:val="0071419C"/>
     <w:rsid w:val="0071421D"/>
     <w:rsid w:val="00714328"/>
     <w:rsid w:val="00714ED2"/>
     <w:rsid w:val="0071533B"/>
     <w:rsid w:val="0071538A"/>
     <w:rsid w:val="00715B7A"/>
     <w:rsid w:val="00715F9C"/>
     <w:rsid w:val="0071625A"/>
     <w:rsid w:val="00716607"/>
     <w:rsid w:val="007168DB"/>
     <w:rsid w:val="0071695B"/>
     <w:rsid w:val="00716F54"/>
     <w:rsid w:val="00716F71"/>
     <w:rsid w:val="00717522"/>
     <w:rsid w:val="00717DC4"/>
     <w:rsid w:val="00717EE7"/>
     <w:rsid w:val="00717F0F"/>
     <w:rsid w:val="007209D7"/>
     <w:rsid w:val="00720D2A"/>
     <w:rsid w:val="00720E0F"/>
     <w:rsid w:val="00720F4B"/>
     <w:rsid w:val="00721238"/>
     <w:rsid w:val="0072164A"/>
     <w:rsid w:val="00721733"/>
     <w:rsid w:val="00721C89"/>
     <w:rsid w:val="00722081"/>
     <w:rsid w:val="00722DD6"/>
+    <w:rsid w:val="00723095"/>
     <w:rsid w:val="00723123"/>
+    <w:rsid w:val="00723323"/>
+    <w:rsid w:val="0072351C"/>
     <w:rsid w:val="00723B16"/>
     <w:rsid w:val="00723FBF"/>
     <w:rsid w:val="007240A2"/>
     <w:rsid w:val="007240FF"/>
     <w:rsid w:val="00724279"/>
     <w:rsid w:val="00724544"/>
     <w:rsid w:val="007245BA"/>
     <w:rsid w:val="00724624"/>
     <w:rsid w:val="00724F4E"/>
+    <w:rsid w:val="00726275"/>
+    <w:rsid w:val="0072652C"/>
     <w:rsid w:val="00726670"/>
     <w:rsid w:val="0072686B"/>
     <w:rsid w:val="00726B17"/>
     <w:rsid w:val="00727343"/>
     <w:rsid w:val="00727953"/>
     <w:rsid w:val="00727CD3"/>
     <w:rsid w:val="00727CDA"/>
     <w:rsid w:val="00727DD8"/>
     <w:rsid w:val="00730E78"/>
     <w:rsid w:val="0073124A"/>
     <w:rsid w:val="007317E7"/>
     <w:rsid w:val="007317F9"/>
     <w:rsid w:val="00731E7C"/>
     <w:rsid w:val="007330BA"/>
     <w:rsid w:val="007331C4"/>
     <w:rsid w:val="007332DB"/>
     <w:rsid w:val="007333B2"/>
     <w:rsid w:val="00733EED"/>
     <w:rsid w:val="00734A93"/>
     <w:rsid w:val="00734ACC"/>
+    <w:rsid w:val="00734F61"/>
+    <w:rsid w:val="00734F7D"/>
     <w:rsid w:val="007352B3"/>
     <w:rsid w:val="00735383"/>
     <w:rsid w:val="00735584"/>
     <w:rsid w:val="00735969"/>
     <w:rsid w:val="00736496"/>
     <w:rsid w:val="00736D22"/>
     <w:rsid w:val="00737720"/>
     <w:rsid w:val="00737833"/>
     <w:rsid w:val="0074018D"/>
     <w:rsid w:val="00740491"/>
+    <w:rsid w:val="007409FC"/>
     <w:rsid w:val="00740DED"/>
     <w:rsid w:val="0074135F"/>
+    <w:rsid w:val="00741518"/>
     <w:rsid w:val="00741722"/>
+    <w:rsid w:val="007417BE"/>
+    <w:rsid w:val="00741BE4"/>
     <w:rsid w:val="0074287C"/>
     <w:rsid w:val="00742C8A"/>
+    <w:rsid w:val="00742E7C"/>
+    <w:rsid w:val="00743810"/>
     <w:rsid w:val="007439AE"/>
     <w:rsid w:val="00743C5F"/>
     <w:rsid w:val="00743CE6"/>
     <w:rsid w:val="00743E9F"/>
+    <w:rsid w:val="0074438A"/>
     <w:rsid w:val="00744491"/>
     <w:rsid w:val="00744761"/>
     <w:rsid w:val="00744B0F"/>
     <w:rsid w:val="00745524"/>
+    <w:rsid w:val="007456F1"/>
     <w:rsid w:val="00745D1B"/>
     <w:rsid w:val="00745E21"/>
     <w:rsid w:val="0074604D"/>
     <w:rsid w:val="0074612D"/>
     <w:rsid w:val="00746376"/>
+    <w:rsid w:val="00746E09"/>
+    <w:rsid w:val="0074715B"/>
     <w:rsid w:val="00747B19"/>
     <w:rsid w:val="00747FBA"/>
     <w:rsid w:val="0075019E"/>
+    <w:rsid w:val="007503B6"/>
     <w:rsid w:val="00750B4F"/>
     <w:rsid w:val="0075153D"/>
     <w:rsid w:val="007521BB"/>
     <w:rsid w:val="00752319"/>
+    <w:rsid w:val="00752ADB"/>
     <w:rsid w:val="0075328E"/>
     <w:rsid w:val="00753BB0"/>
     <w:rsid w:val="00754323"/>
     <w:rsid w:val="00754A21"/>
     <w:rsid w:val="00754DE8"/>
     <w:rsid w:val="00754EAF"/>
+    <w:rsid w:val="00755750"/>
     <w:rsid w:val="00755D50"/>
     <w:rsid w:val="0075653B"/>
     <w:rsid w:val="00756BAA"/>
+    <w:rsid w:val="00756C0B"/>
     <w:rsid w:val="007570D9"/>
     <w:rsid w:val="007572B1"/>
     <w:rsid w:val="00757B78"/>
     <w:rsid w:val="00757DD0"/>
+    <w:rsid w:val="0076076A"/>
     <w:rsid w:val="0076097B"/>
+    <w:rsid w:val="00762327"/>
     <w:rsid w:val="007623D1"/>
+    <w:rsid w:val="00762498"/>
     <w:rsid w:val="00762612"/>
+    <w:rsid w:val="00762616"/>
     <w:rsid w:val="00762652"/>
     <w:rsid w:val="00762B3C"/>
     <w:rsid w:val="00762ECB"/>
     <w:rsid w:val="0076323C"/>
     <w:rsid w:val="007636FA"/>
     <w:rsid w:val="0076398E"/>
     <w:rsid w:val="00763DBE"/>
     <w:rsid w:val="007643CE"/>
     <w:rsid w:val="00764868"/>
     <w:rsid w:val="0076492E"/>
     <w:rsid w:val="00764C0A"/>
+    <w:rsid w:val="0076544E"/>
     <w:rsid w:val="007659A6"/>
     <w:rsid w:val="00765AED"/>
     <w:rsid w:val="00765C98"/>
     <w:rsid w:val="007661CA"/>
     <w:rsid w:val="007662A1"/>
     <w:rsid w:val="007663B2"/>
     <w:rsid w:val="007668C0"/>
     <w:rsid w:val="00766A93"/>
     <w:rsid w:val="00766B6A"/>
     <w:rsid w:val="00766FA7"/>
+    <w:rsid w:val="00767440"/>
     <w:rsid w:val="00767E29"/>
     <w:rsid w:val="00767FF9"/>
     <w:rsid w:val="00770DA1"/>
     <w:rsid w:val="00771007"/>
     <w:rsid w:val="007710B0"/>
     <w:rsid w:val="007711FF"/>
     <w:rsid w:val="00771708"/>
+    <w:rsid w:val="007723C7"/>
     <w:rsid w:val="00772825"/>
     <w:rsid w:val="00772EA1"/>
     <w:rsid w:val="00773109"/>
+    <w:rsid w:val="0077331E"/>
     <w:rsid w:val="00773A8E"/>
     <w:rsid w:val="00774253"/>
     <w:rsid w:val="00774681"/>
     <w:rsid w:val="0077530A"/>
+    <w:rsid w:val="007754FA"/>
     <w:rsid w:val="007755D1"/>
+    <w:rsid w:val="00776234"/>
+    <w:rsid w:val="007764EF"/>
     <w:rsid w:val="00777027"/>
     <w:rsid w:val="00777193"/>
     <w:rsid w:val="00777289"/>
     <w:rsid w:val="0077734C"/>
     <w:rsid w:val="007776D2"/>
+    <w:rsid w:val="00777ACF"/>
+    <w:rsid w:val="007803EC"/>
     <w:rsid w:val="007809B0"/>
     <w:rsid w:val="007809C3"/>
     <w:rsid w:val="007809FE"/>
     <w:rsid w:val="007812EC"/>
     <w:rsid w:val="00781B71"/>
     <w:rsid w:val="00781B81"/>
     <w:rsid w:val="00781BD2"/>
     <w:rsid w:val="00781E0F"/>
+    <w:rsid w:val="00782316"/>
     <w:rsid w:val="00782649"/>
     <w:rsid w:val="00782B3C"/>
     <w:rsid w:val="00783189"/>
     <w:rsid w:val="00783396"/>
+    <w:rsid w:val="00783BDF"/>
+    <w:rsid w:val="00783C07"/>
     <w:rsid w:val="00783C48"/>
     <w:rsid w:val="00783D1E"/>
     <w:rsid w:val="0078429E"/>
     <w:rsid w:val="00784FBA"/>
+    <w:rsid w:val="00785575"/>
+    <w:rsid w:val="007866A8"/>
     <w:rsid w:val="00786984"/>
     <w:rsid w:val="00787012"/>
     <w:rsid w:val="00787669"/>
     <w:rsid w:val="00787945"/>
     <w:rsid w:val="00787B20"/>
     <w:rsid w:val="00787C48"/>
     <w:rsid w:val="00787C8C"/>
+    <w:rsid w:val="00787F9D"/>
+    <w:rsid w:val="00787FA7"/>
+    <w:rsid w:val="00790C9C"/>
     <w:rsid w:val="00790CC5"/>
     <w:rsid w:val="00791283"/>
     <w:rsid w:val="0079153B"/>
     <w:rsid w:val="007919FD"/>
     <w:rsid w:val="00791D94"/>
     <w:rsid w:val="007922E9"/>
+    <w:rsid w:val="007929BB"/>
     <w:rsid w:val="00792A95"/>
     <w:rsid w:val="00792A9E"/>
     <w:rsid w:val="00792FAE"/>
     <w:rsid w:val="00793197"/>
     <w:rsid w:val="0079368C"/>
     <w:rsid w:val="00793AF0"/>
     <w:rsid w:val="00793C2C"/>
+    <w:rsid w:val="00793CCB"/>
+    <w:rsid w:val="00795B51"/>
     <w:rsid w:val="00795C7D"/>
     <w:rsid w:val="00795E70"/>
     <w:rsid w:val="00795EB7"/>
     <w:rsid w:val="007963D4"/>
     <w:rsid w:val="007968B8"/>
     <w:rsid w:val="00796D5C"/>
+    <w:rsid w:val="00796F5F"/>
     <w:rsid w:val="00797458"/>
+    <w:rsid w:val="00797639"/>
     <w:rsid w:val="00797879"/>
     <w:rsid w:val="00797B3E"/>
     <w:rsid w:val="00797E19"/>
     <w:rsid w:val="007A0201"/>
     <w:rsid w:val="007A022E"/>
+    <w:rsid w:val="007A027D"/>
+    <w:rsid w:val="007A02CA"/>
     <w:rsid w:val="007A07F9"/>
+    <w:rsid w:val="007A0931"/>
     <w:rsid w:val="007A1395"/>
     <w:rsid w:val="007A19C3"/>
     <w:rsid w:val="007A2012"/>
     <w:rsid w:val="007A2F7E"/>
+    <w:rsid w:val="007A3116"/>
     <w:rsid w:val="007A3D64"/>
     <w:rsid w:val="007A3F36"/>
     <w:rsid w:val="007A407E"/>
+    <w:rsid w:val="007A4090"/>
     <w:rsid w:val="007A4195"/>
     <w:rsid w:val="007A473B"/>
     <w:rsid w:val="007A48E0"/>
     <w:rsid w:val="007A4B67"/>
     <w:rsid w:val="007A4BBE"/>
     <w:rsid w:val="007A5205"/>
     <w:rsid w:val="007A54C9"/>
     <w:rsid w:val="007A5541"/>
     <w:rsid w:val="007A57EB"/>
     <w:rsid w:val="007A612F"/>
     <w:rsid w:val="007A6A17"/>
     <w:rsid w:val="007A6CA5"/>
     <w:rsid w:val="007A7AB5"/>
     <w:rsid w:val="007B0082"/>
     <w:rsid w:val="007B0093"/>
     <w:rsid w:val="007B0A76"/>
     <w:rsid w:val="007B0BE2"/>
     <w:rsid w:val="007B14C4"/>
     <w:rsid w:val="007B18CD"/>
     <w:rsid w:val="007B1F7C"/>
     <w:rsid w:val="007B2054"/>
     <w:rsid w:val="007B2872"/>
     <w:rsid w:val="007B3219"/>
     <w:rsid w:val="007B3604"/>
     <w:rsid w:val="007B3B38"/>
     <w:rsid w:val="007B3C8D"/>
     <w:rsid w:val="007B4601"/>
+    <w:rsid w:val="007B48BF"/>
     <w:rsid w:val="007B4C92"/>
     <w:rsid w:val="007B4D02"/>
     <w:rsid w:val="007B531A"/>
     <w:rsid w:val="007B535A"/>
     <w:rsid w:val="007B5766"/>
     <w:rsid w:val="007B5E1E"/>
     <w:rsid w:val="007B6590"/>
     <w:rsid w:val="007B6BBA"/>
     <w:rsid w:val="007B7080"/>
     <w:rsid w:val="007B7335"/>
     <w:rsid w:val="007B7F3F"/>
+    <w:rsid w:val="007C01D3"/>
     <w:rsid w:val="007C0218"/>
     <w:rsid w:val="007C03AC"/>
     <w:rsid w:val="007C08EA"/>
     <w:rsid w:val="007C0A7A"/>
+    <w:rsid w:val="007C0A83"/>
     <w:rsid w:val="007C0B67"/>
     <w:rsid w:val="007C0DD4"/>
     <w:rsid w:val="007C11E2"/>
     <w:rsid w:val="007C1212"/>
+    <w:rsid w:val="007C13F3"/>
     <w:rsid w:val="007C148C"/>
     <w:rsid w:val="007C1650"/>
     <w:rsid w:val="007C181D"/>
     <w:rsid w:val="007C1912"/>
     <w:rsid w:val="007C1C9E"/>
     <w:rsid w:val="007C1CAE"/>
+    <w:rsid w:val="007C1ED1"/>
+    <w:rsid w:val="007C25F1"/>
+    <w:rsid w:val="007C26A4"/>
     <w:rsid w:val="007C29F7"/>
     <w:rsid w:val="007C2AAB"/>
     <w:rsid w:val="007C2BCA"/>
     <w:rsid w:val="007C2BE4"/>
     <w:rsid w:val="007C32CC"/>
     <w:rsid w:val="007C32FE"/>
     <w:rsid w:val="007C33A4"/>
     <w:rsid w:val="007C356E"/>
+    <w:rsid w:val="007C370F"/>
     <w:rsid w:val="007C39CF"/>
     <w:rsid w:val="007C3C0F"/>
     <w:rsid w:val="007C44B8"/>
     <w:rsid w:val="007C46C3"/>
+    <w:rsid w:val="007C4B49"/>
+    <w:rsid w:val="007C4C2C"/>
     <w:rsid w:val="007C5030"/>
     <w:rsid w:val="007C559E"/>
     <w:rsid w:val="007C5BC9"/>
     <w:rsid w:val="007C5F98"/>
     <w:rsid w:val="007C62E7"/>
+    <w:rsid w:val="007C65D9"/>
     <w:rsid w:val="007C66CA"/>
     <w:rsid w:val="007C67FD"/>
     <w:rsid w:val="007C6EC4"/>
     <w:rsid w:val="007C7157"/>
+    <w:rsid w:val="007C7937"/>
     <w:rsid w:val="007C7C38"/>
     <w:rsid w:val="007D056B"/>
     <w:rsid w:val="007D0854"/>
     <w:rsid w:val="007D0926"/>
     <w:rsid w:val="007D0C18"/>
+    <w:rsid w:val="007D1125"/>
     <w:rsid w:val="007D1D72"/>
     <w:rsid w:val="007D2195"/>
     <w:rsid w:val="007D276B"/>
     <w:rsid w:val="007D39D8"/>
     <w:rsid w:val="007D3E5E"/>
     <w:rsid w:val="007D3F9E"/>
     <w:rsid w:val="007D3FD7"/>
+    <w:rsid w:val="007D4010"/>
     <w:rsid w:val="007D4087"/>
     <w:rsid w:val="007D45B6"/>
     <w:rsid w:val="007D4A91"/>
     <w:rsid w:val="007D4BB7"/>
+    <w:rsid w:val="007D4D51"/>
     <w:rsid w:val="007D5298"/>
     <w:rsid w:val="007D5345"/>
     <w:rsid w:val="007D5444"/>
     <w:rsid w:val="007D561B"/>
     <w:rsid w:val="007D57CC"/>
+    <w:rsid w:val="007D5AD9"/>
     <w:rsid w:val="007D5DFF"/>
     <w:rsid w:val="007D60D9"/>
     <w:rsid w:val="007D64E4"/>
     <w:rsid w:val="007D66C7"/>
     <w:rsid w:val="007D66D8"/>
     <w:rsid w:val="007D6A07"/>
     <w:rsid w:val="007D704F"/>
     <w:rsid w:val="007D7DAD"/>
+    <w:rsid w:val="007D7E79"/>
     <w:rsid w:val="007D7EFC"/>
     <w:rsid w:val="007E0222"/>
     <w:rsid w:val="007E062A"/>
+    <w:rsid w:val="007E086C"/>
     <w:rsid w:val="007E09AB"/>
     <w:rsid w:val="007E0ABB"/>
     <w:rsid w:val="007E1226"/>
     <w:rsid w:val="007E1502"/>
+    <w:rsid w:val="007E1A24"/>
     <w:rsid w:val="007E20A7"/>
     <w:rsid w:val="007E2898"/>
+    <w:rsid w:val="007E2E34"/>
+    <w:rsid w:val="007E2E3F"/>
     <w:rsid w:val="007E2E94"/>
     <w:rsid w:val="007E312D"/>
     <w:rsid w:val="007E3807"/>
+    <w:rsid w:val="007E38BC"/>
     <w:rsid w:val="007E3D00"/>
     <w:rsid w:val="007E3E23"/>
+    <w:rsid w:val="007E4146"/>
     <w:rsid w:val="007E42D6"/>
+    <w:rsid w:val="007E51EF"/>
     <w:rsid w:val="007E598B"/>
+    <w:rsid w:val="007E5C39"/>
     <w:rsid w:val="007E607A"/>
     <w:rsid w:val="007E63E4"/>
     <w:rsid w:val="007E6729"/>
     <w:rsid w:val="007E7838"/>
     <w:rsid w:val="007F0A64"/>
+    <w:rsid w:val="007F0D23"/>
     <w:rsid w:val="007F0F3F"/>
     <w:rsid w:val="007F12D2"/>
+    <w:rsid w:val="007F1494"/>
     <w:rsid w:val="007F1573"/>
+    <w:rsid w:val="007F1968"/>
+    <w:rsid w:val="007F219B"/>
     <w:rsid w:val="007F226B"/>
     <w:rsid w:val="007F2604"/>
     <w:rsid w:val="007F3571"/>
     <w:rsid w:val="007F382E"/>
     <w:rsid w:val="007F3F1B"/>
     <w:rsid w:val="007F40A8"/>
     <w:rsid w:val="007F40D8"/>
     <w:rsid w:val="007F45DB"/>
     <w:rsid w:val="007F48BA"/>
     <w:rsid w:val="007F5096"/>
     <w:rsid w:val="007F52FB"/>
     <w:rsid w:val="007F5329"/>
     <w:rsid w:val="007F53E3"/>
     <w:rsid w:val="007F5702"/>
     <w:rsid w:val="007F593C"/>
     <w:rsid w:val="007F5EBF"/>
     <w:rsid w:val="007F6810"/>
     <w:rsid w:val="007F6BF9"/>
     <w:rsid w:val="007F6FE3"/>
     <w:rsid w:val="007F73B6"/>
     <w:rsid w:val="007F73C0"/>
     <w:rsid w:val="007F7948"/>
     <w:rsid w:val="00801B4A"/>
     <w:rsid w:val="00802907"/>
     <w:rsid w:val="0080293D"/>
     <w:rsid w:val="008029AA"/>
     <w:rsid w:val="00802A1D"/>
     <w:rsid w:val="00802B75"/>
     <w:rsid w:val="00802CB5"/>
     <w:rsid w:val="008031E3"/>
+    <w:rsid w:val="0080338F"/>
     <w:rsid w:val="008038AB"/>
     <w:rsid w:val="00803A12"/>
     <w:rsid w:val="00803BC2"/>
     <w:rsid w:val="00803C76"/>
     <w:rsid w:val="00804021"/>
     <w:rsid w:val="0080402C"/>
     <w:rsid w:val="00804723"/>
     <w:rsid w:val="00804D08"/>
     <w:rsid w:val="00804DC7"/>
+    <w:rsid w:val="008050CA"/>
     <w:rsid w:val="00805271"/>
     <w:rsid w:val="0080554F"/>
     <w:rsid w:val="00805A41"/>
     <w:rsid w:val="00806C7C"/>
     <w:rsid w:val="00807091"/>
     <w:rsid w:val="00807897"/>
     <w:rsid w:val="00807D98"/>
     <w:rsid w:val="00807F79"/>
+    <w:rsid w:val="0081024E"/>
     <w:rsid w:val="0081090F"/>
     <w:rsid w:val="00810928"/>
     <w:rsid w:val="00810D69"/>
     <w:rsid w:val="008113CA"/>
     <w:rsid w:val="008117F1"/>
     <w:rsid w:val="00811CA2"/>
     <w:rsid w:val="00811E5A"/>
     <w:rsid w:val="0081205E"/>
     <w:rsid w:val="00812211"/>
     <w:rsid w:val="008128EB"/>
     <w:rsid w:val="0081360B"/>
     <w:rsid w:val="008136AC"/>
+    <w:rsid w:val="00813E17"/>
     <w:rsid w:val="00813F22"/>
     <w:rsid w:val="008146C4"/>
+    <w:rsid w:val="00814C7A"/>
     <w:rsid w:val="00814EC7"/>
     <w:rsid w:val="00814FB5"/>
+    <w:rsid w:val="00815423"/>
     <w:rsid w:val="0081565C"/>
     <w:rsid w:val="00815B22"/>
     <w:rsid w:val="00815F6F"/>
     <w:rsid w:val="008163B5"/>
     <w:rsid w:val="008168DE"/>
+    <w:rsid w:val="00816F21"/>
     <w:rsid w:val="00817781"/>
     <w:rsid w:val="00817EB2"/>
     <w:rsid w:val="0082076C"/>
+    <w:rsid w:val="00820877"/>
     <w:rsid w:val="00820ADA"/>
     <w:rsid w:val="00821453"/>
     <w:rsid w:val="00821611"/>
     <w:rsid w:val="008216A9"/>
+    <w:rsid w:val="00821B86"/>
+    <w:rsid w:val="008221EA"/>
+    <w:rsid w:val="00822212"/>
+    <w:rsid w:val="00822280"/>
     <w:rsid w:val="0082279D"/>
+    <w:rsid w:val="00823333"/>
     <w:rsid w:val="00823F5C"/>
     <w:rsid w:val="008245AC"/>
     <w:rsid w:val="00825558"/>
     <w:rsid w:val="0082588A"/>
     <w:rsid w:val="00825A24"/>
     <w:rsid w:val="00825BDC"/>
     <w:rsid w:val="00826831"/>
+    <w:rsid w:val="00826C10"/>
     <w:rsid w:val="00826D17"/>
+    <w:rsid w:val="00827973"/>
     <w:rsid w:val="00827AE6"/>
     <w:rsid w:val="00827BEC"/>
     <w:rsid w:val="0083061B"/>
+    <w:rsid w:val="00830698"/>
     <w:rsid w:val="00830B04"/>
     <w:rsid w:val="00830DEC"/>
     <w:rsid w:val="00831853"/>
     <w:rsid w:val="00831AF6"/>
     <w:rsid w:val="00832081"/>
     <w:rsid w:val="0083233E"/>
     <w:rsid w:val="008324CC"/>
+    <w:rsid w:val="00832DC3"/>
     <w:rsid w:val="008339CD"/>
+    <w:rsid w:val="00833D2D"/>
     <w:rsid w:val="00833E29"/>
+    <w:rsid w:val="00833E2F"/>
     <w:rsid w:val="00833F4D"/>
     <w:rsid w:val="00834046"/>
     <w:rsid w:val="0083440F"/>
     <w:rsid w:val="00834816"/>
     <w:rsid w:val="00834C3E"/>
+    <w:rsid w:val="00834E0B"/>
     <w:rsid w:val="008356A7"/>
     <w:rsid w:val="00835735"/>
     <w:rsid w:val="00835C81"/>
     <w:rsid w:val="008362D1"/>
     <w:rsid w:val="008363AB"/>
     <w:rsid w:val="00836459"/>
     <w:rsid w:val="00836D5B"/>
     <w:rsid w:val="008370D0"/>
     <w:rsid w:val="008379A5"/>
     <w:rsid w:val="00837EC6"/>
     <w:rsid w:val="00837F27"/>
     <w:rsid w:val="00840439"/>
+    <w:rsid w:val="0084068E"/>
+    <w:rsid w:val="008414B1"/>
     <w:rsid w:val="008418CE"/>
     <w:rsid w:val="0084196E"/>
     <w:rsid w:val="00841A7F"/>
     <w:rsid w:val="00842277"/>
     <w:rsid w:val="00842B64"/>
     <w:rsid w:val="008434E5"/>
     <w:rsid w:val="0084424C"/>
+    <w:rsid w:val="00844487"/>
     <w:rsid w:val="00844F56"/>
     <w:rsid w:val="00845BC4"/>
     <w:rsid w:val="00845E97"/>
+    <w:rsid w:val="00846BCC"/>
     <w:rsid w:val="00846D42"/>
     <w:rsid w:val="00846F39"/>
+    <w:rsid w:val="00847404"/>
     <w:rsid w:val="00847964"/>
     <w:rsid w:val="00847ABD"/>
     <w:rsid w:val="00847D3A"/>
+    <w:rsid w:val="00850406"/>
     <w:rsid w:val="008506C9"/>
+    <w:rsid w:val="00850F3C"/>
     <w:rsid w:val="00851650"/>
     <w:rsid w:val="00851811"/>
     <w:rsid w:val="00852852"/>
     <w:rsid w:val="00852BC8"/>
     <w:rsid w:val="00852CD2"/>
     <w:rsid w:val="00853088"/>
     <w:rsid w:val="00853655"/>
     <w:rsid w:val="008538AD"/>
     <w:rsid w:val="00853AB5"/>
     <w:rsid w:val="00853BE3"/>
     <w:rsid w:val="00853C19"/>
     <w:rsid w:val="00854814"/>
     <w:rsid w:val="00855632"/>
+    <w:rsid w:val="0085586B"/>
+    <w:rsid w:val="00855BCA"/>
     <w:rsid w:val="00856315"/>
     <w:rsid w:val="00856994"/>
     <w:rsid w:val="00856C99"/>
     <w:rsid w:val="00856CCF"/>
     <w:rsid w:val="00856E8B"/>
     <w:rsid w:val="00857583"/>
     <w:rsid w:val="00860877"/>
     <w:rsid w:val="00860DC5"/>
+    <w:rsid w:val="00860E11"/>
     <w:rsid w:val="008611BB"/>
     <w:rsid w:val="0086154B"/>
     <w:rsid w:val="008618B9"/>
     <w:rsid w:val="008619A2"/>
     <w:rsid w:val="0086223C"/>
     <w:rsid w:val="00862386"/>
     <w:rsid w:val="00862D0C"/>
     <w:rsid w:val="00862F48"/>
     <w:rsid w:val="00863911"/>
     <w:rsid w:val="00863A70"/>
+    <w:rsid w:val="00863E4E"/>
     <w:rsid w:val="008648D3"/>
+    <w:rsid w:val="00864F17"/>
     <w:rsid w:val="008653BE"/>
     <w:rsid w:val="00865D42"/>
     <w:rsid w:val="00866132"/>
     <w:rsid w:val="008663E9"/>
+    <w:rsid w:val="008668B8"/>
     <w:rsid w:val="00866DA4"/>
     <w:rsid w:val="00866DF3"/>
     <w:rsid w:val="00867069"/>
     <w:rsid w:val="0086706D"/>
     <w:rsid w:val="00867248"/>
     <w:rsid w:val="0086777F"/>
     <w:rsid w:val="00870997"/>
     <w:rsid w:val="00870D4F"/>
     <w:rsid w:val="00871104"/>
     <w:rsid w:val="00871469"/>
     <w:rsid w:val="008714DF"/>
+    <w:rsid w:val="0087175B"/>
+    <w:rsid w:val="00871FD1"/>
     <w:rsid w:val="00872126"/>
+    <w:rsid w:val="008721F7"/>
     <w:rsid w:val="008724D1"/>
     <w:rsid w:val="00872507"/>
     <w:rsid w:val="008725AD"/>
     <w:rsid w:val="00872D7D"/>
+    <w:rsid w:val="00872E5D"/>
     <w:rsid w:val="00873519"/>
     <w:rsid w:val="008735D7"/>
     <w:rsid w:val="00873B6F"/>
+    <w:rsid w:val="00873C9E"/>
+    <w:rsid w:val="008741E3"/>
     <w:rsid w:val="008742B4"/>
     <w:rsid w:val="00874D67"/>
     <w:rsid w:val="00874E71"/>
     <w:rsid w:val="00874FE7"/>
     <w:rsid w:val="008752D5"/>
     <w:rsid w:val="0087545D"/>
     <w:rsid w:val="008759AD"/>
     <w:rsid w:val="00875A77"/>
+    <w:rsid w:val="008764CC"/>
+    <w:rsid w:val="00876A00"/>
     <w:rsid w:val="00876F31"/>
     <w:rsid w:val="008778E3"/>
     <w:rsid w:val="00880411"/>
     <w:rsid w:val="0088052B"/>
     <w:rsid w:val="00880765"/>
     <w:rsid w:val="00881098"/>
     <w:rsid w:val="00881697"/>
     <w:rsid w:val="008816E7"/>
     <w:rsid w:val="00881BA8"/>
     <w:rsid w:val="0088228B"/>
+    <w:rsid w:val="008824B7"/>
     <w:rsid w:val="008825F2"/>
     <w:rsid w:val="00882957"/>
     <w:rsid w:val="00882A06"/>
     <w:rsid w:val="008836B2"/>
     <w:rsid w:val="00883880"/>
     <w:rsid w:val="00883D0A"/>
     <w:rsid w:val="00884038"/>
     <w:rsid w:val="008847DA"/>
     <w:rsid w:val="00884C39"/>
     <w:rsid w:val="008851FF"/>
     <w:rsid w:val="0088529D"/>
     <w:rsid w:val="00885FF9"/>
     <w:rsid w:val="00886592"/>
     <w:rsid w:val="00886900"/>
     <w:rsid w:val="00886F82"/>
     <w:rsid w:val="00886F9C"/>
     <w:rsid w:val="00887768"/>
     <w:rsid w:val="00887B3B"/>
+    <w:rsid w:val="00887FE4"/>
+    <w:rsid w:val="00890C72"/>
     <w:rsid w:val="00890DF7"/>
     <w:rsid w:val="00890E5B"/>
     <w:rsid w:val="0089122D"/>
     <w:rsid w:val="008915CF"/>
+    <w:rsid w:val="0089194C"/>
     <w:rsid w:val="00892107"/>
     <w:rsid w:val="008924CF"/>
     <w:rsid w:val="00892565"/>
+    <w:rsid w:val="00892A4C"/>
     <w:rsid w:val="00893113"/>
     <w:rsid w:val="008931AA"/>
     <w:rsid w:val="00893DEE"/>
     <w:rsid w:val="0089410C"/>
+    <w:rsid w:val="00894164"/>
     <w:rsid w:val="0089445D"/>
     <w:rsid w:val="00894D74"/>
     <w:rsid w:val="00894E5F"/>
     <w:rsid w:val="00894E62"/>
     <w:rsid w:val="00895465"/>
+    <w:rsid w:val="00895CAF"/>
     <w:rsid w:val="00895D86"/>
     <w:rsid w:val="00896224"/>
+    <w:rsid w:val="00896B13"/>
+    <w:rsid w:val="00896B1C"/>
     <w:rsid w:val="008973E8"/>
+    <w:rsid w:val="00897925"/>
     <w:rsid w:val="0089796F"/>
     <w:rsid w:val="00897F41"/>
     <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008A0804"/>
     <w:rsid w:val="008A0B5D"/>
     <w:rsid w:val="008A0EAB"/>
     <w:rsid w:val="008A3154"/>
     <w:rsid w:val="008A33B5"/>
     <w:rsid w:val="008A3CB7"/>
     <w:rsid w:val="008A3D91"/>
     <w:rsid w:val="008A498D"/>
+    <w:rsid w:val="008A4CDA"/>
     <w:rsid w:val="008A5D66"/>
     <w:rsid w:val="008A6390"/>
     <w:rsid w:val="008A65B5"/>
+    <w:rsid w:val="008A67AC"/>
     <w:rsid w:val="008A6DB3"/>
     <w:rsid w:val="008A7107"/>
     <w:rsid w:val="008B027C"/>
     <w:rsid w:val="008B0F1B"/>
+    <w:rsid w:val="008B1206"/>
     <w:rsid w:val="008B1344"/>
     <w:rsid w:val="008B1564"/>
+    <w:rsid w:val="008B1599"/>
     <w:rsid w:val="008B20B2"/>
     <w:rsid w:val="008B20C6"/>
     <w:rsid w:val="008B2F38"/>
     <w:rsid w:val="008B3083"/>
     <w:rsid w:val="008B312A"/>
     <w:rsid w:val="008B314B"/>
     <w:rsid w:val="008B3585"/>
+    <w:rsid w:val="008B4710"/>
     <w:rsid w:val="008B4A5F"/>
     <w:rsid w:val="008B5040"/>
     <w:rsid w:val="008B5572"/>
+    <w:rsid w:val="008B56FD"/>
     <w:rsid w:val="008B5CF8"/>
+    <w:rsid w:val="008B5D9C"/>
     <w:rsid w:val="008B5EEC"/>
     <w:rsid w:val="008B63BA"/>
     <w:rsid w:val="008B6538"/>
     <w:rsid w:val="008B6A09"/>
     <w:rsid w:val="008B6B5A"/>
     <w:rsid w:val="008B7005"/>
     <w:rsid w:val="008B71DB"/>
     <w:rsid w:val="008B79F7"/>
+    <w:rsid w:val="008B7A88"/>
     <w:rsid w:val="008C0899"/>
     <w:rsid w:val="008C0AC3"/>
     <w:rsid w:val="008C0DCD"/>
     <w:rsid w:val="008C1D2F"/>
     <w:rsid w:val="008C1D34"/>
     <w:rsid w:val="008C2C8C"/>
+    <w:rsid w:val="008C2E97"/>
+    <w:rsid w:val="008C33CC"/>
     <w:rsid w:val="008C343D"/>
     <w:rsid w:val="008C436B"/>
     <w:rsid w:val="008C444F"/>
     <w:rsid w:val="008C4E31"/>
+    <w:rsid w:val="008C54CF"/>
     <w:rsid w:val="008C5865"/>
     <w:rsid w:val="008C5AC0"/>
     <w:rsid w:val="008C64B5"/>
     <w:rsid w:val="008C66FB"/>
     <w:rsid w:val="008C67DA"/>
     <w:rsid w:val="008C6839"/>
     <w:rsid w:val="008C690F"/>
     <w:rsid w:val="008C713E"/>
     <w:rsid w:val="008C7270"/>
     <w:rsid w:val="008C7443"/>
     <w:rsid w:val="008C7613"/>
     <w:rsid w:val="008C7755"/>
     <w:rsid w:val="008C7A8C"/>
     <w:rsid w:val="008D03D9"/>
+    <w:rsid w:val="008D0530"/>
     <w:rsid w:val="008D0A55"/>
+    <w:rsid w:val="008D0F79"/>
     <w:rsid w:val="008D106E"/>
     <w:rsid w:val="008D13FA"/>
     <w:rsid w:val="008D1731"/>
+    <w:rsid w:val="008D2371"/>
     <w:rsid w:val="008D2464"/>
     <w:rsid w:val="008D2A36"/>
     <w:rsid w:val="008D2B89"/>
     <w:rsid w:val="008D2E96"/>
     <w:rsid w:val="008D2F02"/>
     <w:rsid w:val="008D3524"/>
     <w:rsid w:val="008D38E2"/>
+    <w:rsid w:val="008D3C08"/>
     <w:rsid w:val="008D3E4A"/>
+    <w:rsid w:val="008D4A4F"/>
     <w:rsid w:val="008D52C0"/>
     <w:rsid w:val="008D583B"/>
     <w:rsid w:val="008D5B15"/>
     <w:rsid w:val="008D5BEB"/>
     <w:rsid w:val="008D5D11"/>
+    <w:rsid w:val="008D5DEF"/>
     <w:rsid w:val="008D642C"/>
     <w:rsid w:val="008D6846"/>
+    <w:rsid w:val="008D6B35"/>
     <w:rsid w:val="008D6D17"/>
     <w:rsid w:val="008D6EFD"/>
     <w:rsid w:val="008D729A"/>
     <w:rsid w:val="008D789E"/>
+    <w:rsid w:val="008D78E7"/>
     <w:rsid w:val="008D7C50"/>
     <w:rsid w:val="008D7E2A"/>
+    <w:rsid w:val="008E01C6"/>
+    <w:rsid w:val="008E028F"/>
     <w:rsid w:val="008E0B44"/>
     <w:rsid w:val="008E0B5B"/>
+    <w:rsid w:val="008E0D25"/>
     <w:rsid w:val="008E11A0"/>
     <w:rsid w:val="008E123B"/>
+    <w:rsid w:val="008E12C0"/>
     <w:rsid w:val="008E144B"/>
     <w:rsid w:val="008E2833"/>
+    <w:rsid w:val="008E2C5C"/>
     <w:rsid w:val="008E2CED"/>
+    <w:rsid w:val="008E3126"/>
     <w:rsid w:val="008E335A"/>
     <w:rsid w:val="008E3FF3"/>
     <w:rsid w:val="008E4027"/>
+    <w:rsid w:val="008E433A"/>
     <w:rsid w:val="008E475F"/>
+    <w:rsid w:val="008E47DE"/>
     <w:rsid w:val="008E507A"/>
     <w:rsid w:val="008E61AD"/>
     <w:rsid w:val="008E67EC"/>
     <w:rsid w:val="008E68EE"/>
     <w:rsid w:val="008E713F"/>
     <w:rsid w:val="008E72A9"/>
     <w:rsid w:val="008E7A9A"/>
+    <w:rsid w:val="008F02E2"/>
     <w:rsid w:val="008F0658"/>
+    <w:rsid w:val="008F06CB"/>
     <w:rsid w:val="008F08D9"/>
     <w:rsid w:val="008F0A34"/>
     <w:rsid w:val="008F10FB"/>
     <w:rsid w:val="008F1542"/>
     <w:rsid w:val="008F1E71"/>
     <w:rsid w:val="008F2456"/>
     <w:rsid w:val="008F263C"/>
     <w:rsid w:val="008F2A97"/>
     <w:rsid w:val="008F2B13"/>
     <w:rsid w:val="008F326A"/>
+    <w:rsid w:val="008F329F"/>
     <w:rsid w:val="008F338E"/>
     <w:rsid w:val="008F3C2C"/>
+    <w:rsid w:val="008F4A0E"/>
+    <w:rsid w:val="008F4B34"/>
     <w:rsid w:val="008F4F01"/>
     <w:rsid w:val="008F5213"/>
     <w:rsid w:val="008F5264"/>
     <w:rsid w:val="008F53A6"/>
     <w:rsid w:val="008F5855"/>
     <w:rsid w:val="008F5B29"/>
     <w:rsid w:val="008F6085"/>
+    <w:rsid w:val="008F642A"/>
+    <w:rsid w:val="008F6550"/>
     <w:rsid w:val="008F6A3E"/>
+    <w:rsid w:val="008F6F0C"/>
     <w:rsid w:val="008F78EC"/>
     <w:rsid w:val="008F79E7"/>
     <w:rsid w:val="008F7DA8"/>
     <w:rsid w:val="008F7E7B"/>
+    <w:rsid w:val="00900073"/>
     <w:rsid w:val="00900A71"/>
     <w:rsid w:val="00900E0C"/>
     <w:rsid w:val="009020E1"/>
+    <w:rsid w:val="00902E4E"/>
     <w:rsid w:val="00902EE3"/>
     <w:rsid w:val="00902F78"/>
     <w:rsid w:val="00902F81"/>
     <w:rsid w:val="00903C5F"/>
+    <w:rsid w:val="00903F50"/>
     <w:rsid w:val="009040FC"/>
     <w:rsid w:val="0090419C"/>
+    <w:rsid w:val="009042B9"/>
     <w:rsid w:val="00904A42"/>
     <w:rsid w:val="00905718"/>
     <w:rsid w:val="00905B73"/>
     <w:rsid w:val="00905BE9"/>
     <w:rsid w:val="00905CEC"/>
     <w:rsid w:val="00905DB9"/>
+    <w:rsid w:val="00905DDE"/>
     <w:rsid w:val="00906357"/>
     <w:rsid w:val="00906907"/>
     <w:rsid w:val="00906966"/>
     <w:rsid w:val="00906B3D"/>
     <w:rsid w:val="00906D61"/>
     <w:rsid w:val="00906E4B"/>
     <w:rsid w:val="00907C0B"/>
     <w:rsid w:val="0091058F"/>
+    <w:rsid w:val="00910A7E"/>
     <w:rsid w:val="00912108"/>
     <w:rsid w:val="009122C2"/>
     <w:rsid w:val="00912699"/>
+    <w:rsid w:val="00912A40"/>
     <w:rsid w:val="00913023"/>
     <w:rsid w:val="009133A6"/>
+    <w:rsid w:val="009133C4"/>
     <w:rsid w:val="00913421"/>
     <w:rsid w:val="00913589"/>
     <w:rsid w:val="0091369C"/>
     <w:rsid w:val="0091388F"/>
     <w:rsid w:val="009138C7"/>
     <w:rsid w:val="0091421D"/>
+    <w:rsid w:val="00914351"/>
     <w:rsid w:val="009144BF"/>
     <w:rsid w:val="0091490E"/>
     <w:rsid w:val="00914C32"/>
     <w:rsid w:val="00914CDD"/>
     <w:rsid w:val="00914F95"/>
     <w:rsid w:val="0091505A"/>
     <w:rsid w:val="00915258"/>
+    <w:rsid w:val="009155FC"/>
     <w:rsid w:val="00915633"/>
     <w:rsid w:val="009160A8"/>
     <w:rsid w:val="009163D8"/>
     <w:rsid w:val="00916431"/>
+    <w:rsid w:val="0091651E"/>
     <w:rsid w:val="009166FA"/>
     <w:rsid w:val="009168B9"/>
     <w:rsid w:val="00916EB5"/>
     <w:rsid w:val="009170A5"/>
     <w:rsid w:val="00917177"/>
     <w:rsid w:val="009171C7"/>
     <w:rsid w:val="00917E11"/>
     <w:rsid w:val="009202EB"/>
+    <w:rsid w:val="009208D0"/>
     <w:rsid w:val="00920F6F"/>
     <w:rsid w:val="00921A57"/>
     <w:rsid w:val="00921A8C"/>
+    <w:rsid w:val="0092204C"/>
+    <w:rsid w:val="00922064"/>
     <w:rsid w:val="0092292F"/>
     <w:rsid w:val="00922943"/>
     <w:rsid w:val="0092324E"/>
     <w:rsid w:val="00923718"/>
     <w:rsid w:val="00923FCA"/>
     <w:rsid w:val="0092483A"/>
     <w:rsid w:val="0092533E"/>
+    <w:rsid w:val="009257B4"/>
     <w:rsid w:val="00925A45"/>
     <w:rsid w:val="00926E3A"/>
     <w:rsid w:val="009277D0"/>
     <w:rsid w:val="00927CD3"/>
     <w:rsid w:val="00927F01"/>
     <w:rsid w:val="00930014"/>
+    <w:rsid w:val="009306AA"/>
     <w:rsid w:val="00930A29"/>
     <w:rsid w:val="009312A1"/>
+    <w:rsid w:val="009315EE"/>
     <w:rsid w:val="00931621"/>
     <w:rsid w:val="0093170F"/>
     <w:rsid w:val="0093186F"/>
+    <w:rsid w:val="00932802"/>
     <w:rsid w:val="00932D9A"/>
     <w:rsid w:val="00933250"/>
     <w:rsid w:val="009332E3"/>
     <w:rsid w:val="00933769"/>
     <w:rsid w:val="00933862"/>
     <w:rsid w:val="009338E2"/>
     <w:rsid w:val="00934056"/>
     <w:rsid w:val="009346A4"/>
     <w:rsid w:val="0093478D"/>
+    <w:rsid w:val="0093595F"/>
+    <w:rsid w:val="00935D7B"/>
+    <w:rsid w:val="00937354"/>
     <w:rsid w:val="009377CF"/>
     <w:rsid w:val="009379CC"/>
     <w:rsid w:val="00937B55"/>
+    <w:rsid w:val="009403FB"/>
     <w:rsid w:val="0094090B"/>
     <w:rsid w:val="00941215"/>
     <w:rsid w:val="0094184B"/>
     <w:rsid w:val="00941D22"/>
     <w:rsid w:val="00942805"/>
     <w:rsid w:val="00943B20"/>
+    <w:rsid w:val="00943D6D"/>
     <w:rsid w:val="00943F7E"/>
     <w:rsid w:val="00944140"/>
     <w:rsid w:val="00944668"/>
     <w:rsid w:val="009447B6"/>
     <w:rsid w:val="009449A5"/>
+    <w:rsid w:val="0094530C"/>
     <w:rsid w:val="0094553A"/>
+    <w:rsid w:val="009456E2"/>
+    <w:rsid w:val="009468E9"/>
     <w:rsid w:val="00946D4A"/>
     <w:rsid w:val="009470DE"/>
     <w:rsid w:val="009472F4"/>
     <w:rsid w:val="009474D3"/>
     <w:rsid w:val="00947CDD"/>
+    <w:rsid w:val="009507DF"/>
     <w:rsid w:val="00950A00"/>
     <w:rsid w:val="00950CB6"/>
     <w:rsid w:val="0095124B"/>
     <w:rsid w:val="00951759"/>
     <w:rsid w:val="00951869"/>
     <w:rsid w:val="00952204"/>
     <w:rsid w:val="00952234"/>
+    <w:rsid w:val="009524C3"/>
     <w:rsid w:val="00952FF7"/>
     <w:rsid w:val="0095308B"/>
     <w:rsid w:val="009531C2"/>
     <w:rsid w:val="0095352E"/>
     <w:rsid w:val="00953688"/>
     <w:rsid w:val="00953947"/>
+    <w:rsid w:val="00953EA6"/>
+    <w:rsid w:val="00954247"/>
     <w:rsid w:val="009543C5"/>
     <w:rsid w:val="0095441B"/>
+    <w:rsid w:val="00954483"/>
     <w:rsid w:val="00954DF9"/>
     <w:rsid w:val="0095500B"/>
     <w:rsid w:val="0095568A"/>
     <w:rsid w:val="0095599E"/>
     <w:rsid w:val="00956D25"/>
+    <w:rsid w:val="00957C2E"/>
     <w:rsid w:val="00957D37"/>
     <w:rsid w:val="009604BE"/>
     <w:rsid w:val="00960A36"/>
     <w:rsid w:val="0096114F"/>
     <w:rsid w:val="00961281"/>
     <w:rsid w:val="009612C2"/>
     <w:rsid w:val="009612D2"/>
     <w:rsid w:val="0096146B"/>
     <w:rsid w:val="009618A5"/>
     <w:rsid w:val="00961EAB"/>
     <w:rsid w:val="00962054"/>
     <w:rsid w:val="009620B6"/>
     <w:rsid w:val="0096214C"/>
     <w:rsid w:val="00962205"/>
     <w:rsid w:val="00962C2E"/>
     <w:rsid w:val="0096312C"/>
+    <w:rsid w:val="00963872"/>
     <w:rsid w:val="00964281"/>
     <w:rsid w:val="009647E8"/>
     <w:rsid w:val="00964A1E"/>
     <w:rsid w:val="00964B34"/>
     <w:rsid w:val="00964E15"/>
     <w:rsid w:val="0096504D"/>
     <w:rsid w:val="009654F7"/>
     <w:rsid w:val="009657FF"/>
+    <w:rsid w:val="00965EDD"/>
     <w:rsid w:val="009663DD"/>
     <w:rsid w:val="009669BA"/>
     <w:rsid w:val="00966C2E"/>
     <w:rsid w:val="00966DA2"/>
     <w:rsid w:val="0096765D"/>
     <w:rsid w:val="00967D43"/>
     <w:rsid w:val="009700B7"/>
+    <w:rsid w:val="00970444"/>
     <w:rsid w:val="009706F6"/>
+    <w:rsid w:val="009711D1"/>
     <w:rsid w:val="009712FF"/>
     <w:rsid w:val="009713D0"/>
     <w:rsid w:val="00971C46"/>
     <w:rsid w:val="00971CA0"/>
     <w:rsid w:val="00972396"/>
     <w:rsid w:val="00972D3C"/>
     <w:rsid w:val="00972F79"/>
     <w:rsid w:val="0097345A"/>
     <w:rsid w:val="00973A79"/>
     <w:rsid w:val="00973DE9"/>
     <w:rsid w:val="00973FF4"/>
     <w:rsid w:val="00974B42"/>
     <w:rsid w:val="00974C82"/>
     <w:rsid w:val="00974CBF"/>
     <w:rsid w:val="0097589E"/>
+    <w:rsid w:val="009760CC"/>
+    <w:rsid w:val="00976186"/>
     <w:rsid w:val="009764A9"/>
     <w:rsid w:val="00976D6D"/>
     <w:rsid w:val="00976E5F"/>
     <w:rsid w:val="00976FF5"/>
     <w:rsid w:val="00977BC3"/>
     <w:rsid w:val="00977C8C"/>
     <w:rsid w:val="00977FCC"/>
     <w:rsid w:val="00980114"/>
     <w:rsid w:val="00980238"/>
     <w:rsid w:val="00981175"/>
     <w:rsid w:val="00981373"/>
+    <w:rsid w:val="0098161A"/>
     <w:rsid w:val="009816CC"/>
     <w:rsid w:val="009817A1"/>
     <w:rsid w:val="009819CF"/>
     <w:rsid w:val="00981F32"/>
     <w:rsid w:val="009822B5"/>
+    <w:rsid w:val="0098230C"/>
     <w:rsid w:val="00982693"/>
     <w:rsid w:val="00982C01"/>
     <w:rsid w:val="00982E80"/>
+    <w:rsid w:val="009838E4"/>
     <w:rsid w:val="009839B9"/>
     <w:rsid w:val="00983FBA"/>
+    <w:rsid w:val="00984672"/>
     <w:rsid w:val="00984B3E"/>
     <w:rsid w:val="00984D66"/>
     <w:rsid w:val="00984F00"/>
     <w:rsid w:val="00985332"/>
     <w:rsid w:val="00985336"/>
     <w:rsid w:val="009853FE"/>
     <w:rsid w:val="009854DC"/>
     <w:rsid w:val="00985BBE"/>
+    <w:rsid w:val="0098639C"/>
     <w:rsid w:val="009868ED"/>
     <w:rsid w:val="00986CB4"/>
     <w:rsid w:val="00986FD5"/>
     <w:rsid w:val="009874D0"/>
     <w:rsid w:val="00987641"/>
     <w:rsid w:val="00987C8A"/>
     <w:rsid w:val="009904F1"/>
     <w:rsid w:val="009906BB"/>
+    <w:rsid w:val="0099082E"/>
     <w:rsid w:val="00990D34"/>
+    <w:rsid w:val="00991221"/>
+    <w:rsid w:val="00991255"/>
     <w:rsid w:val="009912CA"/>
     <w:rsid w:val="0099143D"/>
     <w:rsid w:val="009916CB"/>
     <w:rsid w:val="00991788"/>
     <w:rsid w:val="009929AE"/>
     <w:rsid w:val="00992DA4"/>
     <w:rsid w:val="00992E58"/>
+    <w:rsid w:val="00992F74"/>
     <w:rsid w:val="00993EF0"/>
     <w:rsid w:val="00993F05"/>
     <w:rsid w:val="00993F97"/>
+    <w:rsid w:val="0099412A"/>
     <w:rsid w:val="009944E1"/>
     <w:rsid w:val="0099458F"/>
+    <w:rsid w:val="0099474D"/>
     <w:rsid w:val="00994D45"/>
     <w:rsid w:val="00996229"/>
     <w:rsid w:val="009963AA"/>
+    <w:rsid w:val="009978DE"/>
     <w:rsid w:val="00997CB6"/>
     <w:rsid w:val="009A066C"/>
     <w:rsid w:val="009A0A8D"/>
     <w:rsid w:val="009A193D"/>
     <w:rsid w:val="009A1A70"/>
+    <w:rsid w:val="009A21C7"/>
     <w:rsid w:val="009A21C9"/>
     <w:rsid w:val="009A2972"/>
     <w:rsid w:val="009A2EC2"/>
     <w:rsid w:val="009A3D9D"/>
     <w:rsid w:val="009A4110"/>
     <w:rsid w:val="009A411A"/>
     <w:rsid w:val="009A47EC"/>
     <w:rsid w:val="009A48A1"/>
     <w:rsid w:val="009A4CA7"/>
+    <w:rsid w:val="009A549C"/>
     <w:rsid w:val="009A55E8"/>
     <w:rsid w:val="009A5C65"/>
     <w:rsid w:val="009A6272"/>
+    <w:rsid w:val="009A66A4"/>
     <w:rsid w:val="009A6F94"/>
     <w:rsid w:val="009A728D"/>
     <w:rsid w:val="009A73DB"/>
     <w:rsid w:val="009A7A6C"/>
     <w:rsid w:val="009A7D41"/>
     <w:rsid w:val="009B00A8"/>
+    <w:rsid w:val="009B078A"/>
     <w:rsid w:val="009B0AF9"/>
     <w:rsid w:val="009B0CD4"/>
+    <w:rsid w:val="009B0F2F"/>
     <w:rsid w:val="009B1333"/>
     <w:rsid w:val="009B1961"/>
     <w:rsid w:val="009B1F8D"/>
+    <w:rsid w:val="009B2499"/>
+    <w:rsid w:val="009B24D9"/>
     <w:rsid w:val="009B2A41"/>
     <w:rsid w:val="009B2F3C"/>
     <w:rsid w:val="009B3054"/>
     <w:rsid w:val="009B3228"/>
     <w:rsid w:val="009B3CC4"/>
+    <w:rsid w:val="009B4098"/>
+    <w:rsid w:val="009B484F"/>
+    <w:rsid w:val="009B55BA"/>
+    <w:rsid w:val="009B61D0"/>
     <w:rsid w:val="009B6CDD"/>
     <w:rsid w:val="009B718C"/>
+    <w:rsid w:val="009B7AF2"/>
     <w:rsid w:val="009B7F8D"/>
     <w:rsid w:val="009C01B7"/>
     <w:rsid w:val="009C0222"/>
+    <w:rsid w:val="009C04FE"/>
     <w:rsid w:val="009C0CB8"/>
+    <w:rsid w:val="009C11C8"/>
     <w:rsid w:val="009C178D"/>
     <w:rsid w:val="009C1A82"/>
     <w:rsid w:val="009C1C01"/>
     <w:rsid w:val="009C1DC1"/>
     <w:rsid w:val="009C25E0"/>
     <w:rsid w:val="009C2760"/>
     <w:rsid w:val="009C30EB"/>
     <w:rsid w:val="009C3E24"/>
+    <w:rsid w:val="009C3F39"/>
     <w:rsid w:val="009C405F"/>
     <w:rsid w:val="009C4316"/>
     <w:rsid w:val="009C449F"/>
     <w:rsid w:val="009C463C"/>
     <w:rsid w:val="009C4874"/>
     <w:rsid w:val="009C4933"/>
     <w:rsid w:val="009C4ADE"/>
     <w:rsid w:val="009C5363"/>
     <w:rsid w:val="009C57A6"/>
     <w:rsid w:val="009C57DB"/>
+    <w:rsid w:val="009C5B7A"/>
     <w:rsid w:val="009C5BFF"/>
     <w:rsid w:val="009C5F25"/>
     <w:rsid w:val="009C64C3"/>
     <w:rsid w:val="009C6768"/>
     <w:rsid w:val="009C67C4"/>
     <w:rsid w:val="009C6AAA"/>
     <w:rsid w:val="009C7059"/>
+    <w:rsid w:val="009C7612"/>
     <w:rsid w:val="009D03DC"/>
     <w:rsid w:val="009D0535"/>
     <w:rsid w:val="009D06F1"/>
     <w:rsid w:val="009D0B78"/>
     <w:rsid w:val="009D128B"/>
     <w:rsid w:val="009D1A88"/>
     <w:rsid w:val="009D21D8"/>
     <w:rsid w:val="009D242E"/>
     <w:rsid w:val="009D253D"/>
+    <w:rsid w:val="009D2B38"/>
     <w:rsid w:val="009D2CB0"/>
     <w:rsid w:val="009D370B"/>
     <w:rsid w:val="009D3A79"/>
+    <w:rsid w:val="009D3BC6"/>
     <w:rsid w:val="009D3C60"/>
     <w:rsid w:val="009D4229"/>
     <w:rsid w:val="009D49C2"/>
     <w:rsid w:val="009D5F45"/>
     <w:rsid w:val="009D6326"/>
     <w:rsid w:val="009D63CB"/>
     <w:rsid w:val="009D661B"/>
     <w:rsid w:val="009D69DE"/>
     <w:rsid w:val="009D6D68"/>
     <w:rsid w:val="009D733B"/>
     <w:rsid w:val="009D7E34"/>
     <w:rsid w:val="009D7FE8"/>
     <w:rsid w:val="009E00BB"/>
+    <w:rsid w:val="009E0B41"/>
     <w:rsid w:val="009E12C1"/>
     <w:rsid w:val="009E24BC"/>
     <w:rsid w:val="009E33C5"/>
+    <w:rsid w:val="009E3735"/>
     <w:rsid w:val="009E394A"/>
     <w:rsid w:val="009E4276"/>
     <w:rsid w:val="009E433C"/>
     <w:rsid w:val="009E4437"/>
     <w:rsid w:val="009E481B"/>
     <w:rsid w:val="009E4A95"/>
     <w:rsid w:val="009E55E5"/>
+    <w:rsid w:val="009E5767"/>
     <w:rsid w:val="009E5EE5"/>
+    <w:rsid w:val="009E687C"/>
     <w:rsid w:val="009E6D27"/>
+    <w:rsid w:val="009E6EE1"/>
     <w:rsid w:val="009E7539"/>
+    <w:rsid w:val="009E77B1"/>
     <w:rsid w:val="009E78A5"/>
     <w:rsid w:val="009E79FD"/>
     <w:rsid w:val="009E7D71"/>
     <w:rsid w:val="009F0074"/>
     <w:rsid w:val="009F09BE"/>
     <w:rsid w:val="009F0C88"/>
     <w:rsid w:val="009F16EE"/>
     <w:rsid w:val="009F1915"/>
     <w:rsid w:val="009F1D4D"/>
     <w:rsid w:val="009F1FE5"/>
     <w:rsid w:val="009F20DF"/>
     <w:rsid w:val="009F27F2"/>
+    <w:rsid w:val="009F2A21"/>
     <w:rsid w:val="009F2A33"/>
     <w:rsid w:val="009F2BD4"/>
     <w:rsid w:val="009F38E1"/>
     <w:rsid w:val="009F3F14"/>
+    <w:rsid w:val="009F4986"/>
     <w:rsid w:val="009F4B95"/>
     <w:rsid w:val="009F5036"/>
     <w:rsid w:val="009F53DC"/>
+    <w:rsid w:val="009F6468"/>
+    <w:rsid w:val="009F65EB"/>
     <w:rsid w:val="009F66C2"/>
     <w:rsid w:val="009F6CC4"/>
+    <w:rsid w:val="009F6F7F"/>
     <w:rsid w:val="009F7074"/>
     <w:rsid w:val="009F73F5"/>
     <w:rsid w:val="00A00231"/>
     <w:rsid w:val="00A004E2"/>
     <w:rsid w:val="00A00ADB"/>
     <w:rsid w:val="00A01219"/>
     <w:rsid w:val="00A0141A"/>
     <w:rsid w:val="00A015FF"/>
     <w:rsid w:val="00A01D83"/>
+    <w:rsid w:val="00A01E9B"/>
     <w:rsid w:val="00A02079"/>
     <w:rsid w:val="00A02151"/>
+    <w:rsid w:val="00A02BD6"/>
     <w:rsid w:val="00A03095"/>
     <w:rsid w:val="00A03587"/>
+    <w:rsid w:val="00A039E0"/>
     <w:rsid w:val="00A04CCB"/>
     <w:rsid w:val="00A04D0C"/>
     <w:rsid w:val="00A04E25"/>
+    <w:rsid w:val="00A0558F"/>
     <w:rsid w:val="00A05C4D"/>
     <w:rsid w:val="00A05D5D"/>
     <w:rsid w:val="00A06587"/>
     <w:rsid w:val="00A067EA"/>
     <w:rsid w:val="00A06918"/>
+    <w:rsid w:val="00A06CDF"/>
     <w:rsid w:val="00A06FF7"/>
     <w:rsid w:val="00A07463"/>
     <w:rsid w:val="00A07694"/>
     <w:rsid w:val="00A07881"/>
     <w:rsid w:val="00A07ED4"/>
     <w:rsid w:val="00A102E3"/>
     <w:rsid w:val="00A10848"/>
     <w:rsid w:val="00A11D4B"/>
     <w:rsid w:val="00A123F6"/>
     <w:rsid w:val="00A1249A"/>
     <w:rsid w:val="00A12523"/>
     <w:rsid w:val="00A1260A"/>
     <w:rsid w:val="00A126F4"/>
     <w:rsid w:val="00A12982"/>
     <w:rsid w:val="00A13077"/>
     <w:rsid w:val="00A138D4"/>
     <w:rsid w:val="00A1552B"/>
     <w:rsid w:val="00A15B9E"/>
     <w:rsid w:val="00A15CF4"/>
     <w:rsid w:val="00A16487"/>
     <w:rsid w:val="00A16702"/>
     <w:rsid w:val="00A1678C"/>
     <w:rsid w:val="00A167CB"/>
     <w:rsid w:val="00A16B30"/>
     <w:rsid w:val="00A17217"/>
     <w:rsid w:val="00A174DB"/>
     <w:rsid w:val="00A17C05"/>
     <w:rsid w:val="00A20AA3"/>
     <w:rsid w:val="00A20E09"/>
+    <w:rsid w:val="00A22750"/>
     <w:rsid w:val="00A22C84"/>
     <w:rsid w:val="00A22D63"/>
     <w:rsid w:val="00A22E95"/>
     <w:rsid w:val="00A233CE"/>
     <w:rsid w:val="00A2354D"/>
     <w:rsid w:val="00A23670"/>
     <w:rsid w:val="00A238EF"/>
     <w:rsid w:val="00A23C4F"/>
     <w:rsid w:val="00A23FD3"/>
     <w:rsid w:val="00A245DC"/>
     <w:rsid w:val="00A24AB4"/>
     <w:rsid w:val="00A24ADB"/>
     <w:rsid w:val="00A24AFF"/>
     <w:rsid w:val="00A24F4C"/>
     <w:rsid w:val="00A2511A"/>
     <w:rsid w:val="00A25122"/>
     <w:rsid w:val="00A25459"/>
     <w:rsid w:val="00A257A7"/>
     <w:rsid w:val="00A2630A"/>
     <w:rsid w:val="00A266AE"/>
+    <w:rsid w:val="00A26A72"/>
     <w:rsid w:val="00A26E40"/>
     <w:rsid w:val="00A26EFC"/>
     <w:rsid w:val="00A27D9F"/>
     <w:rsid w:val="00A3073A"/>
     <w:rsid w:val="00A30B0D"/>
     <w:rsid w:val="00A30C77"/>
     <w:rsid w:val="00A30CD3"/>
     <w:rsid w:val="00A318B7"/>
     <w:rsid w:val="00A31B5E"/>
     <w:rsid w:val="00A31B70"/>
     <w:rsid w:val="00A3273E"/>
     <w:rsid w:val="00A32796"/>
     <w:rsid w:val="00A32B16"/>
     <w:rsid w:val="00A32F8E"/>
+    <w:rsid w:val="00A3316A"/>
     <w:rsid w:val="00A334AD"/>
+    <w:rsid w:val="00A334E7"/>
     <w:rsid w:val="00A339FA"/>
+    <w:rsid w:val="00A3451B"/>
     <w:rsid w:val="00A34938"/>
     <w:rsid w:val="00A34967"/>
     <w:rsid w:val="00A34F35"/>
     <w:rsid w:val="00A35033"/>
     <w:rsid w:val="00A35066"/>
     <w:rsid w:val="00A350A1"/>
     <w:rsid w:val="00A35767"/>
     <w:rsid w:val="00A36658"/>
     <w:rsid w:val="00A36E25"/>
     <w:rsid w:val="00A36E64"/>
+    <w:rsid w:val="00A3748E"/>
     <w:rsid w:val="00A3751A"/>
     <w:rsid w:val="00A37587"/>
+    <w:rsid w:val="00A377D6"/>
     <w:rsid w:val="00A37F42"/>
     <w:rsid w:val="00A402BC"/>
     <w:rsid w:val="00A40368"/>
     <w:rsid w:val="00A4039F"/>
     <w:rsid w:val="00A404A8"/>
     <w:rsid w:val="00A40BE2"/>
     <w:rsid w:val="00A40F0F"/>
     <w:rsid w:val="00A41827"/>
+    <w:rsid w:val="00A418C5"/>
+    <w:rsid w:val="00A41927"/>
     <w:rsid w:val="00A41D31"/>
     <w:rsid w:val="00A41E4A"/>
     <w:rsid w:val="00A4202B"/>
     <w:rsid w:val="00A420D7"/>
+    <w:rsid w:val="00A426BE"/>
+    <w:rsid w:val="00A429FD"/>
+    <w:rsid w:val="00A43353"/>
     <w:rsid w:val="00A43489"/>
     <w:rsid w:val="00A4371D"/>
     <w:rsid w:val="00A438C6"/>
     <w:rsid w:val="00A43BF5"/>
     <w:rsid w:val="00A43E84"/>
     <w:rsid w:val="00A44DAE"/>
     <w:rsid w:val="00A45087"/>
     <w:rsid w:val="00A4511A"/>
     <w:rsid w:val="00A451D2"/>
     <w:rsid w:val="00A456D6"/>
     <w:rsid w:val="00A458BC"/>
     <w:rsid w:val="00A458D9"/>
     <w:rsid w:val="00A45CA3"/>
     <w:rsid w:val="00A45DD5"/>
     <w:rsid w:val="00A46AA5"/>
     <w:rsid w:val="00A46CFA"/>
+    <w:rsid w:val="00A470B4"/>
+    <w:rsid w:val="00A4730C"/>
     <w:rsid w:val="00A47A97"/>
     <w:rsid w:val="00A47FFA"/>
     <w:rsid w:val="00A50A38"/>
     <w:rsid w:val="00A51410"/>
     <w:rsid w:val="00A516BA"/>
     <w:rsid w:val="00A51997"/>
     <w:rsid w:val="00A51C15"/>
+    <w:rsid w:val="00A51DF4"/>
+    <w:rsid w:val="00A520E0"/>
     <w:rsid w:val="00A5235F"/>
     <w:rsid w:val="00A52B42"/>
     <w:rsid w:val="00A532F4"/>
     <w:rsid w:val="00A5330E"/>
+    <w:rsid w:val="00A5334A"/>
     <w:rsid w:val="00A5336B"/>
+    <w:rsid w:val="00A53A2B"/>
+    <w:rsid w:val="00A53CC9"/>
+    <w:rsid w:val="00A53D1D"/>
     <w:rsid w:val="00A53E64"/>
     <w:rsid w:val="00A54827"/>
+    <w:rsid w:val="00A54B29"/>
     <w:rsid w:val="00A5516E"/>
     <w:rsid w:val="00A55245"/>
     <w:rsid w:val="00A555C8"/>
     <w:rsid w:val="00A55958"/>
+    <w:rsid w:val="00A55E47"/>
+    <w:rsid w:val="00A55E9F"/>
     <w:rsid w:val="00A565AB"/>
     <w:rsid w:val="00A56DEC"/>
     <w:rsid w:val="00A570C4"/>
     <w:rsid w:val="00A5753D"/>
     <w:rsid w:val="00A57D8A"/>
+    <w:rsid w:val="00A6009D"/>
+    <w:rsid w:val="00A60268"/>
+    <w:rsid w:val="00A6035F"/>
     <w:rsid w:val="00A60565"/>
     <w:rsid w:val="00A605F2"/>
     <w:rsid w:val="00A60646"/>
     <w:rsid w:val="00A609DE"/>
     <w:rsid w:val="00A60AAE"/>
     <w:rsid w:val="00A60C4C"/>
     <w:rsid w:val="00A60DD1"/>
     <w:rsid w:val="00A618FE"/>
     <w:rsid w:val="00A61A92"/>
     <w:rsid w:val="00A61AFA"/>
     <w:rsid w:val="00A61F3B"/>
     <w:rsid w:val="00A6202E"/>
     <w:rsid w:val="00A621BC"/>
     <w:rsid w:val="00A627EE"/>
     <w:rsid w:val="00A62D3D"/>
+    <w:rsid w:val="00A62DA4"/>
     <w:rsid w:val="00A62DE3"/>
     <w:rsid w:val="00A62EF9"/>
     <w:rsid w:val="00A6314E"/>
     <w:rsid w:val="00A63DA9"/>
     <w:rsid w:val="00A63DC3"/>
     <w:rsid w:val="00A63F66"/>
     <w:rsid w:val="00A644B4"/>
     <w:rsid w:val="00A64B14"/>
     <w:rsid w:val="00A64BEA"/>
     <w:rsid w:val="00A652E8"/>
     <w:rsid w:val="00A655B8"/>
+    <w:rsid w:val="00A6588C"/>
     <w:rsid w:val="00A65B91"/>
     <w:rsid w:val="00A664E2"/>
     <w:rsid w:val="00A665DE"/>
     <w:rsid w:val="00A665F9"/>
+    <w:rsid w:val="00A66AAF"/>
     <w:rsid w:val="00A66FA5"/>
     <w:rsid w:val="00A673E3"/>
     <w:rsid w:val="00A67B91"/>
+    <w:rsid w:val="00A67C26"/>
     <w:rsid w:val="00A67EB7"/>
     <w:rsid w:val="00A70548"/>
     <w:rsid w:val="00A707C3"/>
     <w:rsid w:val="00A71434"/>
+    <w:rsid w:val="00A7144F"/>
     <w:rsid w:val="00A716F3"/>
     <w:rsid w:val="00A71767"/>
+    <w:rsid w:val="00A71DF4"/>
     <w:rsid w:val="00A728A9"/>
     <w:rsid w:val="00A73462"/>
     <w:rsid w:val="00A734F7"/>
     <w:rsid w:val="00A737E2"/>
+    <w:rsid w:val="00A7436C"/>
     <w:rsid w:val="00A74DB7"/>
     <w:rsid w:val="00A75315"/>
     <w:rsid w:val="00A75AA5"/>
     <w:rsid w:val="00A766D4"/>
+    <w:rsid w:val="00A76A44"/>
     <w:rsid w:val="00A76F3A"/>
+    <w:rsid w:val="00A771B1"/>
     <w:rsid w:val="00A775EA"/>
     <w:rsid w:val="00A77C05"/>
     <w:rsid w:val="00A80845"/>
     <w:rsid w:val="00A80A58"/>
+    <w:rsid w:val="00A8165F"/>
     <w:rsid w:val="00A8204E"/>
     <w:rsid w:val="00A825DA"/>
     <w:rsid w:val="00A82901"/>
     <w:rsid w:val="00A82B5F"/>
     <w:rsid w:val="00A83124"/>
     <w:rsid w:val="00A83590"/>
+    <w:rsid w:val="00A83B9A"/>
     <w:rsid w:val="00A84D6F"/>
     <w:rsid w:val="00A85A1D"/>
     <w:rsid w:val="00A85A20"/>
     <w:rsid w:val="00A85DD1"/>
     <w:rsid w:val="00A85F6A"/>
     <w:rsid w:val="00A85FA7"/>
     <w:rsid w:val="00A86043"/>
     <w:rsid w:val="00A861A1"/>
     <w:rsid w:val="00A8649D"/>
+    <w:rsid w:val="00A86611"/>
+    <w:rsid w:val="00A866C7"/>
+    <w:rsid w:val="00A86734"/>
+    <w:rsid w:val="00A86F63"/>
     <w:rsid w:val="00A871ED"/>
     <w:rsid w:val="00A87286"/>
+    <w:rsid w:val="00A8736D"/>
+    <w:rsid w:val="00A873DA"/>
     <w:rsid w:val="00A87B86"/>
     <w:rsid w:val="00A87C5E"/>
+    <w:rsid w:val="00A90FA4"/>
     <w:rsid w:val="00A916D2"/>
+    <w:rsid w:val="00A9216F"/>
     <w:rsid w:val="00A92212"/>
     <w:rsid w:val="00A92290"/>
     <w:rsid w:val="00A92512"/>
     <w:rsid w:val="00A92BAE"/>
     <w:rsid w:val="00A9318F"/>
     <w:rsid w:val="00A932AE"/>
     <w:rsid w:val="00A936E8"/>
     <w:rsid w:val="00A9384B"/>
     <w:rsid w:val="00A93BC6"/>
+    <w:rsid w:val="00A93C2C"/>
     <w:rsid w:val="00A93F9E"/>
     <w:rsid w:val="00A94783"/>
     <w:rsid w:val="00A94A18"/>
     <w:rsid w:val="00A94F0E"/>
     <w:rsid w:val="00A94F34"/>
     <w:rsid w:val="00A952D2"/>
     <w:rsid w:val="00A9530D"/>
     <w:rsid w:val="00A9561E"/>
+    <w:rsid w:val="00A956C6"/>
+    <w:rsid w:val="00A95D76"/>
     <w:rsid w:val="00A95F64"/>
     <w:rsid w:val="00A96AC1"/>
     <w:rsid w:val="00A96BD4"/>
     <w:rsid w:val="00A96C2C"/>
+    <w:rsid w:val="00A96E00"/>
+    <w:rsid w:val="00A972D3"/>
     <w:rsid w:val="00A97548"/>
     <w:rsid w:val="00A975C9"/>
     <w:rsid w:val="00A97D8E"/>
     <w:rsid w:val="00A97DB8"/>
     <w:rsid w:val="00A97F16"/>
     <w:rsid w:val="00A97F7D"/>
     <w:rsid w:val="00AA0013"/>
     <w:rsid w:val="00AA04AA"/>
+    <w:rsid w:val="00AA04D3"/>
     <w:rsid w:val="00AA0C9D"/>
     <w:rsid w:val="00AA1589"/>
     <w:rsid w:val="00AA15C4"/>
     <w:rsid w:val="00AA168A"/>
     <w:rsid w:val="00AA184E"/>
     <w:rsid w:val="00AA1A05"/>
     <w:rsid w:val="00AA1AC0"/>
     <w:rsid w:val="00AA25B5"/>
+    <w:rsid w:val="00AA2B59"/>
     <w:rsid w:val="00AA2B73"/>
     <w:rsid w:val="00AA3002"/>
     <w:rsid w:val="00AA308C"/>
     <w:rsid w:val="00AA34A3"/>
     <w:rsid w:val="00AA357C"/>
     <w:rsid w:val="00AA3A03"/>
+    <w:rsid w:val="00AA3BC5"/>
     <w:rsid w:val="00AA3E94"/>
     <w:rsid w:val="00AA3F24"/>
     <w:rsid w:val="00AA41DF"/>
     <w:rsid w:val="00AA438F"/>
     <w:rsid w:val="00AA4535"/>
     <w:rsid w:val="00AA456C"/>
     <w:rsid w:val="00AA4740"/>
+    <w:rsid w:val="00AA49E1"/>
     <w:rsid w:val="00AA5097"/>
     <w:rsid w:val="00AA527E"/>
     <w:rsid w:val="00AA6327"/>
     <w:rsid w:val="00AA692C"/>
+    <w:rsid w:val="00AA6CAA"/>
     <w:rsid w:val="00AA6DDB"/>
     <w:rsid w:val="00AA7790"/>
+    <w:rsid w:val="00AA77B2"/>
     <w:rsid w:val="00AB0399"/>
     <w:rsid w:val="00AB03EC"/>
     <w:rsid w:val="00AB096E"/>
     <w:rsid w:val="00AB0C76"/>
+    <w:rsid w:val="00AB0D3B"/>
     <w:rsid w:val="00AB11CE"/>
     <w:rsid w:val="00AB1638"/>
     <w:rsid w:val="00AB1AB1"/>
     <w:rsid w:val="00AB1CF3"/>
     <w:rsid w:val="00AB1EBE"/>
     <w:rsid w:val="00AB2018"/>
     <w:rsid w:val="00AB2060"/>
     <w:rsid w:val="00AB2157"/>
     <w:rsid w:val="00AB2850"/>
     <w:rsid w:val="00AB292C"/>
     <w:rsid w:val="00AB2932"/>
     <w:rsid w:val="00AB299F"/>
     <w:rsid w:val="00AB2C89"/>
     <w:rsid w:val="00AB2EA8"/>
     <w:rsid w:val="00AB33DF"/>
     <w:rsid w:val="00AB3976"/>
     <w:rsid w:val="00AB3D0B"/>
     <w:rsid w:val="00AB3DA8"/>
     <w:rsid w:val="00AB46E8"/>
     <w:rsid w:val="00AB4CE5"/>
     <w:rsid w:val="00AB4E48"/>
     <w:rsid w:val="00AB51B7"/>
     <w:rsid w:val="00AB5EDE"/>
     <w:rsid w:val="00AB6679"/>
     <w:rsid w:val="00AB6D0D"/>
     <w:rsid w:val="00AB713C"/>
     <w:rsid w:val="00AB72DC"/>
+    <w:rsid w:val="00AB7495"/>
     <w:rsid w:val="00AB7C56"/>
+    <w:rsid w:val="00AB7EBA"/>
     <w:rsid w:val="00AB7FAF"/>
     <w:rsid w:val="00AC0282"/>
+    <w:rsid w:val="00AC028E"/>
+    <w:rsid w:val="00AC0CBF"/>
     <w:rsid w:val="00AC15D7"/>
     <w:rsid w:val="00AC1747"/>
+    <w:rsid w:val="00AC1B79"/>
+    <w:rsid w:val="00AC1C15"/>
     <w:rsid w:val="00AC223E"/>
     <w:rsid w:val="00AC2E2F"/>
+    <w:rsid w:val="00AC312F"/>
+    <w:rsid w:val="00AC35C4"/>
     <w:rsid w:val="00AC411A"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC448D"/>
     <w:rsid w:val="00AC4C37"/>
     <w:rsid w:val="00AC4FFB"/>
     <w:rsid w:val="00AC5A1E"/>
     <w:rsid w:val="00AC5B62"/>
     <w:rsid w:val="00AC5C2D"/>
     <w:rsid w:val="00AC60C3"/>
     <w:rsid w:val="00AC612E"/>
     <w:rsid w:val="00AC6645"/>
+    <w:rsid w:val="00AC74A9"/>
+    <w:rsid w:val="00AC7633"/>
     <w:rsid w:val="00AC771A"/>
     <w:rsid w:val="00AC7815"/>
     <w:rsid w:val="00AC7A95"/>
+    <w:rsid w:val="00AD0029"/>
     <w:rsid w:val="00AD01D3"/>
     <w:rsid w:val="00AD038B"/>
     <w:rsid w:val="00AD052B"/>
     <w:rsid w:val="00AD07D5"/>
     <w:rsid w:val="00AD0B9F"/>
     <w:rsid w:val="00AD1365"/>
     <w:rsid w:val="00AD147D"/>
     <w:rsid w:val="00AD1CB6"/>
     <w:rsid w:val="00AD1FB4"/>
+    <w:rsid w:val="00AD22FE"/>
     <w:rsid w:val="00AD2499"/>
     <w:rsid w:val="00AD2CD4"/>
     <w:rsid w:val="00AD2CE1"/>
     <w:rsid w:val="00AD313D"/>
     <w:rsid w:val="00AD3787"/>
+    <w:rsid w:val="00AD3A42"/>
+    <w:rsid w:val="00AD3AC2"/>
     <w:rsid w:val="00AD3E76"/>
     <w:rsid w:val="00AD3F7D"/>
     <w:rsid w:val="00AD4D6C"/>
     <w:rsid w:val="00AD4D91"/>
+    <w:rsid w:val="00AD5201"/>
     <w:rsid w:val="00AD5451"/>
+    <w:rsid w:val="00AD5C1F"/>
     <w:rsid w:val="00AD5DC8"/>
     <w:rsid w:val="00AD6343"/>
     <w:rsid w:val="00AD6C3D"/>
+    <w:rsid w:val="00AD6D7F"/>
+    <w:rsid w:val="00AD6E39"/>
     <w:rsid w:val="00AD7664"/>
     <w:rsid w:val="00AD77F3"/>
     <w:rsid w:val="00AD793E"/>
     <w:rsid w:val="00AD7ADC"/>
     <w:rsid w:val="00AE046E"/>
     <w:rsid w:val="00AE06C1"/>
     <w:rsid w:val="00AE0875"/>
     <w:rsid w:val="00AE0DD3"/>
     <w:rsid w:val="00AE1515"/>
     <w:rsid w:val="00AE206F"/>
     <w:rsid w:val="00AE226E"/>
     <w:rsid w:val="00AE2794"/>
     <w:rsid w:val="00AE2BE1"/>
     <w:rsid w:val="00AE2C48"/>
     <w:rsid w:val="00AE2C9D"/>
     <w:rsid w:val="00AE2D6D"/>
     <w:rsid w:val="00AE3036"/>
     <w:rsid w:val="00AE31D0"/>
     <w:rsid w:val="00AE341C"/>
+    <w:rsid w:val="00AE3B07"/>
+    <w:rsid w:val="00AE3D27"/>
     <w:rsid w:val="00AE4948"/>
     <w:rsid w:val="00AE4C61"/>
     <w:rsid w:val="00AE54A5"/>
     <w:rsid w:val="00AE56E7"/>
     <w:rsid w:val="00AE5786"/>
     <w:rsid w:val="00AE616B"/>
     <w:rsid w:val="00AE6980"/>
     <w:rsid w:val="00AE6BB3"/>
     <w:rsid w:val="00AE70AD"/>
     <w:rsid w:val="00AE76DF"/>
     <w:rsid w:val="00AE7EAE"/>
     <w:rsid w:val="00AE7F72"/>
     <w:rsid w:val="00AF00E8"/>
     <w:rsid w:val="00AF02DB"/>
     <w:rsid w:val="00AF044F"/>
     <w:rsid w:val="00AF0621"/>
     <w:rsid w:val="00AF096F"/>
     <w:rsid w:val="00AF0994"/>
+    <w:rsid w:val="00AF0DC3"/>
     <w:rsid w:val="00AF0E1B"/>
+    <w:rsid w:val="00AF12E8"/>
     <w:rsid w:val="00AF1471"/>
     <w:rsid w:val="00AF1D66"/>
     <w:rsid w:val="00AF1ECE"/>
     <w:rsid w:val="00AF2B80"/>
     <w:rsid w:val="00AF34F3"/>
     <w:rsid w:val="00AF3695"/>
     <w:rsid w:val="00AF3753"/>
     <w:rsid w:val="00AF4924"/>
     <w:rsid w:val="00AF4A77"/>
     <w:rsid w:val="00AF4B90"/>
     <w:rsid w:val="00AF519A"/>
+    <w:rsid w:val="00AF5299"/>
     <w:rsid w:val="00AF537F"/>
+    <w:rsid w:val="00AF56F7"/>
     <w:rsid w:val="00AF613B"/>
     <w:rsid w:val="00AF6160"/>
     <w:rsid w:val="00AF62FD"/>
     <w:rsid w:val="00AF639D"/>
     <w:rsid w:val="00AF6575"/>
     <w:rsid w:val="00AF65D6"/>
     <w:rsid w:val="00AF6828"/>
+    <w:rsid w:val="00AF6E61"/>
+    <w:rsid w:val="00AF6F7C"/>
     <w:rsid w:val="00AF7F82"/>
     <w:rsid w:val="00B00683"/>
     <w:rsid w:val="00B006C1"/>
     <w:rsid w:val="00B01776"/>
     <w:rsid w:val="00B029B2"/>
     <w:rsid w:val="00B02A86"/>
     <w:rsid w:val="00B02C0A"/>
     <w:rsid w:val="00B02C26"/>
     <w:rsid w:val="00B02C28"/>
     <w:rsid w:val="00B03651"/>
+    <w:rsid w:val="00B03DE2"/>
     <w:rsid w:val="00B04044"/>
     <w:rsid w:val="00B04491"/>
     <w:rsid w:val="00B044A2"/>
     <w:rsid w:val="00B046E7"/>
+    <w:rsid w:val="00B0494D"/>
+    <w:rsid w:val="00B05481"/>
     <w:rsid w:val="00B05CD0"/>
     <w:rsid w:val="00B076FD"/>
     <w:rsid w:val="00B077A7"/>
     <w:rsid w:val="00B07AD1"/>
     <w:rsid w:val="00B10542"/>
     <w:rsid w:val="00B10C04"/>
     <w:rsid w:val="00B10C25"/>
     <w:rsid w:val="00B10C8A"/>
     <w:rsid w:val="00B10D3D"/>
     <w:rsid w:val="00B113FE"/>
     <w:rsid w:val="00B1184E"/>
     <w:rsid w:val="00B12124"/>
+    <w:rsid w:val="00B1250A"/>
+    <w:rsid w:val="00B128A3"/>
     <w:rsid w:val="00B12B7A"/>
     <w:rsid w:val="00B135C4"/>
+    <w:rsid w:val="00B14129"/>
+    <w:rsid w:val="00B14513"/>
     <w:rsid w:val="00B157F7"/>
     <w:rsid w:val="00B16BAE"/>
     <w:rsid w:val="00B1729E"/>
     <w:rsid w:val="00B172B3"/>
     <w:rsid w:val="00B176B3"/>
+    <w:rsid w:val="00B17804"/>
     <w:rsid w:val="00B17AFC"/>
     <w:rsid w:val="00B17DAE"/>
     <w:rsid w:val="00B17F54"/>
     <w:rsid w:val="00B20636"/>
     <w:rsid w:val="00B20835"/>
     <w:rsid w:val="00B21191"/>
     <w:rsid w:val="00B2186B"/>
+    <w:rsid w:val="00B21FE1"/>
+    <w:rsid w:val="00B22160"/>
     <w:rsid w:val="00B225B5"/>
     <w:rsid w:val="00B2276D"/>
+    <w:rsid w:val="00B23E4B"/>
     <w:rsid w:val="00B24B59"/>
     <w:rsid w:val="00B24C88"/>
     <w:rsid w:val="00B24E87"/>
+    <w:rsid w:val="00B25722"/>
     <w:rsid w:val="00B257E6"/>
+    <w:rsid w:val="00B2626F"/>
     <w:rsid w:val="00B2637C"/>
     <w:rsid w:val="00B26ED5"/>
     <w:rsid w:val="00B272B3"/>
     <w:rsid w:val="00B273A1"/>
     <w:rsid w:val="00B2763C"/>
     <w:rsid w:val="00B276CD"/>
     <w:rsid w:val="00B30047"/>
+    <w:rsid w:val="00B30090"/>
     <w:rsid w:val="00B305B6"/>
     <w:rsid w:val="00B30694"/>
     <w:rsid w:val="00B308C5"/>
     <w:rsid w:val="00B30996"/>
+    <w:rsid w:val="00B30F97"/>
     <w:rsid w:val="00B312E5"/>
     <w:rsid w:val="00B313FE"/>
     <w:rsid w:val="00B31DFB"/>
     <w:rsid w:val="00B32145"/>
     <w:rsid w:val="00B322D8"/>
+    <w:rsid w:val="00B3257C"/>
     <w:rsid w:val="00B32756"/>
+    <w:rsid w:val="00B328A9"/>
     <w:rsid w:val="00B32EE6"/>
     <w:rsid w:val="00B34DAD"/>
     <w:rsid w:val="00B359EB"/>
     <w:rsid w:val="00B35A8A"/>
+    <w:rsid w:val="00B35C48"/>
+    <w:rsid w:val="00B35C62"/>
     <w:rsid w:val="00B35DC5"/>
     <w:rsid w:val="00B35ED3"/>
     <w:rsid w:val="00B366B9"/>
     <w:rsid w:val="00B36853"/>
     <w:rsid w:val="00B36CCB"/>
     <w:rsid w:val="00B37769"/>
     <w:rsid w:val="00B37AFF"/>
     <w:rsid w:val="00B40059"/>
+    <w:rsid w:val="00B41092"/>
+    <w:rsid w:val="00B4118A"/>
     <w:rsid w:val="00B415C9"/>
     <w:rsid w:val="00B41D34"/>
+    <w:rsid w:val="00B41DB7"/>
     <w:rsid w:val="00B42557"/>
     <w:rsid w:val="00B42C7D"/>
     <w:rsid w:val="00B4313A"/>
     <w:rsid w:val="00B43668"/>
     <w:rsid w:val="00B43807"/>
     <w:rsid w:val="00B43CDB"/>
+    <w:rsid w:val="00B43EC6"/>
     <w:rsid w:val="00B446D0"/>
     <w:rsid w:val="00B44931"/>
     <w:rsid w:val="00B44ADC"/>
     <w:rsid w:val="00B451BD"/>
     <w:rsid w:val="00B45E7B"/>
     <w:rsid w:val="00B4647A"/>
     <w:rsid w:val="00B46B18"/>
+    <w:rsid w:val="00B47805"/>
     <w:rsid w:val="00B47A46"/>
     <w:rsid w:val="00B47CAD"/>
+    <w:rsid w:val="00B501E0"/>
     <w:rsid w:val="00B506A9"/>
     <w:rsid w:val="00B5089D"/>
     <w:rsid w:val="00B50C1E"/>
     <w:rsid w:val="00B510CB"/>
+    <w:rsid w:val="00B511E7"/>
     <w:rsid w:val="00B51AAB"/>
     <w:rsid w:val="00B5219A"/>
     <w:rsid w:val="00B5223F"/>
+    <w:rsid w:val="00B52584"/>
+    <w:rsid w:val="00B52668"/>
     <w:rsid w:val="00B526D9"/>
     <w:rsid w:val="00B52E3D"/>
     <w:rsid w:val="00B53C9D"/>
     <w:rsid w:val="00B53E17"/>
     <w:rsid w:val="00B544AA"/>
     <w:rsid w:val="00B54755"/>
     <w:rsid w:val="00B54935"/>
     <w:rsid w:val="00B555BD"/>
     <w:rsid w:val="00B555CA"/>
     <w:rsid w:val="00B555D2"/>
     <w:rsid w:val="00B558A1"/>
+    <w:rsid w:val="00B5645C"/>
     <w:rsid w:val="00B567FC"/>
     <w:rsid w:val="00B569C6"/>
+    <w:rsid w:val="00B569D0"/>
     <w:rsid w:val="00B56C6D"/>
+    <w:rsid w:val="00B56E4B"/>
     <w:rsid w:val="00B56EFB"/>
     <w:rsid w:val="00B575BD"/>
     <w:rsid w:val="00B57651"/>
     <w:rsid w:val="00B57870"/>
     <w:rsid w:val="00B57BDA"/>
     <w:rsid w:val="00B60229"/>
     <w:rsid w:val="00B6022B"/>
     <w:rsid w:val="00B608DD"/>
     <w:rsid w:val="00B60BCF"/>
     <w:rsid w:val="00B60C3B"/>
     <w:rsid w:val="00B60E6C"/>
+    <w:rsid w:val="00B610F3"/>
+    <w:rsid w:val="00B612B7"/>
     <w:rsid w:val="00B61723"/>
     <w:rsid w:val="00B62517"/>
     <w:rsid w:val="00B626F8"/>
+    <w:rsid w:val="00B627E9"/>
     <w:rsid w:val="00B628BE"/>
     <w:rsid w:val="00B63226"/>
     <w:rsid w:val="00B63461"/>
     <w:rsid w:val="00B6359F"/>
+    <w:rsid w:val="00B63889"/>
     <w:rsid w:val="00B64008"/>
     <w:rsid w:val="00B640F5"/>
     <w:rsid w:val="00B64628"/>
     <w:rsid w:val="00B64E40"/>
     <w:rsid w:val="00B66180"/>
     <w:rsid w:val="00B66186"/>
+    <w:rsid w:val="00B66241"/>
     <w:rsid w:val="00B664B2"/>
+    <w:rsid w:val="00B665FE"/>
     <w:rsid w:val="00B66906"/>
     <w:rsid w:val="00B674D0"/>
+    <w:rsid w:val="00B67C73"/>
     <w:rsid w:val="00B67F41"/>
     <w:rsid w:val="00B70AE5"/>
     <w:rsid w:val="00B70B1F"/>
     <w:rsid w:val="00B7191D"/>
     <w:rsid w:val="00B7217C"/>
     <w:rsid w:val="00B729F8"/>
+    <w:rsid w:val="00B72A1D"/>
+    <w:rsid w:val="00B72DF9"/>
+    <w:rsid w:val="00B7307C"/>
     <w:rsid w:val="00B735E3"/>
     <w:rsid w:val="00B73B15"/>
     <w:rsid w:val="00B73E77"/>
     <w:rsid w:val="00B74001"/>
     <w:rsid w:val="00B740F8"/>
     <w:rsid w:val="00B74381"/>
+    <w:rsid w:val="00B74B71"/>
     <w:rsid w:val="00B755A1"/>
+    <w:rsid w:val="00B7563D"/>
     <w:rsid w:val="00B756E7"/>
     <w:rsid w:val="00B75C51"/>
     <w:rsid w:val="00B75CEE"/>
     <w:rsid w:val="00B765FD"/>
     <w:rsid w:val="00B76CA0"/>
     <w:rsid w:val="00B774F7"/>
     <w:rsid w:val="00B7768E"/>
     <w:rsid w:val="00B80015"/>
     <w:rsid w:val="00B804F5"/>
     <w:rsid w:val="00B806EF"/>
     <w:rsid w:val="00B80771"/>
+    <w:rsid w:val="00B8154F"/>
+    <w:rsid w:val="00B81639"/>
     <w:rsid w:val="00B8169A"/>
     <w:rsid w:val="00B81BB0"/>
     <w:rsid w:val="00B81BD4"/>
     <w:rsid w:val="00B81E49"/>
+    <w:rsid w:val="00B81F20"/>
     <w:rsid w:val="00B824E3"/>
     <w:rsid w:val="00B826E6"/>
     <w:rsid w:val="00B8281E"/>
     <w:rsid w:val="00B82E6A"/>
     <w:rsid w:val="00B82E74"/>
     <w:rsid w:val="00B82F48"/>
     <w:rsid w:val="00B833E6"/>
     <w:rsid w:val="00B83C53"/>
     <w:rsid w:val="00B83C6F"/>
+    <w:rsid w:val="00B84098"/>
     <w:rsid w:val="00B840B6"/>
+    <w:rsid w:val="00B841B6"/>
+    <w:rsid w:val="00B843F6"/>
+    <w:rsid w:val="00B84EEC"/>
+    <w:rsid w:val="00B858F8"/>
     <w:rsid w:val="00B864AD"/>
     <w:rsid w:val="00B864F5"/>
     <w:rsid w:val="00B86584"/>
+    <w:rsid w:val="00B865C9"/>
     <w:rsid w:val="00B8666C"/>
     <w:rsid w:val="00B86769"/>
     <w:rsid w:val="00B86CF1"/>
     <w:rsid w:val="00B86DB1"/>
+    <w:rsid w:val="00B8706C"/>
     <w:rsid w:val="00B875FA"/>
     <w:rsid w:val="00B8771A"/>
     <w:rsid w:val="00B87F29"/>
     <w:rsid w:val="00B90317"/>
+    <w:rsid w:val="00B903DA"/>
     <w:rsid w:val="00B91E46"/>
     <w:rsid w:val="00B931E6"/>
     <w:rsid w:val="00B932FB"/>
     <w:rsid w:val="00B935C2"/>
     <w:rsid w:val="00B936C0"/>
+    <w:rsid w:val="00B937A6"/>
     <w:rsid w:val="00B93C34"/>
     <w:rsid w:val="00B93D53"/>
     <w:rsid w:val="00B946AB"/>
+    <w:rsid w:val="00B9481B"/>
+    <w:rsid w:val="00B94AF4"/>
+    <w:rsid w:val="00B951A6"/>
     <w:rsid w:val="00B95AE7"/>
     <w:rsid w:val="00B95B5F"/>
     <w:rsid w:val="00B95F4B"/>
     <w:rsid w:val="00B9606D"/>
     <w:rsid w:val="00B962D1"/>
     <w:rsid w:val="00B96842"/>
     <w:rsid w:val="00B969FA"/>
     <w:rsid w:val="00B96C09"/>
     <w:rsid w:val="00B96DD6"/>
     <w:rsid w:val="00B9709F"/>
     <w:rsid w:val="00B972A8"/>
     <w:rsid w:val="00BA026B"/>
     <w:rsid w:val="00BA033B"/>
     <w:rsid w:val="00BA0939"/>
     <w:rsid w:val="00BA0BA9"/>
     <w:rsid w:val="00BA0C44"/>
     <w:rsid w:val="00BA0EC7"/>
     <w:rsid w:val="00BA1309"/>
     <w:rsid w:val="00BA1534"/>
     <w:rsid w:val="00BA1617"/>
+    <w:rsid w:val="00BA1A03"/>
     <w:rsid w:val="00BA1A66"/>
     <w:rsid w:val="00BA1E61"/>
     <w:rsid w:val="00BA2ABF"/>
+    <w:rsid w:val="00BA2EF9"/>
     <w:rsid w:val="00BA30EC"/>
+    <w:rsid w:val="00BA354F"/>
     <w:rsid w:val="00BA3827"/>
     <w:rsid w:val="00BA3968"/>
     <w:rsid w:val="00BA3BC3"/>
     <w:rsid w:val="00BA4292"/>
     <w:rsid w:val="00BA478E"/>
     <w:rsid w:val="00BA4A44"/>
     <w:rsid w:val="00BA4A97"/>
     <w:rsid w:val="00BA4BD3"/>
     <w:rsid w:val="00BA4CA1"/>
     <w:rsid w:val="00BA4DEC"/>
     <w:rsid w:val="00BA4E79"/>
     <w:rsid w:val="00BA4FC4"/>
     <w:rsid w:val="00BA5CB2"/>
     <w:rsid w:val="00BA6D5F"/>
     <w:rsid w:val="00BA73BF"/>
     <w:rsid w:val="00BA7FC3"/>
+    <w:rsid w:val="00BB0097"/>
     <w:rsid w:val="00BB0457"/>
     <w:rsid w:val="00BB0BC0"/>
+    <w:rsid w:val="00BB0DE5"/>
     <w:rsid w:val="00BB1201"/>
     <w:rsid w:val="00BB1E91"/>
     <w:rsid w:val="00BB1FB4"/>
     <w:rsid w:val="00BB1FDC"/>
     <w:rsid w:val="00BB2083"/>
     <w:rsid w:val="00BB2168"/>
     <w:rsid w:val="00BB220C"/>
     <w:rsid w:val="00BB23BB"/>
     <w:rsid w:val="00BB26FB"/>
+    <w:rsid w:val="00BB272E"/>
+    <w:rsid w:val="00BB3017"/>
+    <w:rsid w:val="00BB3848"/>
+    <w:rsid w:val="00BB38C3"/>
     <w:rsid w:val="00BB3ADC"/>
     <w:rsid w:val="00BB4EBE"/>
+    <w:rsid w:val="00BB539A"/>
+    <w:rsid w:val="00BB5646"/>
+    <w:rsid w:val="00BB5695"/>
     <w:rsid w:val="00BB5D98"/>
     <w:rsid w:val="00BB6B1D"/>
     <w:rsid w:val="00BB6D60"/>
     <w:rsid w:val="00BB6DF7"/>
     <w:rsid w:val="00BB6E5D"/>
     <w:rsid w:val="00BB6F8C"/>
     <w:rsid w:val="00BB71BF"/>
     <w:rsid w:val="00BB7577"/>
     <w:rsid w:val="00BB7848"/>
     <w:rsid w:val="00BB7AB7"/>
     <w:rsid w:val="00BB7BE0"/>
     <w:rsid w:val="00BB7C5F"/>
+    <w:rsid w:val="00BC05C4"/>
     <w:rsid w:val="00BC0782"/>
+    <w:rsid w:val="00BC0B7E"/>
+    <w:rsid w:val="00BC0BA4"/>
     <w:rsid w:val="00BC1565"/>
+    <w:rsid w:val="00BC25B3"/>
     <w:rsid w:val="00BC26D2"/>
+    <w:rsid w:val="00BC27C3"/>
     <w:rsid w:val="00BC2C5A"/>
     <w:rsid w:val="00BC3019"/>
     <w:rsid w:val="00BC3082"/>
     <w:rsid w:val="00BC3182"/>
+    <w:rsid w:val="00BC3223"/>
     <w:rsid w:val="00BC36B0"/>
     <w:rsid w:val="00BC3BC2"/>
     <w:rsid w:val="00BC3C1E"/>
+    <w:rsid w:val="00BC4031"/>
     <w:rsid w:val="00BC466D"/>
     <w:rsid w:val="00BC47A6"/>
     <w:rsid w:val="00BC4EE0"/>
+    <w:rsid w:val="00BC5943"/>
     <w:rsid w:val="00BC5B88"/>
     <w:rsid w:val="00BC6422"/>
     <w:rsid w:val="00BC6988"/>
     <w:rsid w:val="00BC6AC7"/>
     <w:rsid w:val="00BC7022"/>
     <w:rsid w:val="00BC7606"/>
     <w:rsid w:val="00BC7A2E"/>
     <w:rsid w:val="00BD0EA4"/>
     <w:rsid w:val="00BD129C"/>
+    <w:rsid w:val="00BD1404"/>
     <w:rsid w:val="00BD15D3"/>
+    <w:rsid w:val="00BD1D62"/>
+    <w:rsid w:val="00BD2E9F"/>
     <w:rsid w:val="00BD2F1D"/>
+    <w:rsid w:val="00BD3760"/>
     <w:rsid w:val="00BD38B9"/>
     <w:rsid w:val="00BD38E5"/>
     <w:rsid w:val="00BD3E4B"/>
     <w:rsid w:val="00BD3EEF"/>
+    <w:rsid w:val="00BD45A7"/>
     <w:rsid w:val="00BD4671"/>
     <w:rsid w:val="00BD48AE"/>
     <w:rsid w:val="00BD50F6"/>
     <w:rsid w:val="00BD557B"/>
     <w:rsid w:val="00BD58E6"/>
     <w:rsid w:val="00BD58E7"/>
     <w:rsid w:val="00BD5934"/>
+    <w:rsid w:val="00BD59F1"/>
     <w:rsid w:val="00BD5D52"/>
     <w:rsid w:val="00BD60BB"/>
     <w:rsid w:val="00BD672A"/>
+    <w:rsid w:val="00BD6843"/>
     <w:rsid w:val="00BD6C00"/>
     <w:rsid w:val="00BD6EC3"/>
+    <w:rsid w:val="00BD73E8"/>
     <w:rsid w:val="00BD74A4"/>
     <w:rsid w:val="00BD76E5"/>
     <w:rsid w:val="00BD7A75"/>
     <w:rsid w:val="00BE0ACE"/>
     <w:rsid w:val="00BE0B33"/>
+    <w:rsid w:val="00BE0C82"/>
     <w:rsid w:val="00BE11C6"/>
     <w:rsid w:val="00BE135D"/>
     <w:rsid w:val="00BE18F6"/>
     <w:rsid w:val="00BE19C4"/>
     <w:rsid w:val="00BE20B4"/>
+    <w:rsid w:val="00BE2352"/>
+    <w:rsid w:val="00BE240C"/>
+    <w:rsid w:val="00BE29A3"/>
     <w:rsid w:val="00BE3369"/>
     <w:rsid w:val="00BE33DC"/>
     <w:rsid w:val="00BE39E1"/>
     <w:rsid w:val="00BE43C1"/>
     <w:rsid w:val="00BE4491"/>
     <w:rsid w:val="00BE4507"/>
     <w:rsid w:val="00BE469A"/>
     <w:rsid w:val="00BE4BF8"/>
     <w:rsid w:val="00BE4C29"/>
     <w:rsid w:val="00BE4D22"/>
     <w:rsid w:val="00BE4DD4"/>
     <w:rsid w:val="00BE5209"/>
+    <w:rsid w:val="00BE58C8"/>
     <w:rsid w:val="00BE5CCE"/>
     <w:rsid w:val="00BE6160"/>
     <w:rsid w:val="00BE6C41"/>
+    <w:rsid w:val="00BE6E54"/>
+    <w:rsid w:val="00BE7048"/>
+    <w:rsid w:val="00BF051B"/>
     <w:rsid w:val="00BF09C0"/>
+    <w:rsid w:val="00BF0DB3"/>
     <w:rsid w:val="00BF149C"/>
     <w:rsid w:val="00BF19D6"/>
+    <w:rsid w:val="00BF1AF1"/>
     <w:rsid w:val="00BF1BC2"/>
     <w:rsid w:val="00BF33EF"/>
     <w:rsid w:val="00BF4493"/>
     <w:rsid w:val="00BF475E"/>
+    <w:rsid w:val="00BF4AF7"/>
     <w:rsid w:val="00BF4DB3"/>
     <w:rsid w:val="00BF4EF0"/>
     <w:rsid w:val="00BF4F12"/>
     <w:rsid w:val="00BF4F62"/>
     <w:rsid w:val="00BF57AD"/>
     <w:rsid w:val="00BF593D"/>
     <w:rsid w:val="00BF5A89"/>
     <w:rsid w:val="00BF6678"/>
+    <w:rsid w:val="00BF68AB"/>
     <w:rsid w:val="00BF6D16"/>
     <w:rsid w:val="00BF6DF2"/>
     <w:rsid w:val="00BF6DF9"/>
     <w:rsid w:val="00BF774A"/>
     <w:rsid w:val="00BF7832"/>
     <w:rsid w:val="00C0025E"/>
+    <w:rsid w:val="00C00BA2"/>
+    <w:rsid w:val="00C00CFB"/>
     <w:rsid w:val="00C01162"/>
     <w:rsid w:val="00C011C7"/>
     <w:rsid w:val="00C01517"/>
     <w:rsid w:val="00C01FBD"/>
     <w:rsid w:val="00C02499"/>
     <w:rsid w:val="00C02A37"/>
     <w:rsid w:val="00C03944"/>
     <w:rsid w:val="00C03CDF"/>
     <w:rsid w:val="00C03E62"/>
+    <w:rsid w:val="00C04278"/>
     <w:rsid w:val="00C04CB5"/>
     <w:rsid w:val="00C04D2F"/>
+    <w:rsid w:val="00C05108"/>
     <w:rsid w:val="00C05BA7"/>
     <w:rsid w:val="00C0676C"/>
     <w:rsid w:val="00C06CC5"/>
     <w:rsid w:val="00C06EF7"/>
     <w:rsid w:val="00C07600"/>
     <w:rsid w:val="00C07817"/>
     <w:rsid w:val="00C07AEB"/>
     <w:rsid w:val="00C07B0A"/>
+    <w:rsid w:val="00C07B6E"/>
     <w:rsid w:val="00C07F9C"/>
     <w:rsid w:val="00C10A39"/>
+    <w:rsid w:val="00C10B87"/>
     <w:rsid w:val="00C11541"/>
     <w:rsid w:val="00C11C87"/>
     <w:rsid w:val="00C12328"/>
     <w:rsid w:val="00C12538"/>
+    <w:rsid w:val="00C128AF"/>
+    <w:rsid w:val="00C12935"/>
     <w:rsid w:val="00C12F3C"/>
+    <w:rsid w:val="00C1316C"/>
     <w:rsid w:val="00C13674"/>
     <w:rsid w:val="00C136BF"/>
     <w:rsid w:val="00C137D8"/>
     <w:rsid w:val="00C13C96"/>
     <w:rsid w:val="00C140D7"/>
+    <w:rsid w:val="00C1426C"/>
     <w:rsid w:val="00C1430E"/>
     <w:rsid w:val="00C14F3D"/>
     <w:rsid w:val="00C15000"/>
     <w:rsid w:val="00C152CC"/>
     <w:rsid w:val="00C15F2D"/>
     <w:rsid w:val="00C160EA"/>
     <w:rsid w:val="00C16439"/>
     <w:rsid w:val="00C169DA"/>
     <w:rsid w:val="00C16F90"/>
     <w:rsid w:val="00C17949"/>
     <w:rsid w:val="00C179AF"/>
+    <w:rsid w:val="00C17D3A"/>
     <w:rsid w:val="00C17DC6"/>
+    <w:rsid w:val="00C200D6"/>
+    <w:rsid w:val="00C2047E"/>
     <w:rsid w:val="00C205B9"/>
     <w:rsid w:val="00C20D4E"/>
     <w:rsid w:val="00C20FC4"/>
+    <w:rsid w:val="00C215FA"/>
     <w:rsid w:val="00C21A5B"/>
+    <w:rsid w:val="00C223C7"/>
     <w:rsid w:val="00C23328"/>
     <w:rsid w:val="00C23AF1"/>
     <w:rsid w:val="00C240C4"/>
     <w:rsid w:val="00C240CD"/>
     <w:rsid w:val="00C24489"/>
+    <w:rsid w:val="00C24900"/>
     <w:rsid w:val="00C24976"/>
     <w:rsid w:val="00C2503F"/>
     <w:rsid w:val="00C25204"/>
     <w:rsid w:val="00C2557F"/>
+    <w:rsid w:val="00C269B4"/>
     <w:rsid w:val="00C27401"/>
     <w:rsid w:val="00C27E57"/>
     <w:rsid w:val="00C27F66"/>
     <w:rsid w:val="00C30310"/>
+    <w:rsid w:val="00C304C2"/>
     <w:rsid w:val="00C30852"/>
     <w:rsid w:val="00C30BDF"/>
     <w:rsid w:val="00C3103F"/>
     <w:rsid w:val="00C31339"/>
     <w:rsid w:val="00C315E9"/>
     <w:rsid w:val="00C31D1C"/>
     <w:rsid w:val="00C31D56"/>
     <w:rsid w:val="00C327EE"/>
     <w:rsid w:val="00C32D85"/>
     <w:rsid w:val="00C3322A"/>
+    <w:rsid w:val="00C333A9"/>
     <w:rsid w:val="00C335E6"/>
     <w:rsid w:val="00C33D85"/>
     <w:rsid w:val="00C344AE"/>
     <w:rsid w:val="00C34506"/>
     <w:rsid w:val="00C34B15"/>
     <w:rsid w:val="00C35051"/>
     <w:rsid w:val="00C3614A"/>
     <w:rsid w:val="00C3656E"/>
     <w:rsid w:val="00C36915"/>
     <w:rsid w:val="00C37330"/>
     <w:rsid w:val="00C377F5"/>
     <w:rsid w:val="00C37CA4"/>
     <w:rsid w:val="00C37E02"/>
     <w:rsid w:val="00C40BFB"/>
     <w:rsid w:val="00C40E4A"/>
     <w:rsid w:val="00C40EBF"/>
     <w:rsid w:val="00C40FD7"/>
     <w:rsid w:val="00C41879"/>
     <w:rsid w:val="00C41B03"/>
     <w:rsid w:val="00C41E92"/>
     <w:rsid w:val="00C42A26"/>
     <w:rsid w:val="00C42B33"/>
     <w:rsid w:val="00C42C4B"/>
     <w:rsid w:val="00C42DF4"/>
     <w:rsid w:val="00C42EFA"/>
+    <w:rsid w:val="00C43007"/>
     <w:rsid w:val="00C43870"/>
     <w:rsid w:val="00C4415A"/>
     <w:rsid w:val="00C445F7"/>
     <w:rsid w:val="00C4514A"/>
+    <w:rsid w:val="00C4516A"/>
     <w:rsid w:val="00C45274"/>
     <w:rsid w:val="00C45719"/>
     <w:rsid w:val="00C45E69"/>
     <w:rsid w:val="00C46896"/>
     <w:rsid w:val="00C47C28"/>
     <w:rsid w:val="00C47D6E"/>
     <w:rsid w:val="00C505F4"/>
+    <w:rsid w:val="00C5138C"/>
     <w:rsid w:val="00C52986"/>
+    <w:rsid w:val="00C530E2"/>
     <w:rsid w:val="00C53510"/>
     <w:rsid w:val="00C54260"/>
     <w:rsid w:val="00C545AF"/>
     <w:rsid w:val="00C54D71"/>
+    <w:rsid w:val="00C54E35"/>
     <w:rsid w:val="00C562D3"/>
     <w:rsid w:val="00C56D93"/>
     <w:rsid w:val="00C57041"/>
+    <w:rsid w:val="00C60134"/>
     <w:rsid w:val="00C60930"/>
     <w:rsid w:val="00C60F7F"/>
     <w:rsid w:val="00C61048"/>
     <w:rsid w:val="00C611BD"/>
     <w:rsid w:val="00C618D7"/>
+    <w:rsid w:val="00C61A0D"/>
     <w:rsid w:val="00C61B6D"/>
     <w:rsid w:val="00C61DFE"/>
     <w:rsid w:val="00C62142"/>
     <w:rsid w:val="00C63F03"/>
     <w:rsid w:val="00C64694"/>
+    <w:rsid w:val="00C646BE"/>
     <w:rsid w:val="00C64900"/>
     <w:rsid w:val="00C65BC9"/>
     <w:rsid w:val="00C661E0"/>
     <w:rsid w:val="00C6736B"/>
     <w:rsid w:val="00C677AF"/>
     <w:rsid w:val="00C677EC"/>
     <w:rsid w:val="00C6782C"/>
     <w:rsid w:val="00C67A28"/>
     <w:rsid w:val="00C67B19"/>
     <w:rsid w:val="00C67D16"/>
+    <w:rsid w:val="00C67FE7"/>
     <w:rsid w:val="00C70918"/>
     <w:rsid w:val="00C71032"/>
+    <w:rsid w:val="00C7127D"/>
     <w:rsid w:val="00C7165F"/>
     <w:rsid w:val="00C71D8B"/>
     <w:rsid w:val="00C72054"/>
     <w:rsid w:val="00C721F8"/>
     <w:rsid w:val="00C72484"/>
     <w:rsid w:val="00C7379E"/>
     <w:rsid w:val="00C73802"/>
     <w:rsid w:val="00C73D37"/>
     <w:rsid w:val="00C73FDF"/>
     <w:rsid w:val="00C742FA"/>
     <w:rsid w:val="00C7546D"/>
+    <w:rsid w:val="00C7547A"/>
     <w:rsid w:val="00C7567B"/>
+    <w:rsid w:val="00C75EFE"/>
     <w:rsid w:val="00C7607F"/>
     <w:rsid w:val="00C7610C"/>
     <w:rsid w:val="00C76463"/>
     <w:rsid w:val="00C76582"/>
     <w:rsid w:val="00C76913"/>
     <w:rsid w:val="00C76A91"/>
     <w:rsid w:val="00C76ADB"/>
     <w:rsid w:val="00C76E12"/>
     <w:rsid w:val="00C76EF1"/>
+    <w:rsid w:val="00C771C8"/>
     <w:rsid w:val="00C773D6"/>
     <w:rsid w:val="00C773F2"/>
     <w:rsid w:val="00C77839"/>
     <w:rsid w:val="00C77977"/>
     <w:rsid w:val="00C779B9"/>
     <w:rsid w:val="00C77A7F"/>
     <w:rsid w:val="00C77BDD"/>
     <w:rsid w:val="00C803E9"/>
     <w:rsid w:val="00C8070D"/>
     <w:rsid w:val="00C80F27"/>
     <w:rsid w:val="00C8114E"/>
     <w:rsid w:val="00C8136F"/>
     <w:rsid w:val="00C815EA"/>
     <w:rsid w:val="00C81BDA"/>
     <w:rsid w:val="00C81F0D"/>
     <w:rsid w:val="00C82342"/>
     <w:rsid w:val="00C8234E"/>
+    <w:rsid w:val="00C82EF1"/>
     <w:rsid w:val="00C836FE"/>
+    <w:rsid w:val="00C8380B"/>
     <w:rsid w:val="00C83960"/>
     <w:rsid w:val="00C83E12"/>
     <w:rsid w:val="00C8425F"/>
     <w:rsid w:val="00C845AA"/>
     <w:rsid w:val="00C854D4"/>
     <w:rsid w:val="00C85CC5"/>
     <w:rsid w:val="00C861AD"/>
     <w:rsid w:val="00C866C4"/>
     <w:rsid w:val="00C86738"/>
     <w:rsid w:val="00C86901"/>
     <w:rsid w:val="00C86CC6"/>
     <w:rsid w:val="00C86CFC"/>
     <w:rsid w:val="00C86F34"/>
     <w:rsid w:val="00C873DB"/>
+    <w:rsid w:val="00C8775A"/>
     <w:rsid w:val="00C87760"/>
     <w:rsid w:val="00C87A6B"/>
     <w:rsid w:val="00C902A5"/>
     <w:rsid w:val="00C902F9"/>
     <w:rsid w:val="00C90490"/>
     <w:rsid w:val="00C904FD"/>
+    <w:rsid w:val="00C91578"/>
     <w:rsid w:val="00C91B81"/>
+    <w:rsid w:val="00C91F15"/>
     <w:rsid w:val="00C92A29"/>
     <w:rsid w:val="00C92E56"/>
     <w:rsid w:val="00C93094"/>
     <w:rsid w:val="00C94780"/>
     <w:rsid w:val="00C94EEB"/>
     <w:rsid w:val="00C94EFB"/>
+    <w:rsid w:val="00C95A0C"/>
     <w:rsid w:val="00C95A4D"/>
+    <w:rsid w:val="00C95DDB"/>
     <w:rsid w:val="00C95FBC"/>
     <w:rsid w:val="00C960AC"/>
     <w:rsid w:val="00C96315"/>
     <w:rsid w:val="00C96662"/>
     <w:rsid w:val="00C967D4"/>
     <w:rsid w:val="00C96AEE"/>
     <w:rsid w:val="00CA0161"/>
     <w:rsid w:val="00CA05B5"/>
     <w:rsid w:val="00CA06F6"/>
     <w:rsid w:val="00CA0FC4"/>
+    <w:rsid w:val="00CA2385"/>
+    <w:rsid w:val="00CA2B95"/>
     <w:rsid w:val="00CA2FD0"/>
     <w:rsid w:val="00CA303B"/>
+    <w:rsid w:val="00CA3BCA"/>
     <w:rsid w:val="00CA4094"/>
     <w:rsid w:val="00CA49C3"/>
     <w:rsid w:val="00CA5281"/>
     <w:rsid w:val="00CA5975"/>
     <w:rsid w:val="00CA661D"/>
+    <w:rsid w:val="00CA66D2"/>
     <w:rsid w:val="00CA6812"/>
     <w:rsid w:val="00CA6838"/>
     <w:rsid w:val="00CA6973"/>
     <w:rsid w:val="00CA7444"/>
     <w:rsid w:val="00CA761E"/>
+    <w:rsid w:val="00CA7B3F"/>
     <w:rsid w:val="00CA7D54"/>
     <w:rsid w:val="00CB0294"/>
     <w:rsid w:val="00CB0A4E"/>
+    <w:rsid w:val="00CB0BBA"/>
     <w:rsid w:val="00CB0CE8"/>
     <w:rsid w:val="00CB0EEE"/>
     <w:rsid w:val="00CB1AE1"/>
     <w:rsid w:val="00CB2CF0"/>
+    <w:rsid w:val="00CB2E88"/>
     <w:rsid w:val="00CB3035"/>
     <w:rsid w:val="00CB348A"/>
     <w:rsid w:val="00CB3497"/>
     <w:rsid w:val="00CB35A0"/>
     <w:rsid w:val="00CB3638"/>
     <w:rsid w:val="00CB373C"/>
     <w:rsid w:val="00CB3B0C"/>
     <w:rsid w:val="00CB3BA6"/>
+    <w:rsid w:val="00CB3D5D"/>
     <w:rsid w:val="00CB41EC"/>
+    <w:rsid w:val="00CB4B1E"/>
     <w:rsid w:val="00CB4E21"/>
     <w:rsid w:val="00CB552D"/>
     <w:rsid w:val="00CB5550"/>
     <w:rsid w:val="00CB59AE"/>
     <w:rsid w:val="00CB6196"/>
     <w:rsid w:val="00CB6573"/>
     <w:rsid w:val="00CB696F"/>
+    <w:rsid w:val="00CB6C8F"/>
+    <w:rsid w:val="00CB6D42"/>
     <w:rsid w:val="00CB75C6"/>
     <w:rsid w:val="00CB7B3D"/>
     <w:rsid w:val="00CB7F76"/>
     <w:rsid w:val="00CC0400"/>
+    <w:rsid w:val="00CC0758"/>
+    <w:rsid w:val="00CC080D"/>
     <w:rsid w:val="00CC09D8"/>
+    <w:rsid w:val="00CC0C2F"/>
     <w:rsid w:val="00CC1573"/>
     <w:rsid w:val="00CC2139"/>
     <w:rsid w:val="00CC221D"/>
     <w:rsid w:val="00CC2348"/>
     <w:rsid w:val="00CC2E63"/>
     <w:rsid w:val="00CC308C"/>
     <w:rsid w:val="00CC344B"/>
     <w:rsid w:val="00CC3FD2"/>
     <w:rsid w:val="00CC4410"/>
     <w:rsid w:val="00CC4BCE"/>
     <w:rsid w:val="00CC4E6A"/>
+    <w:rsid w:val="00CC51B8"/>
     <w:rsid w:val="00CC54B1"/>
+    <w:rsid w:val="00CC5978"/>
     <w:rsid w:val="00CC5B8B"/>
     <w:rsid w:val="00CC5C9A"/>
     <w:rsid w:val="00CC5CCE"/>
     <w:rsid w:val="00CC5FC0"/>
+    <w:rsid w:val="00CC6641"/>
     <w:rsid w:val="00CC66C6"/>
     <w:rsid w:val="00CC67A0"/>
     <w:rsid w:val="00CC68A6"/>
+    <w:rsid w:val="00CC6CE0"/>
     <w:rsid w:val="00CC7319"/>
+    <w:rsid w:val="00CD050D"/>
     <w:rsid w:val="00CD1915"/>
+    <w:rsid w:val="00CD1D00"/>
     <w:rsid w:val="00CD1F49"/>
     <w:rsid w:val="00CD2703"/>
     <w:rsid w:val="00CD2E3B"/>
     <w:rsid w:val="00CD2E44"/>
     <w:rsid w:val="00CD2E50"/>
     <w:rsid w:val="00CD3056"/>
     <w:rsid w:val="00CD3477"/>
     <w:rsid w:val="00CD3484"/>
     <w:rsid w:val="00CD4085"/>
     <w:rsid w:val="00CD4318"/>
     <w:rsid w:val="00CD44B9"/>
     <w:rsid w:val="00CD4F98"/>
     <w:rsid w:val="00CD5668"/>
     <w:rsid w:val="00CD567E"/>
     <w:rsid w:val="00CD5EAE"/>
+    <w:rsid w:val="00CD6A68"/>
     <w:rsid w:val="00CD6C43"/>
+    <w:rsid w:val="00CD71F9"/>
     <w:rsid w:val="00CD7839"/>
     <w:rsid w:val="00CD7D5C"/>
     <w:rsid w:val="00CE059B"/>
     <w:rsid w:val="00CE07E9"/>
     <w:rsid w:val="00CE08FA"/>
     <w:rsid w:val="00CE122C"/>
+    <w:rsid w:val="00CE169B"/>
     <w:rsid w:val="00CE1ACA"/>
     <w:rsid w:val="00CE1BB3"/>
     <w:rsid w:val="00CE21BA"/>
     <w:rsid w:val="00CE2D8C"/>
     <w:rsid w:val="00CE2F5E"/>
     <w:rsid w:val="00CE32DB"/>
+    <w:rsid w:val="00CE3E7E"/>
+    <w:rsid w:val="00CE481E"/>
     <w:rsid w:val="00CE48EC"/>
     <w:rsid w:val="00CE50F5"/>
     <w:rsid w:val="00CE515C"/>
     <w:rsid w:val="00CE53A6"/>
     <w:rsid w:val="00CE54DD"/>
     <w:rsid w:val="00CE568C"/>
     <w:rsid w:val="00CE5FE7"/>
     <w:rsid w:val="00CE632B"/>
+    <w:rsid w:val="00CE66E1"/>
     <w:rsid w:val="00CE6956"/>
     <w:rsid w:val="00CE6972"/>
     <w:rsid w:val="00CE6E77"/>
     <w:rsid w:val="00CE6E85"/>
     <w:rsid w:val="00CE6E94"/>
+    <w:rsid w:val="00CE7415"/>
     <w:rsid w:val="00CE7BDF"/>
+    <w:rsid w:val="00CF0092"/>
     <w:rsid w:val="00CF0D16"/>
     <w:rsid w:val="00CF0D88"/>
     <w:rsid w:val="00CF1078"/>
+    <w:rsid w:val="00CF19E1"/>
     <w:rsid w:val="00CF1BF4"/>
     <w:rsid w:val="00CF20D6"/>
     <w:rsid w:val="00CF23C3"/>
     <w:rsid w:val="00CF2B0E"/>
     <w:rsid w:val="00CF2B16"/>
     <w:rsid w:val="00CF3A0C"/>
     <w:rsid w:val="00CF3F9B"/>
     <w:rsid w:val="00CF46AE"/>
+    <w:rsid w:val="00CF4CEC"/>
     <w:rsid w:val="00CF4D2F"/>
     <w:rsid w:val="00CF4FDF"/>
     <w:rsid w:val="00CF54EC"/>
     <w:rsid w:val="00CF5B03"/>
+    <w:rsid w:val="00CF5C25"/>
     <w:rsid w:val="00CF677E"/>
     <w:rsid w:val="00CF6F0E"/>
+    <w:rsid w:val="00CF7104"/>
     <w:rsid w:val="00CF7483"/>
     <w:rsid w:val="00CF74BA"/>
+    <w:rsid w:val="00CF762A"/>
     <w:rsid w:val="00CF7C69"/>
+    <w:rsid w:val="00D009F9"/>
+    <w:rsid w:val="00D0135C"/>
     <w:rsid w:val="00D01439"/>
     <w:rsid w:val="00D0181D"/>
     <w:rsid w:val="00D01974"/>
     <w:rsid w:val="00D01B43"/>
     <w:rsid w:val="00D01E7F"/>
     <w:rsid w:val="00D0237B"/>
+    <w:rsid w:val="00D025EC"/>
     <w:rsid w:val="00D03B45"/>
     <w:rsid w:val="00D044CC"/>
     <w:rsid w:val="00D04751"/>
     <w:rsid w:val="00D04AB4"/>
     <w:rsid w:val="00D04D0E"/>
     <w:rsid w:val="00D04E2B"/>
     <w:rsid w:val="00D055A1"/>
     <w:rsid w:val="00D05871"/>
     <w:rsid w:val="00D05E7F"/>
     <w:rsid w:val="00D060B8"/>
+    <w:rsid w:val="00D06B18"/>
     <w:rsid w:val="00D06E26"/>
     <w:rsid w:val="00D07017"/>
     <w:rsid w:val="00D0709A"/>
+    <w:rsid w:val="00D0763A"/>
     <w:rsid w:val="00D07F52"/>
+    <w:rsid w:val="00D100B0"/>
     <w:rsid w:val="00D10124"/>
     <w:rsid w:val="00D1016B"/>
+    <w:rsid w:val="00D104AD"/>
+    <w:rsid w:val="00D10F4A"/>
     <w:rsid w:val="00D110D5"/>
+    <w:rsid w:val="00D11146"/>
     <w:rsid w:val="00D11AAA"/>
     <w:rsid w:val="00D1212F"/>
     <w:rsid w:val="00D1217B"/>
+    <w:rsid w:val="00D12291"/>
     <w:rsid w:val="00D13379"/>
+    <w:rsid w:val="00D13AAC"/>
+    <w:rsid w:val="00D1406E"/>
     <w:rsid w:val="00D14DE1"/>
     <w:rsid w:val="00D152A5"/>
     <w:rsid w:val="00D15C87"/>
+    <w:rsid w:val="00D16079"/>
     <w:rsid w:val="00D1612C"/>
     <w:rsid w:val="00D1626C"/>
     <w:rsid w:val="00D16956"/>
     <w:rsid w:val="00D16B40"/>
     <w:rsid w:val="00D16F0A"/>
     <w:rsid w:val="00D1705D"/>
     <w:rsid w:val="00D174EC"/>
     <w:rsid w:val="00D17560"/>
+    <w:rsid w:val="00D2024E"/>
     <w:rsid w:val="00D20B98"/>
     <w:rsid w:val="00D20BC5"/>
     <w:rsid w:val="00D21074"/>
     <w:rsid w:val="00D21A04"/>
     <w:rsid w:val="00D21FD8"/>
     <w:rsid w:val="00D22079"/>
+    <w:rsid w:val="00D227F0"/>
     <w:rsid w:val="00D22890"/>
     <w:rsid w:val="00D236E2"/>
+    <w:rsid w:val="00D24B06"/>
+    <w:rsid w:val="00D24D15"/>
     <w:rsid w:val="00D24DB4"/>
     <w:rsid w:val="00D250AD"/>
     <w:rsid w:val="00D251ED"/>
     <w:rsid w:val="00D2531A"/>
     <w:rsid w:val="00D2579D"/>
     <w:rsid w:val="00D25A3A"/>
     <w:rsid w:val="00D25E2C"/>
     <w:rsid w:val="00D25FCB"/>
     <w:rsid w:val="00D269FE"/>
     <w:rsid w:val="00D26D1C"/>
     <w:rsid w:val="00D26EBB"/>
     <w:rsid w:val="00D27076"/>
     <w:rsid w:val="00D27290"/>
     <w:rsid w:val="00D27C79"/>
     <w:rsid w:val="00D27C99"/>
     <w:rsid w:val="00D27CB3"/>
     <w:rsid w:val="00D3013E"/>
+    <w:rsid w:val="00D30532"/>
     <w:rsid w:val="00D3053B"/>
     <w:rsid w:val="00D30BE9"/>
+    <w:rsid w:val="00D3165B"/>
     <w:rsid w:val="00D31ED4"/>
     <w:rsid w:val="00D325DF"/>
     <w:rsid w:val="00D3293C"/>
     <w:rsid w:val="00D32C5E"/>
     <w:rsid w:val="00D33317"/>
     <w:rsid w:val="00D337F0"/>
     <w:rsid w:val="00D33DCD"/>
     <w:rsid w:val="00D33E37"/>
     <w:rsid w:val="00D3403A"/>
     <w:rsid w:val="00D34079"/>
     <w:rsid w:val="00D341B3"/>
     <w:rsid w:val="00D343B7"/>
     <w:rsid w:val="00D34C49"/>
     <w:rsid w:val="00D34E96"/>
     <w:rsid w:val="00D35445"/>
     <w:rsid w:val="00D35666"/>
     <w:rsid w:val="00D356AA"/>
     <w:rsid w:val="00D356CC"/>
     <w:rsid w:val="00D35B8E"/>
     <w:rsid w:val="00D35CAF"/>
     <w:rsid w:val="00D35D6E"/>
+    <w:rsid w:val="00D35F4D"/>
     <w:rsid w:val="00D36944"/>
+    <w:rsid w:val="00D36E13"/>
     <w:rsid w:val="00D37497"/>
     <w:rsid w:val="00D3750C"/>
     <w:rsid w:val="00D376E8"/>
     <w:rsid w:val="00D3791F"/>
+    <w:rsid w:val="00D37A32"/>
     <w:rsid w:val="00D37A4E"/>
     <w:rsid w:val="00D37D9D"/>
     <w:rsid w:val="00D37E78"/>
+    <w:rsid w:val="00D402D7"/>
+    <w:rsid w:val="00D40EC2"/>
     <w:rsid w:val="00D4102B"/>
     <w:rsid w:val="00D41C0B"/>
+    <w:rsid w:val="00D4230A"/>
     <w:rsid w:val="00D428CC"/>
     <w:rsid w:val="00D42D51"/>
     <w:rsid w:val="00D42E81"/>
+    <w:rsid w:val="00D433B8"/>
     <w:rsid w:val="00D439D7"/>
     <w:rsid w:val="00D439D9"/>
     <w:rsid w:val="00D44A48"/>
     <w:rsid w:val="00D44CB2"/>
     <w:rsid w:val="00D45322"/>
     <w:rsid w:val="00D45447"/>
     <w:rsid w:val="00D45617"/>
     <w:rsid w:val="00D45705"/>
     <w:rsid w:val="00D459C4"/>
     <w:rsid w:val="00D45C58"/>
     <w:rsid w:val="00D460DA"/>
     <w:rsid w:val="00D4613E"/>
     <w:rsid w:val="00D464A2"/>
     <w:rsid w:val="00D47350"/>
     <w:rsid w:val="00D479B1"/>
     <w:rsid w:val="00D47F4C"/>
     <w:rsid w:val="00D5022E"/>
+    <w:rsid w:val="00D5047B"/>
+    <w:rsid w:val="00D50803"/>
     <w:rsid w:val="00D513A3"/>
     <w:rsid w:val="00D51460"/>
     <w:rsid w:val="00D51486"/>
     <w:rsid w:val="00D51856"/>
     <w:rsid w:val="00D51C64"/>
     <w:rsid w:val="00D530A9"/>
     <w:rsid w:val="00D53EF0"/>
     <w:rsid w:val="00D53FB7"/>
     <w:rsid w:val="00D54080"/>
     <w:rsid w:val="00D5535E"/>
     <w:rsid w:val="00D55607"/>
     <w:rsid w:val="00D5643D"/>
     <w:rsid w:val="00D56C3E"/>
     <w:rsid w:val="00D56D10"/>
     <w:rsid w:val="00D571EF"/>
     <w:rsid w:val="00D57327"/>
+    <w:rsid w:val="00D5737B"/>
     <w:rsid w:val="00D5757A"/>
     <w:rsid w:val="00D57BE2"/>
     <w:rsid w:val="00D60367"/>
     <w:rsid w:val="00D60392"/>
     <w:rsid w:val="00D60E93"/>
     <w:rsid w:val="00D610BC"/>
     <w:rsid w:val="00D61295"/>
     <w:rsid w:val="00D617EC"/>
     <w:rsid w:val="00D619C9"/>
     <w:rsid w:val="00D61D23"/>
     <w:rsid w:val="00D623A5"/>
     <w:rsid w:val="00D62C98"/>
     <w:rsid w:val="00D62E7C"/>
     <w:rsid w:val="00D630EF"/>
+    <w:rsid w:val="00D63798"/>
     <w:rsid w:val="00D6380E"/>
+    <w:rsid w:val="00D6384A"/>
+    <w:rsid w:val="00D638AE"/>
     <w:rsid w:val="00D6394B"/>
+    <w:rsid w:val="00D63AD0"/>
     <w:rsid w:val="00D63FA7"/>
     <w:rsid w:val="00D64107"/>
     <w:rsid w:val="00D64474"/>
     <w:rsid w:val="00D64516"/>
     <w:rsid w:val="00D648F5"/>
     <w:rsid w:val="00D649E6"/>
+    <w:rsid w:val="00D64CCB"/>
     <w:rsid w:val="00D6505A"/>
     <w:rsid w:val="00D6534E"/>
     <w:rsid w:val="00D6589A"/>
+    <w:rsid w:val="00D667C2"/>
     <w:rsid w:val="00D66B6B"/>
     <w:rsid w:val="00D66C15"/>
+    <w:rsid w:val="00D66E2B"/>
     <w:rsid w:val="00D673E1"/>
     <w:rsid w:val="00D676DA"/>
     <w:rsid w:val="00D7006D"/>
     <w:rsid w:val="00D70212"/>
+    <w:rsid w:val="00D70238"/>
     <w:rsid w:val="00D7066E"/>
     <w:rsid w:val="00D70703"/>
     <w:rsid w:val="00D70DBD"/>
     <w:rsid w:val="00D70F66"/>
     <w:rsid w:val="00D722BD"/>
     <w:rsid w:val="00D725A6"/>
     <w:rsid w:val="00D72CAD"/>
     <w:rsid w:val="00D735F6"/>
     <w:rsid w:val="00D737F9"/>
     <w:rsid w:val="00D73869"/>
     <w:rsid w:val="00D7394F"/>
+    <w:rsid w:val="00D73AF6"/>
     <w:rsid w:val="00D73E56"/>
     <w:rsid w:val="00D7459D"/>
+    <w:rsid w:val="00D74843"/>
     <w:rsid w:val="00D749CA"/>
     <w:rsid w:val="00D74A4E"/>
+    <w:rsid w:val="00D74D88"/>
     <w:rsid w:val="00D750C6"/>
     <w:rsid w:val="00D752A8"/>
     <w:rsid w:val="00D7542F"/>
     <w:rsid w:val="00D75535"/>
     <w:rsid w:val="00D75673"/>
     <w:rsid w:val="00D7604A"/>
     <w:rsid w:val="00D76E1F"/>
     <w:rsid w:val="00D76F2E"/>
+    <w:rsid w:val="00D77621"/>
     <w:rsid w:val="00D77C49"/>
     <w:rsid w:val="00D77EA0"/>
+    <w:rsid w:val="00D77F90"/>
     <w:rsid w:val="00D80113"/>
     <w:rsid w:val="00D803B1"/>
     <w:rsid w:val="00D804FF"/>
+    <w:rsid w:val="00D807FB"/>
     <w:rsid w:val="00D80AB1"/>
     <w:rsid w:val="00D80ADD"/>
     <w:rsid w:val="00D81111"/>
     <w:rsid w:val="00D81192"/>
     <w:rsid w:val="00D81370"/>
     <w:rsid w:val="00D8153C"/>
     <w:rsid w:val="00D8175D"/>
     <w:rsid w:val="00D83434"/>
     <w:rsid w:val="00D846B4"/>
     <w:rsid w:val="00D851B8"/>
     <w:rsid w:val="00D85568"/>
     <w:rsid w:val="00D855FB"/>
     <w:rsid w:val="00D85624"/>
     <w:rsid w:val="00D8597C"/>
     <w:rsid w:val="00D85DE6"/>
     <w:rsid w:val="00D85FC0"/>
+    <w:rsid w:val="00D862E3"/>
+    <w:rsid w:val="00D866CE"/>
+    <w:rsid w:val="00D86ED9"/>
+    <w:rsid w:val="00D86F91"/>
+    <w:rsid w:val="00D87D39"/>
+    <w:rsid w:val="00D90ABA"/>
     <w:rsid w:val="00D91114"/>
     <w:rsid w:val="00D91A36"/>
     <w:rsid w:val="00D91FAB"/>
     <w:rsid w:val="00D9200D"/>
     <w:rsid w:val="00D92D71"/>
     <w:rsid w:val="00D92DE4"/>
     <w:rsid w:val="00D92E04"/>
     <w:rsid w:val="00D9327B"/>
     <w:rsid w:val="00D934B2"/>
     <w:rsid w:val="00D935B4"/>
     <w:rsid w:val="00D935C7"/>
     <w:rsid w:val="00D93658"/>
     <w:rsid w:val="00D939E5"/>
     <w:rsid w:val="00D940E0"/>
     <w:rsid w:val="00D94823"/>
     <w:rsid w:val="00D95295"/>
     <w:rsid w:val="00D95D15"/>
+    <w:rsid w:val="00D96FAE"/>
     <w:rsid w:val="00D9713F"/>
     <w:rsid w:val="00D9729A"/>
+    <w:rsid w:val="00D972DC"/>
     <w:rsid w:val="00D9746A"/>
     <w:rsid w:val="00D97506"/>
     <w:rsid w:val="00D976D1"/>
+    <w:rsid w:val="00DA03B5"/>
     <w:rsid w:val="00DA04E2"/>
     <w:rsid w:val="00DA0995"/>
     <w:rsid w:val="00DA0E48"/>
+    <w:rsid w:val="00DA1003"/>
+    <w:rsid w:val="00DA1328"/>
     <w:rsid w:val="00DA1A20"/>
     <w:rsid w:val="00DA2AF4"/>
     <w:rsid w:val="00DA2B1E"/>
     <w:rsid w:val="00DA31FB"/>
     <w:rsid w:val="00DA3390"/>
     <w:rsid w:val="00DA34F7"/>
     <w:rsid w:val="00DA36F4"/>
     <w:rsid w:val="00DA3B1C"/>
     <w:rsid w:val="00DA46C7"/>
+    <w:rsid w:val="00DA46ED"/>
     <w:rsid w:val="00DA5C9C"/>
     <w:rsid w:val="00DA5F8E"/>
     <w:rsid w:val="00DA61CD"/>
+    <w:rsid w:val="00DA6F86"/>
     <w:rsid w:val="00DB139C"/>
+    <w:rsid w:val="00DB13A1"/>
     <w:rsid w:val="00DB1D56"/>
     <w:rsid w:val="00DB24D8"/>
     <w:rsid w:val="00DB398E"/>
     <w:rsid w:val="00DB515B"/>
     <w:rsid w:val="00DB51EB"/>
     <w:rsid w:val="00DB55C3"/>
+    <w:rsid w:val="00DB5BB9"/>
     <w:rsid w:val="00DB6010"/>
     <w:rsid w:val="00DB61A8"/>
     <w:rsid w:val="00DB6281"/>
     <w:rsid w:val="00DB64D9"/>
     <w:rsid w:val="00DB69FE"/>
     <w:rsid w:val="00DB6DAF"/>
+    <w:rsid w:val="00DB7084"/>
     <w:rsid w:val="00DB720A"/>
+    <w:rsid w:val="00DB7313"/>
+    <w:rsid w:val="00DB73A0"/>
     <w:rsid w:val="00DB7ACD"/>
     <w:rsid w:val="00DC0384"/>
+    <w:rsid w:val="00DC0DB2"/>
     <w:rsid w:val="00DC179B"/>
     <w:rsid w:val="00DC1EB1"/>
+    <w:rsid w:val="00DC1F92"/>
     <w:rsid w:val="00DC23DF"/>
     <w:rsid w:val="00DC2566"/>
     <w:rsid w:val="00DC2B58"/>
     <w:rsid w:val="00DC2BE6"/>
     <w:rsid w:val="00DC31EB"/>
     <w:rsid w:val="00DC3F35"/>
     <w:rsid w:val="00DC41A7"/>
+    <w:rsid w:val="00DC43BA"/>
     <w:rsid w:val="00DC45AC"/>
     <w:rsid w:val="00DC526A"/>
     <w:rsid w:val="00DC592A"/>
     <w:rsid w:val="00DC5ED5"/>
     <w:rsid w:val="00DC611B"/>
+    <w:rsid w:val="00DC6555"/>
     <w:rsid w:val="00DC6B87"/>
     <w:rsid w:val="00DC6FB5"/>
     <w:rsid w:val="00DC72DA"/>
     <w:rsid w:val="00DC74CD"/>
     <w:rsid w:val="00DC7CEA"/>
     <w:rsid w:val="00DC7D23"/>
+    <w:rsid w:val="00DD003A"/>
     <w:rsid w:val="00DD0679"/>
     <w:rsid w:val="00DD0953"/>
     <w:rsid w:val="00DD118B"/>
     <w:rsid w:val="00DD123F"/>
+    <w:rsid w:val="00DD12D5"/>
     <w:rsid w:val="00DD1A26"/>
     <w:rsid w:val="00DD1D8E"/>
+    <w:rsid w:val="00DD2526"/>
     <w:rsid w:val="00DD2815"/>
     <w:rsid w:val="00DD2D1F"/>
     <w:rsid w:val="00DD2E37"/>
+    <w:rsid w:val="00DD31D2"/>
     <w:rsid w:val="00DD3A2B"/>
     <w:rsid w:val="00DD3AC9"/>
     <w:rsid w:val="00DD3F67"/>
     <w:rsid w:val="00DD3F99"/>
     <w:rsid w:val="00DD4839"/>
     <w:rsid w:val="00DD6705"/>
+    <w:rsid w:val="00DD72BA"/>
     <w:rsid w:val="00DD7308"/>
+    <w:rsid w:val="00DD7359"/>
     <w:rsid w:val="00DD7DC8"/>
     <w:rsid w:val="00DD7E8F"/>
     <w:rsid w:val="00DE021B"/>
+    <w:rsid w:val="00DE0390"/>
     <w:rsid w:val="00DE0ABD"/>
     <w:rsid w:val="00DE0EBD"/>
     <w:rsid w:val="00DE1159"/>
     <w:rsid w:val="00DE1185"/>
     <w:rsid w:val="00DE13FF"/>
     <w:rsid w:val="00DE164B"/>
+    <w:rsid w:val="00DE1CB1"/>
     <w:rsid w:val="00DE1FFF"/>
+    <w:rsid w:val="00DE20B9"/>
+    <w:rsid w:val="00DE2617"/>
     <w:rsid w:val="00DE2BA6"/>
+    <w:rsid w:val="00DE31F3"/>
     <w:rsid w:val="00DE362F"/>
     <w:rsid w:val="00DE369A"/>
     <w:rsid w:val="00DE39CB"/>
+    <w:rsid w:val="00DE3ADD"/>
     <w:rsid w:val="00DE3E60"/>
     <w:rsid w:val="00DE477D"/>
     <w:rsid w:val="00DE4C89"/>
     <w:rsid w:val="00DE5037"/>
     <w:rsid w:val="00DE5212"/>
     <w:rsid w:val="00DE5816"/>
     <w:rsid w:val="00DE58B5"/>
     <w:rsid w:val="00DE59A6"/>
     <w:rsid w:val="00DE5A10"/>
     <w:rsid w:val="00DE5A8F"/>
+    <w:rsid w:val="00DE5C79"/>
     <w:rsid w:val="00DE5E06"/>
+    <w:rsid w:val="00DE6A9A"/>
     <w:rsid w:val="00DE6BF8"/>
     <w:rsid w:val="00DE6F26"/>
     <w:rsid w:val="00DE71E8"/>
     <w:rsid w:val="00DE78B0"/>
+    <w:rsid w:val="00DE7DD2"/>
+    <w:rsid w:val="00DF16E6"/>
     <w:rsid w:val="00DF172A"/>
     <w:rsid w:val="00DF17A0"/>
     <w:rsid w:val="00DF1A2E"/>
     <w:rsid w:val="00DF1C0B"/>
     <w:rsid w:val="00DF1DE3"/>
     <w:rsid w:val="00DF2642"/>
+    <w:rsid w:val="00DF2A82"/>
     <w:rsid w:val="00DF3106"/>
+    <w:rsid w:val="00DF3437"/>
     <w:rsid w:val="00DF3DC8"/>
     <w:rsid w:val="00DF4C03"/>
     <w:rsid w:val="00DF4C69"/>
     <w:rsid w:val="00DF4E9E"/>
     <w:rsid w:val="00DF5774"/>
     <w:rsid w:val="00DF5C19"/>
     <w:rsid w:val="00DF5C40"/>
+    <w:rsid w:val="00DF5DF4"/>
     <w:rsid w:val="00DF6002"/>
     <w:rsid w:val="00DF6184"/>
     <w:rsid w:val="00DF6550"/>
     <w:rsid w:val="00DF7338"/>
     <w:rsid w:val="00DF749F"/>
     <w:rsid w:val="00DF7D9A"/>
     <w:rsid w:val="00DF7EC8"/>
     <w:rsid w:val="00E0037E"/>
+    <w:rsid w:val="00E00B23"/>
     <w:rsid w:val="00E016CB"/>
     <w:rsid w:val="00E019F3"/>
     <w:rsid w:val="00E01AAF"/>
+    <w:rsid w:val="00E01BEF"/>
     <w:rsid w:val="00E01D1B"/>
     <w:rsid w:val="00E01D89"/>
+    <w:rsid w:val="00E02194"/>
     <w:rsid w:val="00E02440"/>
     <w:rsid w:val="00E025B8"/>
     <w:rsid w:val="00E02AB6"/>
     <w:rsid w:val="00E02E6F"/>
+    <w:rsid w:val="00E03669"/>
     <w:rsid w:val="00E03A5E"/>
     <w:rsid w:val="00E03DA1"/>
     <w:rsid w:val="00E04854"/>
     <w:rsid w:val="00E04A3F"/>
     <w:rsid w:val="00E04A4F"/>
+    <w:rsid w:val="00E051C0"/>
     <w:rsid w:val="00E057A2"/>
     <w:rsid w:val="00E05976"/>
+    <w:rsid w:val="00E05C1F"/>
+    <w:rsid w:val="00E05F88"/>
     <w:rsid w:val="00E06354"/>
     <w:rsid w:val="00E0679D"/>
     <w:rsid w:val="00E067B4"/>
     <w:rsid w:val="00E06AD7"/>
+    <w:rsid w:val="00E06EAF"/>
     <w:rsid w:val="00E07308"/>
     <w:rsid w:val="00E07424"/>
     <w:rsid w:val="00E074AE"/>
     <w:rsid w:val="00E077FC"/>
+    <w:rsid w:val="00E07994"/>
     <w:rsid w:val="00E07D7D"/>
     <w:rsid w:val="00E10801"/>
+    <w:rsid w:val="00E10854"/>
     <w:rsid w:val="00E110AF"/>
     <w:rsid w:val="00E117C7"/>
     <w:rsid w:val="00E119B8"/>
     <w:rsid w:val="00E11CE2"/>
     <w:rsid w:val="00E11E58"/>
+    <w:rsid w:val="00E121DD"/>
+    <w:rsid w:val="00E12381"/>
+    <w:rsid w:val="00E127C5"/>
+    <w:rsid w:val="00E12936"/>
     <w:rsid w:val="00E12A12"/>
     <w:rsid w:val="00E14270"/>
     <w:rsid w:val="00E14E06"/>
     <w:rsid w:val="00E151A2"/>
     <w:rsid w:val="00E15485"/>
     <w:rsid w:val="00E157AC"/>
     <w:rsid w:val="00E15BF8"/>
     <w:rsid w:val="00E16809"/>
     <w:rsid w:val="00E16AA4"/>
     <w:rsid w:val="00E17D66"/>
     <w:rsid w:val="00E17ECA"/>
     <w:rsid w:val="00E17EE8"/>
     <w:rsid w:val="00E200E3"/>
     <w:rsid w:val="00E20245"/>
     <w:rsid w:val="00E20392"/>
+    <w:rsid w:val="00E206FC"/>
     <w:rsid w:val="00E20FB4"/>
     <w:rsid w:val="00E21398"/>
     <w:rsid w:val="00E21870"/>
     <w:rsid w:val="00E23247"/>
     <w:rsid w:val="00E23A49"/>
     <w:rsid w:val="00E23CD0"/>
     <w:rsid w:val="00E2412D"/>
     <w:rsid w:val="00E2413D"/>
     <w:rsid w:val="00E2417B"/>
     <w:rsid w:val="00E2419A"/>
     <w:rsid w:val="00E244E4"/>
+    <w:rsid w:val="00E2451B"/>
+    <w:rsid w:val="00E247DB"/>
     <w:rsid w:val="00E2584A"/>
     <w:rsid w:val="00E258CA"/>
     <w:rsid w:val="00E25BA9"/>
     <w:rsid w:val="00E26113"/>
     <w:rsid w:val="00E262BE"/>
+    <w:rsid w:val="00E264D8"/>
     <w:rsid w:val="00E26867"/>
     <w:rsid w:val="00E26A89"/>
     <w:rsid w:val="00E26CB0"/>
     <w:rsid w:val="00E26DA5"/>
     <w:rsid w:val="00E26DF8"/>
     <w:rsid w:val="00E270DD"/>
     <w:rsid w:val="00E27474"/>
+    <w:rsid w:val="00E27569"/>
     <w:rsid w:val="00E2760E"/>
     <w:rsid w:val="00E30D56"/>
     <w:rsid w:val="00E31352"/>
     <w:rsid w:val="00E3158B"/>
     <w:rsid w:val="00E315CD"/>
     <w:rsid w:val="00E316FE"/>
     <w:rsid w:val="00E31B3D"/>
     <w:rsid w:val="00E322B5"/>
+    <w:rsid w:val="00E336F2"/>
+    <w:rsid w:val="00E33796"/>
     <w:rsid w:val="00E33A4A"/>
     <w:rsid w:val="00E33AA1"/>
     <w:rsid w:val="00E33B87"/>
     <w:rsid w:val="00E34641"/>
     <w:rsid w:val="00E3468D"/>
     <w:rsid w:val="00E34F79"/>
     <w:rsid w:val="00E350CA"/>
     <w:rsid w:val="00E357F4"/>
     <w:rsid w:val="00E3679E"/>
     <w:rsid w:val="00E36B2C"/>
     <w:rsid w:val="00E36B61"/>
     <w:rsid w:val="00E36E26"/>
+    <w:rsid w:val="00E37456"/>
     <w:rsid w:val="00E378A2"/>
     <w:rsid w:val="00E40933"/>
     <w:rsid w:val="00E40C8C"/>
     <w:rsid w:val="00E40FFA"/>
+    <w:rsid w:val="00E41246"/>
     <w:rsid w:val="00E412DE"/>
+    <w:rsid w:val="00E419B7"/>
+    <w:rsid w:val="00E41AD6"/>
+    <w:rsid w:val="00E42778"/>
     <w:rsid w:val="00E42866"/>
     <w:rsid w:val="00E43030"/>
     <w:rsid w:val="00E438F7"/>
     <w:rsid w:val="00E44985"/>
     <w:rsid w:val="00E459E9"/>
+    <w:rsid w:val="00E45BBE"/>
+    <w:rsid w:val="00E46379"/>
     <w:rsid w:val="00E46621"/>
     <w:rsid w:val="00E46861"/>
+    <w:rsid w:val="00E46C2F"/>
     <w:rsid w:val="00E46C59"/>
     <w:rsid w:val="00E46CB2"/>
     <w:rsid w:val="00E472BD"/>
     <w:rsid w:val="00E472E5"/>
     <w:rsid w:val="00E47D4B"/>
     <w:rsid w:val="00E507EF"/>
     <w:rsid w:val="00E50836"/>
     <w:rsid w:val="00E5105F"/>
+    <w:rsid w:val="00E5109B"/>
     <w:rsid w:val="00E511D4"/>
     <w:rsid w:val="00E518EC"/>
     <w:rsid w:val="00E51AE3"/>
+    <w:rsid w:val="00E51BD1"/>
     <w:rsid w:val="00E51E44"/>
     <w:rsid w:val="00E52717"/>
     <w:rsid w:val="00E5288C"/>
     <w:rsid w:val="00E52A90"/>
     <w:rsid w:val="00E52D9B"/>
     <w:rsid w:val="00E52F94"/>
     <w:rsid w:val="00E53374"/>
     <w:rsid w:val="00E5371C"/>
     <w:rsid w:val="00E5397F"/>
     <w:rsid w:val="00E539A8"/>
     <w:rsid w:val="00E53DE5"/>
     <w:rsid w:val="00E53F3C"/>
+    <w:rsid w:val="00E541A0"/>
     <w:rsid w:val="00E541FD"/>
     <w:rsid w:val="00E5427B"/>
     <w:rsid w:val="00E54311"/>
     <w:rsid w:val="00E5470E"/>
     <w:rsid w:val="00E5478F"/>
     <w:rsid w:val="00E54B82"/>
     <w:rsid w:val="00E5592B"/>
     <w:rsid w:val="00E56180"/>
     <w:rsid w:val="00E57AD5"/>
     <w:rsid w:val="00E57B48"/>
     <w:rsid w:val="00E57C34"/>
     <w:rsid w:val="00E601FF"/>
     <w:rsid w:val="00E60766"/>
     <w:rsid w:val="00E60954"/>
+    <w:rsid w:val="00E609AC"/>
     <w:rsid w:val="00E60ABD"/>
     <w:rsid w:val="00E60E30"/>
     <w:rsid w:val="00E616C8"/>
     <w:rsid w:val="00E61753"/>
     <w:rsid w:val="00E61AC8"/>
     <w:rsid w:val="00E61F6F"/>
+    <w:rsid w:val="00E622B5"/>
     <w:rsid w:val="00E627BA"/>
     <w:rsid w:val="00E62A90"/>
     <w:rsid w:val="00E62B94"/>
+    <w:rsid w:val="00E631F5"/>
+    <w:rsid w:val="00E634C5"/>
     <w:rsid w:val="00E6357F"/>
+    <w:rsid w:val="00E63991"/>
     <w:rsid w:val="00E64536"/>
     <w:rsid w:val="00E6566E"/>
     <w:rsid w:val="00E6596E"/>
+    <w:rsid w:val="00E65A7D"/>
     <w:rsid w:val="00E6607B"/>
     <w:rsid w:val="00E663A1"/>
     <w:rsid w:val="00E6671C"/>
     <w:rsid w:val="00E66952"/>
+    <w:rsid w:val="00E66B7E"/>
     <w:rsid w:val="00E67AC1"/>
     <w:rsid w:val="00E70CD1"/>
+    <w:rsid w:val="00E70CE1"/>
     <w:rsid w:val="00E717E9"/>
     <w:rsid w:val="00E71AF6"/>
     <w:rsid w:val="00E729B5"/>
     <w:rsid w:val="00E72C5B"/>
     <w:rsid w:val="00E73142"/>
     <w:rsid w:val="00E7342D"/>
     <w:rsid w:val="00E73816"/>
     <w:rsid w:val="00E73AFF"/>
     <w:rsid w:val="00E73B1B"/>
+    <w:rsid w:val="00E73B35"/>
     <w:rsid w:val="00E73C9F"/>
     <w:rsid w:val="00E73FDD"/>
     <w:rsid w:val="00E74442"/>
     <w:rsid w:val="00E7479D"/>
     <w:rsid w:val="00E74DD7"/>
     <w:rsid w:val="00E75744"/>
     <w:rsid w:val="00E75BF7"/>
     <w:rsid w:val="00E75C55"/>
     <w:rsid w:val="00E75D4E"/>
     <w:rsid w:val="00E75E67"/>
     <w:rsid w:val="00E7605F"/>
+    <w:rsid w:val="00E76846"/>
     <w:rsid w:val="00E77279"/>
     <w:rsid w:val="00E773CD"/>
     <w:rsid w:val="00E77985"/>
+    <w:rsid w:val="00E802C8"/>
     <w:rsid w:val="00E80525"/>
     <w:rsid w:val="00E810C7"/>
     <w:rsid w:val="00E81658"/>
+    <w:rsid w:val="00E81746"/>
+    <w:rsid w:val="00E8180C"/>
+    <w:rsid w:val="00E81DB2"/>
     <w:rsid w:val="00E81F7E"/>
+    <w:rsid w:val="00E81F88"/>
     <w:rsid w:val="00E82745"/>
     <w:rsid w:val="00E82AFE"/>
     <w:rsid w:val="00E82C24"/>
     <w:rsid w:val="00E82CBC"/>
     <w:rsid w:val="00E82D08"/>
     <w:rsid w:val="00E83235"/>
     <w:rsid w:val="00E83988"/>
     <w:rsid w:val="00E840B5"/>
     <w:rsid w:val="00E8478E"/>
+    <w:rsid w:val="00E84834"/>
     <w:rsid w:val="00E8484F"/>
     <w:rsid w:val="00E84A1F"/>
     <w:rsid w:val="00E84C0B"/>
+    <w:rsid w:val="00E8534D"/>
+    <w:rsid w:val="00E8548E"/>
     <w:rsid w:val="00E85B71"/>
     <w:rsid w:val="00E8607B"/>
     <w:rsid w:val="00E8644F"/>
+    <w:rsid w:val="00E86559"/>
     <w:rsid w:val="00E86583"/>
+    <w:rsid w:val="00E86B53"/>
     <w:rsid w:val="00E86BC8"/>
     <w:rsid w:val="00E86C6F"/>
+    <w:rsid w:val="00E87432"/>
     <w:rsid w:val="00E9017E"/>
+    <w:rsid w:val="00E90729"/>
     <w:rsid w:val="00E90AA1"/>
     <w:rsid w:val="00E915EB"/>
+    <w:rsid w:val="00E9163A"/>
     <w:rsid w:val="00E91908"/>
     <w:rsid w:val="00E923A2"/>
     <w:rsid w:val="00E92438"/>
     <w:rsid w:val="00E93876"/>
     <w:rsid w:val="00E943FC"/>
     <w:rsid w:val="00E949D2"/>
     <w:rsid w:val="00E95538"/>
     <w:rsid w:val="00E96666"/>
     <w:rsid w:val="00E96BF5"/>
     <w:rsid w:val="00E96D74"/>
     <w:rsid w:val="00E96F69"/>
+    <w:rsid w:val="00E97358"/>
     <w:rsid w:val="00E978C1"/>
     <w:rsid w:val="00E97C6C"/>
     <w:rsid w:val="00E97D8B"/>
     <w:rsid w:val="00EA08EE"/>
     <w:rsid w:val="00EA0A28"/>
     <w:rsid w:val="00EA150C"/>
     <w:rsid w:val="00EA1558"/>
     <w:rsid w:val="00EA18F4"/>
     <w:rsid w:val="00EA1D05"/>
     <w:rsid w:val="00EA23AB"/>
     <w:rsid w:val="00EA26D2"/>
+    <w:rsid w:val="00EA2E05"/>
     <w:rsid w:val="00EA4A07"/>
     <w:rsid w:val="00EA4A38"/>
+    <w:rsid w:val="00EA4DE1"/>
     <w:rsid w:val="00EA52FF"/>
     <w:rsid w:val="00EA58F5"/>
     <w:rsid w:val="00EA5E34"/>
+    <w:rsid w:val="00EA5E88"/>
     <w:rsid w:val="00EA6C44"/>
     <w:rsid w:val="00EA6F50"/>
     <w:rsid w:val="00EA7034"/>
     <w:rsid w:val="00EA73ED"/>
     <w:rsid w:val="00EA76F7"/>
     <w:rsid w:val="00EA7EF3"/>
     <w:rsid w:val="00EB02D1"/>
+    <w:rsid w:val="00EB0420"/>
     <w:rsid w:val="00EB06F7"/>
     <w:rsid w:val="00EB0904"/>
+    <w:rsid w:val="00EB09C6"/>
     <w:rsid w:val="00EB0AF9"/>
     <w:rsid w:val="00EB1573"/>
     <w:rsid w:val="00EB1A2F"/>
+    <w:rsid w:val="00EB2267"/>
     <w:rsid w:val="00EB25B9"/>
+    <w:rsid w:val="00EB2D86"/>
+    <w:rsid w:val="00EB3006"/>
+    <w:rsid w:val="00EB3120"/>
     <w:rsid w:val="00EB39A1"/>
     <w:rsid w:val="00EB3F08"/>
     <w:rsid w:val="00EB4366"/>
     <w:rsid w:val="00EB5323"/>
     <w:rsid w:val="00EB572F"/>
     <w:rsid w:val="00EB61B5"/>
     <w:rsid w:val="00EB6382"/>
     <w:rsid w:val="00EB694D"/>
     <w:rsid w:val="00EB6DF3"/>
+    <w:rsid w:val="00EB6DFB"/>
     <w:rsid w:val="00EB6E02"/>
     <w:rsid w:val="00EB7219"/>
+    <w:rsid w:val="00EB7A56"/>
     <w:rsid w:val="00EC008C"/>
     <w:rsid w:val="00EC017D"/>
+    <w:rsid w:val="00EC069D"/>
     <w:rsid w:val="00EC06C8"/>
+    <w:rsid w:val="00EC0848"/>
     <w:rsid w:val="00EC0955"/>
     <w:rsid w:val="00EC0B84"/>
     <w:rsid w:val="00EC1109"/>
     <w:rsid w:val="00EC1242"/>
     <w:rsid w:val="00EC1610"/>
     <w:rsid w:val="00EC1937"/>
     <w:rsid w:val="00EC1CB4"/>
     <w:rsid w:val="00EC1EE3"/>
+    <w:rsid w:val="00EC1F38"/>
     <w:rsid w:val="00EC2021"/>
     <w:rsid w:val="00EC2716"/>
     <w:rsid w:val="00EC29E9"/>
     <w:rsid w:val="00EC2C6A"/>
     <w:rsid w:val="00EC2FC4"/>
     <w:rsid w:val="00EC3227"/>
     <w:rsid w:val="00EC3503"/>
     <w:rsid w:val="00EC3513"/>
     <w:rsid w:val="00EC3B10"/>
     <w:rsid w:val="00EC3BED"/>
     <w:rsid w:val="00EC4C19"/>
     <w:rsid w:val="00EC59C0"/>
     <w:rsid w:val="00EC5DF2"/>
     <w:rsid w:val="00EC6349"/>
     <w:rsid w:val="00EC69EF"/>
     <w:rsid w:val="00EC7751"/>
+    <w:rsid w:val="00EC77C0"/>
+    <w:rsid w:val="00EC77FD"/>
     <w:rsid w:val="00EC7F7D"/>
     <w:rsid w:val="00ED0733"/>
     <w:rsid w:val="00ED13F2"/>
     <w:rsid w:val="00ED14A7"/>
     <w:rsid w:val="00ED171C"/>
     <w:rsid w:val="00ED1C4D"/>
     <w:rsid w:val="00ED1E6D"/>
+    <w:rsid w:val="00ED2453"/>
     <w:rsid w:val="00ED274B"/>
     <w:rsid w:val="00ED2CEF"/>
+    <w:rsid w:val="00ED2D22"/>
+    <w:rsid w:val="00ED2D50"/>
     <w:rsid w:val="00ED2D73"/>
     <w:rsid w:val="00ED300B"/>
     <w:rsid w:val="00ED38D8"/>
     <w:rsid w:val="00ED3D8C"/>
     <w:rsid w:val="00ED471C"/>
     <w:rsid w:val="00ED49EA"/>
+    <w:rsid w:val="00ED4C34"/>
     <w:rsid w:val="00ED50FA"/>
     <w:rsid w:val="00ED589E"/>
     <w:rsid w:val="00ED58CE"/>
     <w:rsid w:val="00ED5DAD"/>
     <w:rsid w:val="00ED5DD7"/>
     <w:rsid w:val="00ED5E97"/>
     <w:rsid w:val="00ED6C51"/>
     <w:rsid w:val="00ED706E"/>
     <w:rsid w:val="00EE002D"/>
     <w:rsid w:val="00EE022F"/>
+    <w:rsid w:val="00EE04CE"/>
     <w:rsid w:val="00EE0EF1"/>
     <w:rsid w:val="00EE15A2"/>
     <w:rsid w:val="00EE3370"/>
     <w:rsid w:val="00EE3B53"/>
     <w:rsid w:val="00EE3C0F"/>
+    <w:rsid w:val="00EE3CCB"/>
     <w:rsid w:val="00EE4028"/>
     <w:rsid w:val="00EE4175"/>
+    <w:rsid w:val="00EE4323"/>
     <w:rsid w:val="00EE44B7"/>
+    <w:rsid w:val="00EE4718"/>
     <w:rsid w:val="00EE48D0"/>
     <w:rsid w:val="00EE501F"/>
     <w:rsid w:val="00EE5194"/>
     <w:rsid w:val="00EE573B"/>
     <w:rsid w:val="00EE60F0"/>
     <w:rsid w:val="00EE6308"/>
+    <w:rsid w:val="00EE6480"/>
     <w:rsid w:val="00EE6711"/>
+    <w:rsid w:val="00EE694B"/>
     <w:rsid w:val="00EE6CDB"/>
     <w:rsid w:val="00EE6EC4"/>
+    <w:rsid w:val="00EE71B8"/>
+    <w:rsid w:val="00EE7E98"/>
     <w:rsid w:val="00EF03B5"/>
     <w:rsid w:val="00EF0583"/>
     <w:rsid w:val="00EF080C"/>
     <w:rsid w:val="00EF0D47"/>
     <w:rsid w:val="00EF1151"/>
     <w:rsid w:val="00EF1163"/>
     <w:rsid w:val="00EF12FC"/>
     <w:rsid w:val="00EF1895"/>
     <w:rsid w:val="00EF33F1"/>
     <w:rsid w:val="00EF3AB6"/>
     <w:rsid w:val="00EF3B86"/>
     <w:rsid w:val="00EF3DFE"/>
     <w:rsid w:val="00EF3EC3"/>
     <w:rsid w:val="00EF4072"/>
     <w:rsid w:val="00EF42C6"/>
     <w:rsid w:val="00EF434F"/>
     <w:rsid w:val="00EF4586"/>
     <w:rsid w:val="00EF45E9"/>
     <w:rsid w:val="00EF47C4"/>
     <w:rsid w:val="00EF4A99"/>
     <w:rsid w:val="00EF50BD"/>
     <w:rsid w:val="00EF5193"/>
     <w:rsid w:val="00EF55B1"/>
     <w:rsid w:val="00EF57BB"/>
     <w:rsid w:val="00EF5A06"/>
     <w:rsid w:val="00EF6449"/>
+    <w:rsid w:val="00EF64E2"/>
     <w:rsid w:val="00EF6521"/>
     <w:rsid w:val="00EF6D5C"/>
     <w:rsid w:val="00EF6F70"/>
     <w:rsid w:val="00EF710B"/>
     <w:rsid w:val="00EF7772"/>
+    <w:rsid w:val="00EF7966"/>
+    <w:rsid w:val="00EF7ADC"/>
     <w:rsid w:val="00EF7E78"/>
     <w:rsid w:val="00F006A9"/>
     <w:rsid w:val="00F0099D"/>
     <w:rsid w:val="00F009FD"/>
     <w:rsid w:val="00F00F49"/>
     <w:rsid w:val="00F01088"/>
     <w:rsid w:val="00F01432"/>
     <w:rsid w:val="00F0167C"/>
     <w:rsid w:val="00F0174C"/>
     <w:rsid w:val="00F01D39"/>
     <w:rsid w:val="00F01DC1"/>
     <w:rsid w:val="00F01F3D"/>
+    <w:rsid w:val="00F024B8"/>
     <w:rsid w:val="00F02570"/>
     <w:rsid w:val="00F02B9B"/>
     <w:rsid w:val="00F0302A"/>
     <w:rsid w:val="00F03045"/>
     <w:rsid w:val="00F035E9"/>
     <w:rsid w:val="00F03A67"/>
     <w:rsid w:val="00F04D51"/>
     <w:rsid w:val="00F05407"/>
     <w:rsid w:val="00F05665"/>
     <w:rsid w:val="00F05D96"/>
     <w:rsid w:val="00F063AF"/>
+    <w:rsid w:val="00F064F2"/>
     <w:rsid w:val="00F066BD"/>
     <w:rsid w:val="00F069ED"/>
     <w:rsid w:val="00F06A47"/>
     <w:rsid w:val="00F07ACF"/>
     <w:rsid w:val="00F07BF5"/>
     <w:rsid w:val="00F07F1F"/>
     <w:rsid w:val="00F1056D"/>
     <w:rsid w:val="00F1150B"/>
     <w:rsid w:val="00F11981"/>
     <w:rsid w:val="00F1210C"/>
     <w:rsid w:val="00F1238C"/>
     <w:rsid w:val="00F124FD"/>
     <w:rsid w:val="00F1291B"/>
     <w:rsid w:val="00F13515"/>
     <w:rsid w:val="00F13B44"/>
     <w:rsid w:val="00F13E63"/>
     <w:rsid w:val="00F144DF"/>
+    <w:rsid w:val="00F149F8"/>
     <w:rsid w:val="00F14E02"/>
     <w:rsid w:val="00F14EAA"/>
     <w:rsid w:val="00F1574C"/>
     <w:rsid w:val="00F161B4"/>
     <w:rsid w:val="00F16526"/>
+    <w:rsid w:val="00F1667A"/>
     <w:rsid w:val="00F1673E"/>
     <w:rsid w:val="00F167E7"/>
+    <w:rsid w:val="00F16BC6"/>
     <w:rsid w:val="00F16C54"/>
     <w:rsid w:val="00F17AF4"/>
+    <w:rsid w:val="00F20675"/>
+    <w:rsid w:val="00F20A60"/>
     <w:rsid w:val="00F21450"/>
     <w:rsid w:val="00F21D3B"/>
     <w:rsid w:val="00F21EEA"/>
     <w:rsid w:val="00F223F1"/>
     <w:rsid w:val="00F225CD"/>
     <w:rsid w:val="00F232FD"/>
     <w:rsid w:val="00F23474"/>
     <w:rsid w:val="00F2354F"/>
     <w:rsid w:val="00F23584"/>
+    <w:rsid w:val="00F247D4"/>
     <w:rsid w:val="00F247D5"/>
     <w:rsid w:val="00F24D92"/>
     <w:rsid w:val="00F25DB2"/>
     <w:rsid w:val="00F27580"/>
+    <w:rsid w:val="00F27A0D"/>
     <w:rsid w:val="00F30455"/>
+    <w:rsid w:val="00F3054C"/>
+    <w:rsid w:val="00F31A3A"/>
     <w:rsid w:val="00F31BF0"/>
     <w:rsid w:val="00F32095"/>
     <w:rsid w:val="00F32484"/>
     <w:rsid w:val="00F32655"/>
     <w:rsid w:val="00F32CDD"/>
     <w:rsid w:val="00F32DBD"/>
     <w:rsid w:val="00F339C6"/>
     <w:rsid w:val="00F339D1"/>
     <w:rsid w:val="00F340F3"/>
     <w:rsid w:val="00F34641"/>
     <w:rsid w:val="00F346A9"/>
     <w:rsid w:val="00F348A3"/>
     <w:rsid w:val="00F34DDB"/>
     <w:rsid w:val="00F35093"/>
     <w:rsid w:val="00F3520F"/>
     <w:rsid w:val="00F359C3"/>
     <w:rsid w:val="00F371AF"/>
+    <w:rsid w:val="00F3792E"/>
+    <w:rsid w:val="00F402B2"/>
     <w:rsid w:val="00F40679"/>
     <w:rsid w:val="00F40A3B"/>
     <w:rsid w:val="00F40CA3"/>
+    <w:rsid w:val="00F40E83"/>
     <w:rsid w:val="00F40F47"/>
     <w:rsid w:val="00F41189"/>
     <w:rsid w:val="00F415C1"/>
     <w:rsid w:val="00F4253B"/>
     <w:rsid w:val="00F42596"/>
     <w:rsid w:val="00F428D3"/>
     <w:rsid w:val="00F428DE"/>
     <w:rsid w:val="00F438AC"/>
     <w:rsid w:val="00F4391A"/>
     <w:rsid w:val="00F43BC0"/>
     <w:rsid w:val="00F43F79"/>
     <w:rsid w:val="00F44071"/>
     <w:rsid w:val="00F4467A"/>
     <w:rsid w:val="00F446A6"/>
     <w:rsid w:val="00F4473A"/>
     <w:rsid w:val="00F44743"/>
     <w:rsid w:val="00F44BAA"/>
+    <w:rsid w:val="00F453BA"/>
     <w:rsid w:val="00F457A3"/>
     <w:rsid w:val="00F4588D"/>
+    <w:rsid w:val="00F458BD"/>
     <w:rsid w:val="00F45C9E"/>
     <w:rsid w:val="00F45F3F"/>
     <w:rsid w:val="00F45FB8"/>
     <w:rsid w:val="00F46197"/>
     <w:rsid w:val="00F476B0"/>
+    <w:rsid w:val="00F47D5C"/>
     <w:rsid w:val="00F5017C"/>
     <w:rsid w:val="00F504D9"/>
     <w:rsid w:val="00F50B74"/>
+    <w:rsid w:val="00F51792"/>
+    <w:rsid w:val="00F5267B"/>
     <w:rsid w:val="00F53719"/>
     <w:rsid w:val="00F53B37"/>
     <w:rsid w:val="00F53DA7"/>
     <w:rsid w:val="00F54055"/>
     <w:rsid w:val="00F540DA"/>
     <w:rsid w:val="00F543AB"/>
     <w:rsid w:val="00F54C0A"/>
     <w:rsid w:val="00F54C8A"/>
     <w:rsid w:val="00F55123"/>
     <w:rsid w:val="00F556B0"/>
     <w:rsid w:val="00F56315"/>
     <w:rsid w:val="00F56619"/>
     <w:rsid w:val="00F56C37"/>
     <w:rsid w:val="00F57032"/>
     <w:rsid w:val="00F57A61"/>
     <w:rsid w:val="00F600E1"/>
     <w:rsid w:val="00F6019E"/>
     <w:rsid w:val="00F6030B"/>
+    <w:rsid w:val="00F61097"/>
     <w:rsid w:val="00F61C6C"/>
     <w:rsid w:val="00F625F5"/>
     <w:rsid w:val="00F6293C"/>
     <w:rsid w:val="00F62E3A"/>
     <w:rsid w:val="00F62F61"/>
     <w:rsid w:val="00F63713"/>
     <w:rsid w:val="00F63EBD"/>
     <w:rsid w:val="00F64070"/>
     <w:rsid w:val="00F6440B"/>
     <w:rsid w:val="00F648DA"/>
     <w:rsid w:val="00F65028"/>
+    <w:rsid w:val="00F652B1"/>
     <w:rsid w:val="00F655FA"/>
+    <w:rsid w:val="00F6573C"/>
+    <w:rsid w:val="00F65968"/>
     <w:rsid w:val="00F65ED3"/>
     <w:rsid w:val="00F66C5D"/>
     <w:rsid w:val="00F66CCE"/>
+    <w:rsid w:val="00F66FAC"/>
     <w:rsid w:val="00F671AA"/>
     <w:rsid w:val="00F67477"/>
     <w:rsid w:val="00F67679"/>
     <w:rsid w:val="00F67901"/>
     <w:rsid w:val="00F679D3"/>
     <w:rsid w:val="00F67B3E"/>
     <w:rsid w:val="00F67BFF"/>
     <w:rsid w:val="00F7041D"/>
+    <w:rsid w:val="00F70A34"/>
     <w:rsid w:val="00F711E1"/>
     <w:rsid w:val="00F71588"/>
     <w:rsid w:val="00F71666"/>
     <w:rsid w:val="00F71921"/>
     <w:rsid w:val="00F71C58"/>
+    <w:rsid w:val="00F72222"/>
+    <w:rsid w:val="00F72422"/>
+    <w:rsid w:val="00F72436"/>
+    <w:rsid w:val="00F7247F"/>
     <w:rsid w:val="00F72527"/>
     <w:rsid w:val="00F72B58"/>
+    <w:rsid w:val="00F72BAF"/>
     <w:rsid w:val="00F730FE"/>
     <w:rsid w:val="00F73251"/>
     <w:rsid w:val="00F738FC"/>
     <w:rsid w:val="00F741FF"/>
     <w:rsid w:val="00F75038"/>
     <w:rsid w:val="00F75324"/>
     <w:rsid w:val="00F754B2"/>
     <w:rsid w:val="00F754E2"/>
     <w:rsid w:val="00F75662"/>
     <w:rsid w:val="00F7619E"/>
     <w:rsid w:val="00F76955"/>
     <w:rsid w:val="00F76D36"/>
+    <w:rsid w:val="00F772BB"/>
+    <w:rsid w:val="00F77826"/>
     <w:rsid w:val="00F8013C"/>
     <w:rsid w:val="00F804EF"/>
     <w:rsid w:val="00F805B4"/>
     <w:rsid w:val="00F806E6"/>
     <w:rsid w:val="00F80BA5"/>
     <w:rsid w:val="00F80CFA"/>
     <w:rsid w:val="00F8140B"/>
     <w:rsid w:val="00F819E1"/>
     <w:rsid w:val="00F81D7E"/>
     <w:rsid w:val="00F81DE7"/>
     <w:rsid w:val="00F81EEC"/>
+    <w:rsid w:val="00F82601"/>
     <w:rsid w:val="00F82828"/>
     <w:rsid w:val="00F83B63"/>
+    <w:rsid w:val="00F83C6A"/>
     <w:rsid w:val="00F83D5E"/>
     <w:rsid w:val="00F8417A"/>
     <w:rsid w:val="00F8459A"/>
     <w:rsid w:val="00F84C84"/>
     <w:rsid w:val="00F85A23"/>
+    <w:rsid w:val="00F85FF7"/>
     <w:rsid w:val="00F866C0"/>
     <w:rsid w:val="00F86703"/>
     <w:rsid w:val="00F868DE"/>
     <w:rsid w:val="00F86BCA"/>
+    <w:rsid w:val="00F872E5"/>
     <w:rsid w:val="00F8779C"/>
     <w:rsid w:val="00F87CCB"/>
     <w:rsid w:val="00F87F67"/>
     <w:rsid w:val="00F91602"/>
     <w:rsid w:val="00F918D6"/>
     <w:rsid w:val="00F91DE9"/>
+    <w:rsid w:val="00F91F9E"/>
     <w:rsid w:val="00F93028"/>
     <w:rsid w:val="00F930A4"/>
     <w:rsid w:val="00F93F46"/>
     <w:rsid w:val="00F9488C"/>
+    <w:rsid w:val="00F949EA"/>
     <w:rsid w:val="00F94A8C"/>
     <w:rsid w:val="00F9591B"/>
     <w:rsid w:val="00F95CD6"/>
     <w:rsid w:val="00F961C8"/>
     <w:rsid w:val="00F964A9"/>
     <w:rsid w:val="00F96B85"/>
     <w:rsid w:val="00F96DD3"/>
+    <w:rsid w:val="00F97300"/>
     <w:rsid w:val="00F97617"/>
     <w:rsid w:val="00F97840"/>
     <w:rsid w:val="00F97C82"/>
+    <w:rsid w:val="00F97F08"/>
     <w:rsid w:val="00FA01EE"/>
     <w:rsid w:val="00FA0419"/>
     <w:rsid w:val="00FA052F"/>
     <w:rsid w:val="00FA0FB4"/>
     <w:rsid w:val="00FA1184"/>
+    <w:rsid w:val="00FA1610"/>
     <w:rsid w:val="00FA177E"/>
+    <w:rsid w:val="00FA1EF3"/>
     <w:rsid w:val="00FA21BF"/>
     <w:rsid w:val="00FA21ED"/>
     <w:rsid w:val="00FA293A"/>
     <w:rsid w:val="00FA2A1A"/>
     <w:rsid w:val="00FA2B11"/>
     <w:rsid w:val="00FA2D7E"/>
     <w:rsid w:val="00FA2DF3"/>
     <w:rsid w:val="00FA2E60"/>
     <w:rsid w:val="00FA385A"/>
+    <w:rsid w:val="00FA4031"/>
     <w:rsid w:val="00FA48B5"/>
+    <w:rsid w:val="00FA4E39"/>
     <w:rsid w:val="00FA5569"/>
     <w:rsid w:val="00FA59B7"/>
+    <w:rsid w:val="00FA5B16"/>
     <w:rsid w:val="00FA63B0"/>
     <w:rsid w:val="00FA650D"/>
     <w:rsid w:val="00FA693B"/>
     <w:rsid w:val="00FA7083"/>
     <w:rsid w:val="00FA7196"/>
     <w:rsid w:val="00FA722A"/>
     <w:rsid w:val="00FA76A8"/>
     <w:rsid w:val="00FA76CC"/>
     <w:rsid w:val="00FA77A2"/>
     <w:rsid w:val="00FA7962"/>
     <w:rsid w:val="00FA7FF7"/>
     <w:rsid w:val="00FB05F8"/>
     <w:rsid w:val="00FB09F4"/>
     <w:rsid w:val="00FB0A33"/>
+    <w:rsid w:val="00FB0A4F"/>
     <w:rsid w:val="00FB13B3"/>
     <w:rsid w:val="00FB1501"/>
+    <w:rsid w:val="00FB1B73"/>
     <w:rsid w:val="00FB22EE"/>
     <w:rsid w:val="00FB24ED"/>
     <w:rsid w:val="00FB25FE"/>
+    <w:rsid w:val="00FB2759"/>
     <w:rsid w:val="00FB2A8F"/>
     <w:rsid w:val="00FB2C0B"/>
     <w:rsid w:val="00FB2C6C"/>
     <w:rsid w:val="00FB331B"/>
     <w:rsid w:val="00FB3549"/>
     <w:rsid w:val="00FB3B4F"/>
+    <w:rsid w:val="00FB425C"/>
+    <w:rsid w:val="00FB43C8"/>
     <w:rsid w:val="00FB45CC"/>
     <w:rsid w:val="00FB4DC8"/>
     <w:rsid w:val="00FB5084"/>
     <w:rsid w:val="00FB52E9"/>
+    <w:rsid w:val="00FB586A"/>
     <w:rsid w:val="00FB6187"/>
+    <w:rsid w:val="00FB6557"/>
     <w:rsid w:val="00FB6755"/>
+    <w:rsid w:val="00FB686D"/>
     <w:rsid w:val="00FB68AF"/>
     <w:rsid w:val="00FB6B6D"/>
     <w:rsid w:val="00FB6EF3"/>
     <w:rsid w:val="00FB6FA8"/>
     <w:rsid w:val="00FB7485"/>
     <w:rsid w:val="00FB7E25"/>
     <w:rsid w:val="00FB7E44"/>
     <w:rsid w:val="00FC0712"/>
     <w:rsid w:val="00FC0A8A"/>
     <w:rsid w:val="00FC0FC3"/>
     <w:rsid w:val="00FC12C8"/>
     <w:rsid w:val="00FC132E"/>
     <w:rsid w:val="00FC1C10"/>
     <w:rsid w:val="00FC241C"/>
     <w:rsid w:val="00FC259F"/>
     <w:rsid w:val="00FC25AB"/>
+    <w:rsid w:val="00FC27A6"/>
     <w:rsid w:val="00FC2EA1"/>
     <w:rsid w:val="00FC322F"/>
     <w:rsid w:val="00FC36F7"/>
+    <w:rsid w:val="00FC3993"/>
     <w:rsid w:val="00FC3B1E"/>
     <w:rsid w:val="00FC3E14"/>
     <w:rsid w:val="00FC4080"/>
+    <w:rsid w:val="00FC58DD"/>
     <w:rsid w:val="00FC6634"/>
     <w:rsid w:val="00FC6A96"/>
+    <w:rsid w:val="00FC6D7F"/>
+    <w:rsid w:val="00FC7B58"/>
+    <w:rsid w:val="00FC7B67"/>
     <w:rsid w:val="00FC7FCE"/>
     <w:rsid w:val="00FD06F3"/>
     <w:rsid w:val="00FD0B3D"/>
     <w:rsid w:val="00FD0F05"/>
+    <w:rsid w:val="00FD1987"/>
+    <w:rsid w:val="00FD1C8A"/>
     <w:rsid w:val="00FD1EDD"/>
     <w:rsid w:val="00FD200D"/>
     <w:rsid w:val="00FD2350"/>
     <w:rsid w:val="00FD305D"/>
     <w:rsid w:val="00FD312F"/>
     <w:rsid w:val="00FD3BBF"/>
     <w:rsid w:val="00FD3FC2"/>
+    <w:rsid w:val="00FD4D28"/>
+    <w:rsid w:val="00FD4D43"/>
     <w:rsid w:val="00FD5744"/>
     <w:rsid w:val="00FD5BCE"/>
     <w:rsid w:val="00FD5D61"/>
     <w:rsid w:val="00FD5E07"/>
     <w:rsid w:val="00FD60A4"/>
     <w:rsid w:val="00FD685A"/>
     <w:rsid w:val="00FD6E54"/>
     <w:rsid w:val="00FD77E6"/>
     <w:rsid w:val="00FD7B1D"/>
     <w:rsid w:val="00FE0554"/>
     <w:rsid w:val="00FE1192"/>
     <w:rsid w:val="00FE1D25"/>
     <w:rsid w:val="00FE21BA"/>
     <w:rsid w:val="00FE2521"/>
+    <w:rsid w:val="00FE2883"/>
     <w:rsid w:val="00FE2C4D"/>
     <w:rsid w:val="00FE2E5D"/>
     <w:rsid w:val="00FE2FA6"/>
     <w:rsid w:val="00FE36E9"/>
     <w:rsid w:val="00FE382A"/>
     <w:rsid w:val="00FE3842"/>
     <w:rsid w:val="00FE3B2B"/>
+    <w:rsid w:val="00FE401A"/>
     <w:rsid w:val="00FE42F3"/>
     <w:rsid w:val="00FE464A"/>
     <w:rsid w:val="00FE47DB"/>
     <w:rsid w:val="00FE4A10"/>
     <w:rsid w:val="00FE4BD1"/>
+    <w:rsid w:val="00FE4F2F"/>
     <w:rsid w:val="00FE5214"/>
     <w:rsid w:val="00FE52C8"/>
+    <w:rsid w:val="00FE5827"/>
     <w:rsid w:val="00FE5C0F"/>
     <w:rsid w:val="00FE5D10"/>
     <w:rsid w:val="00FE6C37"/>
     <w:rsid w:val="00FE6DFF"/>
     <w:rsid w:val="00FE6F57"/>
     <w:rsid w:val="00FE717B"/>
+    <w:rsid w:val="00FE71F0"/>
     <w:rsid w:val="00FE726D"/>
     <w:rsid w:val="00FE7357"/>
+    <w:rsid w:val="00FE796A"/>
     <w:rsid w:val="00FE7BC7"/>
     <w:rsid w:val="00FF0E1B"/>
     <w:rsid w:val="00FF1413"/>
+    <w:rsid w:val="00FF1A61"/>
+    <w:rsid w:val="00FF2895"/>
     <w:rsid w:val="00FF2AC1"/>
+    <w:rsid w:val="00FF31B2"/>
     <w:rsid w:val="00FF33C7"/>
     <w:rsid w:val="00FF35AC"/>
     <w:rsid w:val="00FF36F8"/>
     <w:rsid w:val="00FF3859"/>
     <w:rsid w:val="00FF39FB"/>
     <w:rsid w:val="00FF48C8"/>
     <w:rsid w:val="00FF4ADE"/>
     <w:rsid w:val="00FF50D3"/>
     <w:rsid w:val="00FF51D4"/>
     <w:rsid w:val="00FF52CE"/>
     <w:rsid w:val="00FF5635"/>
     <w:rsid w:val="00FF5E58"/>
     <w:rsid w:val="00FF5FA4"/>
     <w:rsid w:val="00FF7703"/>
     <w:rsid w:val="016CE7D3"/>
+    <w:rsid w:val="02907390"/>
     <w:rsid w:val="045DBF13"/>
+    <w:rsid w:val="04989EB0"/>
     <w:rsid w:val="04F47F9C"/>
+    <w:rsid w:val="083B6C65"/>
+    <w:rsid w:val="08E9351B"/>
     <w:rsid w:val="094E53A7"/>
     <w:rsid w:val="0A0C87F0"/>
     <w:rsid w:val="0A3DD0E2"/>
     <w:rsid w:val="0AAB2F6E"/>
     <w:rsid w:val="0C82C2A3"/>
     <w:rsid w:val="0F3A8D21"/>
     <w:rsid w:val="0FF6D17F"/>
     <w:rsid w:val="10006700"/>
     <w:rsid w:val="1226E0C6"/>
     <w:rsid w:val="123173DC"/>
     <w:rsid w:val="12964047"/>
     <w:rsid w:val="134B9C23"/>
     <w:rsid w:val="137C56AC"/>
     <w:rsid w:val="13F182E0"/>
     <w:rsid w:val="14AB62B1"/>
     <w:rsid w:val="14BA29D9"/>
     <w:rsid w:val="1507ED3E"/>
     <w:rsid w:val="15A72817"/>
     <w:rsid w:val="15B4BBBF"/>
     <w:rsid w:val="1662C36F"/>
     <w:rsid w:val="16A48B23"/>
     <w:rsid w:val="16C88004"/>
     <w:rsid w:val="17C37CB0"/>
     <w:rsid w:val="17E4DA38"/>
     <w:rsid w:val="1882AA3A"/>
     <w:rsid w:val="19890B94"/>
     <w:rsid w:val="19A24BC2"/>
     <w:rsid w:val="19FE95C5"/>
     <w:rsid w:val="1A478CC7"/>
     <w:rsid w:val="1A7E356C"/>
     <w:rsid w:val="1AB4C23A"/>
     <w:rsid w:val="1CA8B37D"/>
     <w:rsid w:val="1CDD8CF2"/>
+    <w:rsid w:val="1D3BC13F"/>
     <w:rsid w:val="1DADCAD4"/>
+    <w:rsid w:val="1DB2B5B7"/>
     <w:rsid w:val="1DEB9E43"/>
     <w:rsid w:val="1DF6B1CA"/>
+    <w:rsid w:val="1F5F538F"/>
     <w:rsid w:val="1F62A876"/>
     <w:rsid w:val="1F9520F7"/>
     <w:rsid w:val="1FFC861E"/>
     <w:rsid w:val="208A3FAE"/>
     <w:rsid w:val="2099465D"/>
     <w:rsid w:val="209BD699"/>
     <w:rsid w:val="2123BEA1"/>
     <w:rsid w:val="21526C8D"/>
     <w:rsid w:val="2175418F"/>
     <w:rsid w:val="217F8CAA"/>
     <w:rsid w:val="21A53E4B"/>
     <w:rsid w:val="222690DC"/>
     <w:rsid w:val="22388E13"/>
     <w:rsid w:val="223B37B8"/>
     <w:rsid w:val="2320AFEF"/>
     <w:rsid w:val="234A3790"/>
     <w:rsid w:val="2404B152"/>
     <w:rsid w:val="2445FABA"/>
+    <w:rsid w:val="252058CF"/>
     <w:rsid w:val="25DF106E"/>
     <w:rsid w:val="26623221"/>
     <w:rsid w:val="26D434D7"/>
     <w:rsid w:val="2922C2B3"/>
     <w:rsid w:val="296BDA25"/>
     <w:rsid w:val="29827F33"/>
     <w:rsid w:val="29D822B3"/>
     <w:rsid w:val="2B778D68"/>
+    <w:rsid w:val="2BAF8185"/>
     <w:rsid w:val="2BCCC579"/>
     <w:rsid w:val="2BD6CE8B"/>
     <w:rsid w:val="2C5BC924"/>
     <w:rsid w:val="2D46965E"/>
     <w:rsid w:val="2D4F0C00"/>
     <w:rsid w:val="2E3BD8D8"/>
     <w:rsid w:val="2E4AC20F"/>
     <w:rsid w:val="31321918"/>
     <w:rsid w:val="31C5F7DD"/>
     <w:rsid w:val="31EE86B5"/>
     <w:rsid w:val="328327EF"/>
     <w:rsid w:val="33022EA5"/>
     <w:rsid w:val="336F28D0"/>
     <w:rsid w:val="33DF02AE"/>
+    <w:rsid w:val="34458FD2"/>
+    <w:rsid w:val="34C051F8"/>
     <w:rsid w:val="35D13DDB"/>
     <w:rsid w:val="365A8D86"/>
+    <w:rsid w:val="368FC790"/>
     <w:rsid w:val="369AE1DA"/>
     <w:rsid w:val="36F66BCB"/>
     <w:rsid w:val="38084E0F"/>
     <w:rsid w:val="3812AA2C"/>
     <w:rsid w:val="381AC5DE"/>
     <w:rsid w:val="382E0791"/>
     <w:rsid w:val="385FB745"/>
     <w:rsid w:val="38C827FD"/>
     <w:rsid w:val="39EF8F16"/>
     <w:rsid w:val="3A4A1B8A"/>
     <w:rsid w:val="3A79736E"/>
     <w:rsid w:val="3C0A1BAA"/>
+    <w:rsid w:val="3C7CA31A"/>
     <w:rsid w:val="3D2820B2"/>
     <w:rsid w:val="3D39352A"/>
     <w:rsid w:val="3DBD674C"/>
     <w:rsid w:val="3EC17A93"/>
     <w:rsid w:val="3F3364D3"/>
     <w:rsid w:val="40ACCCF2"/>
+    <w:rsid w:val="40EEE4EF"/>
     <w:rsid w:val="413AD7E5"/>
     <w:rsid w:val="427D8EBD"/>
     <w:rsid w:val="42A94C64"/>
     <w:rsid w:val="42B10BDA"/>
     <w:rsid w:val="42BA6C45"/>
     <w:rsid w:val="42E76471"/>
     <w:rsid w:val="43BC095C"/>
     <w:rsid w:val="43DC1190"/>
     <w:rsid w:val="44167790"/>
     <w:rsid w:val="443268E7"/>
+    <w:rsid w:val="45DF25E9"/>
     <w:rsid w:val="4655FB3A"/>
     <w:rsid w:val="465D83DD"/>
     <w:rsid w:val="4697C74B"/>
     <w:rsid w:val="4702A70D"/>
     <w:rsid w:val="491CD5AE"/>
     <w:rsid w:val="4927181E"/>
     <w:rsid w:val="497FBB24"/>
     <w:rsid w:val="49CB606B"/>
     <w:rsid w:val="4A570E20"/>
     <w:rsid w:val="4A9BA7F2"/>
     <w:rsid w:val="4AED0E4A"/>
     <w:rsid w:val="4B1FA491"/>
     <w:rsid w:val="4C8A72A6"/>
     <w:rsid w:val="4CE1775B"/>
     <w:rsid w:val="4D085A84"/>
     <w:rsid w:val="4D09DB96"/>
     <w:rsid w:val="4D27F634"/>
     <w:rsid w:val="4E6760BB"/>
     <w:rsid w:val="4FAF6D6C"/>
+    <w:rsid w:val="5005142A"/>
+    <w:rsid w:val="507E3C4C"/>
     <w:rsid w:val="50C31317"/>
     <w:rsid w:val="51115852"/>
     <w:rsid w:val="514EC8D9"/>
+    <w:rsid w:val="53739908"/>
     <w:rsid w:val="53F2D200"/>
     <w:rsid w:val="553C9E95"/>
     <w:rsid w:val="563CD6E9"/>
     <w:rsid w:val="56F35414"/>
     <w:rsid w:val="56F953DB"/>
     <w:rsid w:val="57504932"/>
     <w:rsid w:val="57E45D13"/>
+    <w:rsid w:val="596DF224"/>
     <w:rsid w:val="5B439999"/>
     <w:rsid w:val="5C7123C2"/>
     <w:rsid w:val="5C8E815A"/>
     <w:rsid w:val="5C9273EB"/>
     <w:rsid w:val="5D0C836C"/>
     <w:rsid w:val="5D743CC8"/>
     <w:rsid w:val="5D7807E2"/>
     <w:rsid w:val="5D986D97"/>
     <w:rsid w:val="5E4486B6"/>
     <w:rsid w:val="60454E3E"/>
     <w:rsid w:val="607CB7BA"/>
     <w:rsid w:val="612EF39A"/>
     <w:rsid w:val="61B2E198"/>
     <w:rsid w:val="62628FC9"/>
     <w:rsid w:val="62E82518"/>
     <w:rsid w:val="6457D263"/>
     <w:rsid w:val="66C35E9E"/>
+    <w:rsid w:val="6748623F"/>
     <w:rsid w:val="67B8015C"/>
     <w:rsid w:val="68A4122A"/>
     <w:rsid w:val="69002249"/>
     <w:rsid w:val="69190E36"/>
     <w:rsid w:val="6923D2B2"/>
     <w:rsid w:val="693BC1A9"/>
     <w:rsid w:val="694EAE92"/>
     <w:rsid w:val="6BE6A919"/>
     <w:rsid w:val="6CBC9B22"/>
     <w:rsid w:val="6CE9EDF7"/>
     <w:rsid w:val="6D30F283"/>
     <w:rsid w:val="6D74D30B"/>
     <w:rsid w:val="6E4FFC86"/>
     <w:rsid w:val="6E8611D6"/>
     <w:rsid w:val="6F5BF931"/>
     <w:rsid w:val="6FA380E2"/>
     <w:rsid w:val="70125C6F"/>
     <w:rsid w:val="7022123A"/>
     <w:rsid w:val="704969EB"/>
     <w:rsid w:val="71660551"/>
     <w:rsid w:val="718875BD"/>
+    <w:rsid w:val="71AA5792"/>
     <w:rsid w:val="73FFB620"/>
     <w:rsid w:val="74BF8DAB"/>
     <w:rsid w:val="7605414C"/>
+    <w:rsid w:val="775F4357"/>
+    <w:rsid w:val="77A9C8F1"/>
     <w:rsid w:val="7805126F"/>
     <w:rsid w:val="78B083EF"/>
     <w:rsid w:val="78B629D5"/>
     <w:rsid w:val="7B8A63D5"/>
     <w:rsid w:val="7C7C7F8B"/>
     <w:rsid w:val="7C88ED68"/>
     <w:rsid w:val="7CCB8EFC"/>
     <w:rsid w:val="7D4B507B"/>
     <w:rsid w:val="7D7AFB1F"/>
     <w:rsid w:val="7F0232A0"/>
     <w:rsid w:val="7F5698DE"/>
     <w:rsid w:val="7F7741BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67F04BEA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{56626AB6-CC9A-491F-A066-F88EC686305C}"/>
+  <w15:docId w15:val="{18C447D3-4C85-4F34-8831-708E17DE2EF3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -34886,51 +42503,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -35181,89 +42798,89 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="001755CE"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:smallCaps/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="003F7209"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
@@ -35357,111 +42974,112 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0086154B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:smallCaps/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="00BB3017"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009E33C5"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:ind w:left="820" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="009E33C5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="003F7209"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009E33C5"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="00A43BF5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00DB7ACD"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
@@ -35698,79 +43316,66 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD0EA4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:aliases w:val="SimpleTable"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="003F7209"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight"/>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
-      <w:tblPr/>
-[...2 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention3">
     <w:name w:val="Unresolved Mention3"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B6C7B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention4">
     <w:name w:val="Unresolved Mention4"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00637CBA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
@@ -35865,51 +43470,51 @@
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="0086154B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:eastAsia="PMingLiU" w:hAnsi="Arial Bold" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="002060"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="001755CE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00043DB1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0010351C"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
@@ -35929,76 +43534,67 @@
       <w:bCs/>
       <w:color w:val="00529B"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0086154B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent11">
     <w:name w:val="Grid Table 4 - Accent 11"/>
     <w:aliases w:val="Shaded Table"/>
     <w:basedOn w:val="GridTable41"/>
     <w:uiPriority w:val="49"/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="003F7209"/>
     <w:rPr>
       <w:rFonts w:ascii="Gill Sans Std Light" w:hAnsi="Gill Sans Std Light"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:wordWrap/>
         <w:spacing w:beforeLines="0" w:before="40" w:beforeAutospacing="0" w:afterLines="0" w:after="40" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="@Yu Gothic UI Light" w:hAnsi="@Yu Gothic UI Light"/>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="001B69"/>
         <w:vAlign w:val="center"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -36011,85 +43607,85 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:wordWrap/>
         <w:spacing w:beforeLines="0" w:before="40" w:beforeAutospacing="0" w:afterLines="0" w:after="40" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="@Yu Gothic UI Light" w:hAnsi="@Yu Gothic UI Light"/>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:pPr>
         <w:wordWrap/>
         <w:spacing w:beforeLines="0" w:before="40" w:beforeAutospacing="0" w:afterLines="0" w:after="40" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="@Yu Gothic UI Light" w:hAnsi="@Yu Gothic UI Light"/>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
         <w:vAlign w:val="center"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="ShaddedTable">
     <w:name w:val="Shadded Table"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0086154B"/>
+    <w:rsid w:val="003F7209"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:ascii="@SimSun-ExtB" w:hAnsi="@SimSun-ExtB"/>
+        <w:rFonts w:ascii="Bahnschrift Light SemiCondensed" w:hAnsi="Bahnschrift Light SemiCondensed"/>
         <w:color w:val="1E1C77"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1">
     <w:name w:val="Bullet 1"/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1-LastLine">
     <w:name w:val="Bullet 1-Last Line"/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
@@ -36162,164 +43758,117 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="0086154B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableShaded">
     <w:name w:val="Table Shaded"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="1008"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:wordWrap/>
         <w:spacing w:beforeLines="0" w:before="40" w:beforeAutospacing="0" w:afterLines="0" w:after="40" w:afterAutospacing="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
-      <w:tblPr/>
-[...14 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable41">
     <w:name w:val="Grid Table 41"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
+        <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tcBorders>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-    </w:tblStylePr>
-[...10 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet2">
     <w:name w:val="Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet3">
     <w:name w:val="Bullet 3"/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1440"/>
@@ -36521,105 +44070,85 @@
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:color w:val="001B69"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
+        <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tcBorders>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
-    </w:tblStylePr>
-[...10 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeaders">
     <w:name w:val="Table Headers"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0086154B"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableText">
     <w:name w:val="Table Text"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0086154B"/>
@@ -36636,90 +44165,80 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeading">
     <w:name w:val="Table Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0086154B"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet-primary">
     <w:name w:val="Bullet - primary"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="Bullet-primaryChar"/>
     <w:qFormat/>
     <w:rsid w:val="00016A6B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="25"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
-      <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bullet-primaryChar">
     <w:name w:val="Bullet - primary Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Bullet-primary"/>
     <w:rsid w:val="00016A6B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A716F3"/>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent1">
     <w:name w:val="Grid Table 1 Light Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00DE369A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="nil"/>
-[...7 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -36730,181 +44249,237 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4-Accent12">
     <w:name w:val="Grid Table 4 - Accent 12"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="GridTable4-Accent1"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="002E725E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="nil"/>
-[...7 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="00529B"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
-    </w:tblStylePr>
-[...10 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00914F95"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
     <w:name w:val="cf11"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00914F95"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="00933250"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="nil"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Letterlist">
     <w:name w:val="Letter list"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="LetterlistChar"/>
     <w:qFormat/>
     <w:rsid w:val="00D44CB2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="76"/>
       </w:numPr>
       <w:ind w:left="360"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="LetterlistChar">
     <w:name w:val="Letter list Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Letterlist"/>
     <w:rsid w:val="00D44CB2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007F0D23"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4-Accent1">
+    <w:name w:val="List Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007E1A24"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="202134419">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="225261597">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -37234,66 +44809,66 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113696855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-B" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/part-425/subpart-F" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/section-425.315" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-G/section-425.613" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/part-425/section-425.308" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-G/section-425.612" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/Medicare/Fraud-and-Abuse/PhysicianSelfReferral/Downloads/Additional-MSSP-Waiver-Guidance.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/knowledge-management/view/8328" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/knowledge-management/view/8307" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/cgi-bin/text-idx?SID=bc368f5359de910393be755149be5b35&amp;mc=true&amp;node=se42.3.425_1308&amp;rgn=div8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-B/section-425.102" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-G/section-425.612" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-F/section-425.512" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/part-425/section-425.308" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-B" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-G/section-425.613" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-D/section-425.308" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/section-425.315" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/Medicare/Fraud-and-Abuse/PhysicianSelfReferral/Downloads/Additional-MSSP-Waiver-Guidance.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/cgi-bin/text-idx?SID=bc368f5359de910393be755149be5b35&amp;mc=true&amp;node=se42.3.425_1308&amp;rgn=div8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/knowledge-management/view/8307" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/knowledge-management/view/8328" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-B/section-425.102" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acoms.cms.gov/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\pcurran\Downloads\SSP_Simplified_Template%20(3).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -37561,52 +45136,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B14AC4D143A39A41BC45042F45D25E14" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="efc3abe7e6051219cf2a61752cacb641">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="4452878b-fa4e-47c2-bc2f-738e90d72db4" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns4="0d6af11d-56ee-40f9-945e-6631b0bffd02" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a7f506bce3a9e2382b2a40b663dd83e9" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B14AC4D143A39A41BC45042F45D25E14" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0340b7484ff62026e5dbcef57682c59a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="4452878b-fa4e-47c2-bc2f-738e90d72db4" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns4="0d6af11d-56ee-40f9-945e-6631b0bffd02" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2770908f5b00ba66146104fbb0e25fc3" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="4452878b-fa4e-47c2-bc2f-738e90d72db4"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="0d6af11d-56ee-40f9-945e-6631b0bffd02"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Category" minOccurs="0"/>
                 <xsd:element ref="ns2:Subcategory" minOccurs="0"/>
                 <xsd:element ref="ns2:Calendar_x0020_Year"/>
                 <xsd:element ref="ns2:Issue" minOccurs="0"/>
                 <xsd:element ref="ns2:Doc_x0020_Status"/>
                 <xsd:element ref="ns2:Div_x002f_Org"/>
                 <xsd:element ref="ns2:Doc_x0020_Type"/>
                 <xsd:element ref="ns2:Article_x0020_Related_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns2:Article_x0020_Frequency" minOccurs="0"/>
                 <xsd:element ref="ns2:Article_x0020_Date_x0020_Issue" minOccurs="0"/>
                 <xsd:element ref="ns1:EmailTo" minOccurs="0"/>
                 <xsd:element ref="ns1:EmailCc" minOccurs="0"/>
                 <xsd:element ref="ns1:EmailFrom" minOccurs="0"/>
                 <xsd:element ref="ns1:EmailSubject" minOccurs="0"/>
                 <xsd:element ref="ns3:EmailHeaders" minOccurs="0"/>
@@ -37652,53 +45227,54 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="EmailSender" ma:index="17" nillable="true" ma:displayName="E-Mail Sender" ma:hidden="true" ma:internalName="EmailSender">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4452878b-fa4e-47c2-bc2f-738e90d72db4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Category" ma:index="1" nillable="true" ma:displayName="Category" ma:indexed="true" ma:list="{9282e5fc-3a25-4195-ad68-3224abbd03b9}" ma:internalName="Category" ma:showField="Title">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Subcategory" ma:index="2" nillable="true" ma:displayName="Subcategory" ma:indexed="true" ma:list="{aba838b9-c2e0-4ed8-9c08-662e77a03601}" ma:internalName="Subcategory" ma:showField="Title">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Calendar_x0020_Year" ma:index="3" ma:displayName="Calendar Year" ma:default="2021" ma:format="Dropdown" ma:internalName="Calendar_x0020_Year">
+    <xsd:element name="Calendar_x0020_Year" ma:index="3" ma:displayName="Calendar Year" ma:default="2025" ma:format="Dropdown" ma:internalName="Calendar_x0020_Year">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="2026"/>
           <xsd:enumeration value="2025"/>
           <xsd:enumeration value="2024"/>
           <xsd:enumeration value="2023"/>
           <xsd:enumeration value="2022"/>
           <xsd:enumeration value="2021"/>
           <xsd:enumeration value="2020"/>
           <xsd:enumeration value="2019"/>
           <xsd:enumeration value="2018"/>
           <xsd:enumeration value="2017"/>
           <xsd:enumeration value="2016"/>
           <xsd:enumeration value="2015"/>
           <xsd:enumeration value="2014"/>
           <xsd:enumeration value="2013"/>
           <xsd:enumeration value="2012"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Issue" ma:index="4" nillable="true" ma:displayName="Issue" ma:format="Dropdown" ma:indexed="true" ma:internalName="Issue">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="01"/>
           <xsd:enumeration value="02"/>
           <xsd:enumeration value="03"/>
           <xsd:enumeration value="04"/>
           <xsd:enumeration value="05"/>
@@ -37860,50 +45436,52 @@
           <xsd:enumeration value="Reports &amp; Dashboards"/>
           <xsd:enumeration value="Terminations"/>
           <xsd:enumeration value="User ID &amp; Registration"/>
           <xsd:enumeration value="All"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Drupal_x0020_Category" ma:index="21" nillable="true" ma:displayName="Drupal Category" ma:format="Dropdown" ma:indexed="true" ma:internalName="Drupal_x0020_Category">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Instructions"/>
           <xsd:enumeration value="Issues"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="PY" ma:index="30" nillable="true" ma:displayName="PY" ma:default="2018" ma:format="Dropdown" ma:internalName="PY">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="2018"/>
           <xsd:enumeration value="2019/2019-A"/>
           <xsd:enumeration value="2020"/>
           <xsd:enumeration value="2021"/>
           <xsd:enumeration value="2022"/>
           <xsd:enumeration value="2023"/>
           <xsd:enumeration value="2024"/>
+          <xsd:enumeration value="2025"/>
+          <xsd:enumeration value="2026"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="EmailHeaders" ma:index="16" nillable="true" ma:displayName="E-Mail Headers" ma:hidden="true" ma:internalName="EmailHeaders">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="IconOverlay" ma:index="28" nillable="true" ma:displayName="IconOverlay" ma:hidden="true" ma:internalName="IconOverlay">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0d6af11d-56ee-40f9-945e-6631b0bffd02" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="27" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
@@ -38008,199 +45586,948 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Article_x0020_Related_x0020_To xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <Subcategory xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <EmailTo xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <EmailHeaders xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Doc_x0020_Status xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4">Mngmt Review (pending)</Doc_x0020_Status>
+    <Div_x002f_Org xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4">DAMC</Div_x002f_Org>
+    <Doc_x0020_Type xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4">Template</Doc_x0020_Type>
+    <ACO_x002d_MS_x0020_Campaign xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <EmailFrom xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <EmailSender xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Quarter xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <PY xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4">2026</PY>
+    <Issue xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <Article_x0020_Frequency xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <Calendar_x0020_Year xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4">2026</Calendar_x0020_Year>
+    <EmailSubject xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Article_x0020_Date_x0020_Issue xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <ACO xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4"/>
+    <Drupal_x0020_Category xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4" xsi:nil="true"/>
+    <Category xmlns="4452878b-fa4e-47c2-bc2f-738e90d72db4">20</Category>
+    <EmailCc xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="86a8e296-5f29-4af2-954b-0de0d1e1f8bc" ContentTypeId="0x0101" PreviousValue="false"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9159A120-5258-4974-BF87-27B898D7459B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{028B43E9-082B-4773-8C9C-BB9A76A6006C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="4452878b-fa4e-47c2-bc2f-738e90d72db4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="0d6af11d-56ee-40f9-945e-6631b0bffd02"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CBAB12B-D9B6-48C1-A30D-992382645F21}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{098EA1ED-3ED2-43C2-B2AB-3D6AB7C1639C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="4452878b-fa4e-47c2-bc2f-738e90d72db4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="0d6af11d-56ee-40f9-945e-6631b0bffd02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61977C30-60DB-4326-82B7-6F1D1FA090B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{098EA1ED-3ED2-43C2-B2AB-3D6AB7C1639C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CBAB12B-D9B6-48C1-A30D-992382645F21}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9519303-3846-4838-B62C-394F810C7E52}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FF501C6-C21A-4F3F-B8AD-63989383457F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0d108003-91fa-4b33-baad-7a5a20b49de7}" enabled="0" method="" siteId="{0d108003-91fa-4b33-baad-7a5a20b49de7}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SSP_Simplified_Template (3)</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>27637</Characters>
+  <Pages>16</Pages>
+  <Words>6121</Words>
+  <Characters>34834</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>230</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>870</Lines>
+  <Paragraphs>426</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Shared Savings Program Public Reporting Instructions and Template </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32421</CharactersWithSpaces>
+  <CharactersWithSpaces>40529</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="246" baseType="variant">
+      <vt:variant>
+        <vt:i4>3997812</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718684</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>117</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cms.gov/Medicare/Fraud-and-Abuse/PhysicianSelfReferral/Downloads/Additional-MSSP-Waiver-Guidance.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>114</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718603</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>111</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/knowledge-management/view/8307</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>108</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703961</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>105</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-G/section-425.613</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703946</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>102</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-G/section-425.612</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>p-425.612(f)</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>99</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>96</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997812</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>93</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>90</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638425</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>87</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-F/section-425.512</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2818088</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>84</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2818088</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>81</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6160397</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>78</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>p-425.308(b)(4)</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2818088</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>75</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997812</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>72</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://data.cms.gov/medicare-shared-savings-program/performance-year-financial-and-quality-results</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>69</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718676</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>66</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/section-425.315</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2818088</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>63</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-A/section-425.20</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>60</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3407987</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>57</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-B</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>p-425.102(a)(8)</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638411</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-B/section-425.102</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>p-425.102(a)</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>45</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>39</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128804</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/part-425/section-425.308</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>p-425.308(b)</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342393</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Shared_Savings_Program_2</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4653065</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/knowledge-management/view/8328</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507352</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-425/subpart-D/section-425.308</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276860</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://acoms.cms.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6160508</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/cgi-bin/text-idx?SID=bc368f5359de910393be755149be5b35&amp;mc=true&amp;node=se42.3.425_1308&amp;rgn=div8</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5701758</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Prepaid_Shared_Savings</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376293</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Quality_Performance_Results</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6225952</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_ACO_Governing_Body:</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5111898</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Organizational_Information</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932166</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_ACO_Name_and</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262192</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_top</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dc:title>Shared Savings Program Public Reporting Instructions and Template </dc:title>
+  <dc:subject>Shared Savings Program Public Reporting Instructions and Template, Version 11, January 2026</dc:subject>
   <dc:creator>CMS</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B14AC4D143A39A41BC45042F45D25E14</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ip_UnifiedCompliancePolicyPrope">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ip_UnifiedCompliancePolicyUIAct">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>